--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -1,70 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\temp\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dankoe\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BDDE858B-D553-4F84-801B-B9EFBBC26C8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="120" windowWidth="24795" windowHeight="12525"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23775" windowHeight="15480" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Formulaire français" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="101716"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="74">
   <si>
     <t>Département des finances, des institutions et de la santé</t>
   </si>
   <si>
     <t>Service cantonal des contributions</t>
   </si>
   <si>
     <t>Team Administratif</t>
   </si>
   <si>
     <t>Departement für Finanzen, Institutionen und Gesundheit</t>
   </si>
   <si>
     <t>Kantonale Steuerverwaltung</t>
   </si>
   <si>
     <t>Administratives Team</t>
   </si>
   <si>
     <t>AUTORISATION DE VENTE AU SENS DE L'ARTICLE 172 LIFD al. 1-2</t>
   </si>
   <si>
     <t>(n° de parcelle, plan,</t>
   </si>
   <si>
@@ -283,60 +284,57 @@
       <rPr>
         <i/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(Prévoir au minimum une provision d'impôt correspondant au montant indiqué ci-dessus, multiplié par le nombre d'années manquantes dès celle indiquée et jusqu'à la date d'inscription au Registre foncier. Si le contribuable reste propriétaire partiellement ou garde l'usufruit du bien vendu , une provision n'est pas nécessaire car le contribuable reste assujetti)
 </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(sous réserve de soldes d'impôts ouverts, d'actes de défauts de biens, ou d'éléments déterminants qui nous seraient encore inconnus)</t>
     </r>
   </si>
   <si>
     <t>(2 exemplaires vous seront retournés signés, soit</t>
   </si>
   <si>
     <t>Téléphone :             027/606.24.58</t>
   </si>
   <si>
-    <t xml:space="preserve">Fax :                     027/606.25.76 </t>
-[...1 lines deleted...]
-  <si>
     <t>Email :                   scc@admin.vs.ch</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="18">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="CL Futura CondensedLight"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Fujiyama-LightCondensed"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Fujimed"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
@@ -532,544 +530,475 @@
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="mediumDashDot">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="136">
+  <cellXfs count="112">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...61 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
-    </xf>
-[...121 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>0</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>28575</xdr:colOff>
           <xdr:row>7</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Object 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001040000}"/>
+                </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
-            <a:ln>
-[...2 lines deleted...]
-            <a:effectLst/>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF"/>
                   </a:solidFill>
                 </a14:hiddenFill>
-              </a:ext>
-[...17 lines deleted...]
-                </a14:hiddenEffects>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>85725</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>36</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>77</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="1040" name="Rectangle 16"/>
+        <xdr:cNvPr id="1040" name="Rectangle 16">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000010040000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9525" y="11363325"/>
           <a:ext cx="6505575" cy="600075"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
           </a:solidFill>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
       <xdr:txBody>
@@ -1341,3341 +1270,3077 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AK131"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" topLeftCell="A19" zoomScale="120" workbookViewId="0">
-      <selection activeCell="J15" sqref="J15:AJ22"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="120" workbookViewId="0">
+      <selection activeCell="I10" sqref="I10:T10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="2.7109375" defaultRowHeight="12.75"/>
   <sheetData>
     <row r="1" spans="1:37" ht="13.5">
       <c r="I1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="V1" s="8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="2" spans="1:37" ht="13.5">
       <c r="I2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="S2" s="5"/>
-      <c r="V2" s="25" t="s">
+      <c r="V2" s="20" t="s">
         <v>71</v>
       </c>
-      <c r="W2" s="25"/>
-[...13 lines deleted...]
-      <c r="AK2" s="25"/>
+      <c r="W2" s="20"/>
+      <c r="X2" s="20"/>
+      <c r="Y2" s="20"/>
+      <c r="Z2" s="20"/>
+      <c r="AA2" s="20"/>
+      <c r="AB2" s="20"/>
+      <c r="AC2" s="20"/>
+      <c r="AD2" s="20"/>
+      <c r="AE2" s="20"/>
+      <c r="AF2" s="20"/>
+      <c r="AG2" s="20"/>
+      <c r="AH2" s="20"/>
+      <c r="AI2" s="20"/>
+      <c r="AJ2" s="20"/>
+      <c r="AK2" s="20"/>
     </row>
     <row r="3" spans="1:37">
       <c r="I3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="S3" s="5"/>
-      <c r="V3" s="25" t="s">
+      <c r="V3" s="20" t="s">
         <v>62</v>
       </c>
-      <c r="W3" s="25"/>
-[...13 lines deleted...]
-      <c r="AK3" s="25"/>
+      <c r="W3" s="20"/>
+      <c r="X3" s="20"/>
+      <c r="Y3" s="20"/>
+      <c r="Z3" s="20"/>
+      <c r="AA3" s="20"/>
+      <c r="AB3" s="20"/>
+      <c r="AC3" s="20"/>
+      <c r="AD3" s="20"/>
+      <c r="AE3" s="20"/>
+      <c r="AF3" s="20"/>
+      <c r="AG3" s="20"/>
+      <c r="AH3" s="20"/>
+      <c r="AI3" s="20"/>
+      <c r="AJ3" s="20"/>
+      <c r="AK3" s="20"/>
     </row>
     <row r="4" spans="1:37">
       <c r="I4" s="3"/>
       <c r="S4" s="5"/>
       <c r="V4" s="5"/>
       <c r="W4" s="5"/>
       <c r="X4" s="5"/>
       <c r="Y4" s="5"/>
       <c r="Z4" s="5"/>
       <c r="AA4" s="5"/>
       <c r="AB4" s="5"/>
       <c r="AC4" s="5"/>
       <c r="AD4" s="5"/>
       <c r="AE4" s="5"/>
       <c r="AF4" s="5"/>
       <c r="AG4" s="5"/>
       <c r="AH4" s="5"/>
       <c r="AI4" s="5"/>
       <c r="AJ4" s="5"/>
     </row>
     <row r="5" spans="1:37" ht="13.5">
       <c r="I5" s="1" t="s">
         <v>3</v>
       </c>
       <c r="S5" s="5"/>
-      <c r="V5" s="16" t="s">
+      <c r="V5" s="14" t="s">
         <v>17</v>
       </c>
-      <c r="W5" s="26"/>
-[...2 lines deleted...]
-      <c r="Z5" s="26"/>
+      <c r="W5" s="21"/>
+      <c r="X5" s="21"/>
+      <c r="Y5" s="21"/>
+      <c r="Z5" s="21"/>
       <c r="AA5" s="6"/>
       <c r="AB5" s="5"/>
       <c r="AC5" s="5"/>
       <c r="AD5" s="5"/>
       <c r="AE5" s="5"/>
       <c r="AF5" s="5"/>
       <c r="AG5" s="5"/>
       <c r="AH5" s="5"/>
       <c r="AI5" s="5"/>
       <c r="AJ5" s="5"/>
     </row>
     <row r="6" spans="1:37" ht="13.5">
       <c r="I6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="S6" s="5"/>
-      <c r="V6" s="25" t="s">
+      <c r="V6" s="20" t="s">
         <v>36</v>
       </c>
-      <c r="W6" s="25"/>
-[...6 lines deleted...]
-      <c r="AD6" s="25"/>
+      <c r="W6" s="20"/>
+      <c r="X6" s="20"/>
+      <c r="Y6" s="20"/>
+      <c r="Z6" s="20"/>
+      <c r="AA6" s="20"/>
+      <c r="AB6" s="20"/>
+      <c r="AC6" s="20"/>
+      <c r="AD6" s="20"/>
       <c r="AE6" s="5"/>
       <c r="AF6" s="5"/>
       <c r="AG6" s="5"/>
       <c r="AH6" s="5"/>
       <c r="AI6" s="5"/>
       <c r="AJ6" s="5"/>
     </row>
     <row r="7" spans="1:37">
       <c r="I7" s="2" t="s">
         <v>5</v>
       </c>
       <c r="S7" s="5"/>
-      <c r="V7" s="25" t="s">
+      <c r="V7" s="20" t="s">
         <v>2</v>
       </c>
-      <c r="W7" s="25"/>
-[...6 lines deleted...]
-      <c r="AD7" s="25"/>
+      <c r="W7" s="20"/>
+      <c r="X7" s="20"/>
+      <c r="Y7" s="20"/>
+      <c r="Z7" s="20"/>
+      <c r="AA7" s="20"/>
+      <c r="AB7" s="20"/>
+      <c r="AC7" s="20"/>
+      <c r="AD7" s="20"/>
       <c r="AE7" s="5"/>
       <c r="AF7" s="5"/>
       <c r="AG7" s="5"/>
       <c r="AH7" s="5"/>
       <c r="AI7" s="5"/>
       <c r="AJ7" s="5"/>
     </row>
     <row r="8" spans="1:37">
       <c r="I8" s="2"/>
       <c r="S8" s="5"/>
-      <c r="V8" s="25" t="s">
+      <c r="V8" s="20" t="s">
         <v>18</v>
       </c>
-      <c r="W8" s="25"/>
-[...6 lines deleted...]
-      <c r="AD8" s="25"/>
+      <c r="W8" s="20"/>
+      <c r="X8" s="20"/>
+      <c r="Y8" s="20"/>
+      <c r="Z8" s="20"/>
+      <c r="AA8" s="20"/>
+      <c r="AB8" s="20"/>
+      <c r="AC8" s="20"/>
+      <c r="AD8" s="20"/>
       <c r="AE8" s="5"/>
       <c r="AF8" s="5"/>
       <c r="AG8" s="5"/>
       <c r="AH8" s="5"/>
       <c r="AI8" s="5"/>
       <c r="AJ8" s="5"/>
     </row>
     <row r="9" spans="1:37">
-      <c r="I9" s="54" t="s">
+      <c r="I9" s="94" t="s">
         <v>72</v>
       </c>
-      <c r="J9" s="54"/>
-[...10 lines deleted...]
-      <c r="V9" s="25" t="s">
+      <c r="J9" s="94"/>
+      <c r="K9" s="94"/>
+      <c r="L9" s="94"/>
+      <c r="M9" s="94"/>
+      <c r="N9" s="94"/>
+      <c r="O9" s="94"/>
+      <c r="P9" s="94"/>
+      <c r="Q9" s="94"/>
+      <c r="R9" s="94"/>
+      <c r="S9" s="94"/>
+      <c r="T9" s="94"/>
+      <c r="V9" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="W9" s="25"/>
-[...6 lines deleted...]
-      <c r="AD9" s="25"/>
+      <c r="W9" s="20"/>
+      <c r="X9" s="20"/>
+      <c r="Y9" s="20"/>
+      <c r="Z9" s="20"/>
+      <c r="AA9" s="20"/>
+      <c r="AB9" s="20"/>
+      <c r="AC9" s="20"/>
+      <c r="AD9" s="20"/>
       <c r="AE9" s="5"/>
       <c r="AF9" s="5"/>
       <c r="AG9" s="5"/>
       <c r="AH9" s="5"/>
       <c r="AI9" s="5"/>
       <c r="AJ9" s="5"/>
     </row>
     <row r="10" spans="1:37">
-      <c r="I10" s="54" t="s">
-[...13 lines deleted...]
-      <c r="V10" s="25" t="s">
+      <c r="I10" s="94"/>
+      <c r="J10" s="94"/>
+      <c r="K10" s="94"/>
+      <c r="L10" s="94"/>
+      <c r="M10" s="94"/>
+      <c r="N10" s="94"/>
+      <c r="O10" s="94"/>
+      <c r="P10" s="94"/>
+      <c r="Q10" s="94"/>
+      <c r="R10" s="94"/>
+      <c r="S10" s="94"/>
+      <c r="T10" s="94"/>
+      <c r="V10" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="W10" s="25"/>
-[...6 lines deleted...]
-      <c r="AD10" s="25"/>
+      <c r="W10" s="20"/>
+      <c r="X10" s="20"/>
+      <c r="Y10" s="20"/>
+      <c r="Z10" s="20"/>
+      <c r="AA10" s="20"/>
+      <c r="AB10" s="20"/>
+      <c r="AC10" s="20"/>
+      <c r="AD10" s="20"/>
       <c r="AE10" s="5"/>
       <c r="AF10" s="5"/>
       <c r="AG10" s="5"/>
       <c r="AH10" s="5"/>
       <c r="AI10" s="5"/>
       <c r="AJ10" s="5"/>
     </row>
     <row r="11" spans="1:37">
-      <c r="I11" s="54" t="s">
-[...12 lines deleted...]
-      <c r="T11" s="54"/>
+      <c r="I11" s="94" t="s">
+        <v>73</v>
+      </c>
+      <c r="J11" s="94"/>
+      <c r="K11" s="94"/>
+      <c r="L11" s="94"/>
+      <c r="M11" s="94"/>
+      <c r="N11" s="94"/>
+      <c r="O11" s="94"/>
+      <c r="P11" s="94"/>
+      <c r="Q11" s="94"/>
+      <c r="R11" s="94"/>
+      <c r="S11" s="94"/>
+      <c r="T11" s="94"/>
     </row>
     <row r="13" spans="1:37" ht="18">
-      <c r="A13" s="103" t="s">
+      <c r="A13" s="63" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="103"/>
-[...61 lines deleted...]
-      <c r="AJ14" s="11"/>
+      <c r="B13" s="63"/>
+      <c r="C13" s="63"/>
+      <c r="D13" s="63"/>
+      <c r="E13" s="63"/>
+      <c r="F13" s="63"/>
+      <c r="G13" s="63"/>
+      <c r="H13" s="63"/>
+      <c r="I13" s="63"/>
+      <c r="J13" s="63"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="63"/>
+      <c r="M13" s="63"/>
+      <c r="N13" s="63"/>
+      <c r="O13" s="63"/>
+      <c r="P13" s="63"/>
+      <c r="Q13" s="63"/>
+      <c r="R13" s="63"/>
+      <c r="S13" s="63"/>
+      <c r="T13" s="63"/>
+      <c r="U13" s="63"/>
+      <c r="V13" s="63"/>
+      <c r="W13" s="63"/>
+      <c r="X13" s="63"/>
+      <c r="Y13" s="63"/>
+      <c r="Z13" s="63"/>
+      <c r="AA13" s="63"/>
+      <c r="AB13" s="63"/>
+      <c r="AC13" s="63"/>
+      <c r="AD13" s="63"/>
+      <c r="AE13" s="63"/>
+      <c r="AF13" s="63"/>
+      <c r="AG13" s="63"/>
+      <c r="AH13" s="63"/>
+      <c r="AI13" s="63"/>
     </row>
     <row r="15" spans="1:37">
-      <c r="I15" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ15" s="66"/>
+      <c r="J15" s="95"/>
+      <c r="K15" s="96"/>
+      <c r="L15" s="96"/>
+      <c r="M15" s="96"/>
+      <c r="N15" s="96"/>
+      <c r="O15" s="96"/>
+      <c r="P15" s="96"/>
+      <c r="Q15" s="96"/>
+      <c r="R15" s="96"/>
+      <c r="S15" s="96"/>
+      <c r="T15" s="96"/>
+      <c r="U15" s="96"/>
+      <c r="V15" s="96"/>
+      <c r="W15" s="96"/>
+      <c r="X15" s="96"/>
+      <c r="Y15" s="96"/>
+      <c r="Z15" s="96"/>
+      <c r="AA15" s="96"/>
+      <c r="AB15" s="96"/>
+      <c r="AC15" s="96"/>
+      <c r="AD15" s="96"/>
+      <c r="AE15" s="96"/>
+      <c r="AF15" s="96"/>
+      <c r="AG15" s="96"/>
+      <c r="AH15" s="96"/>
+      <c r="AI15" s="96"/>
+      <c r="AJ15" s="97"/>
     </row>
     <row r="16" spans="1:37">
       <c r="A16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="I16" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ16" s="69"/>
+      <c r="J16" s="98"/>
+      <c r="K16" s="99"/>
+      <c r="L16" s="99"/>
+      <c r="M16" s="99"/>
+      <c r="N16" s="99"/>
+      <c r="O16" s="99"/>
+      <c r="P16" s="99"/>
+      <c r="Q16" s="99"/>
+      <c r="R16" s="99"/>
+      <c r="S16" s="99"/>
+      <c r="T16" s="99"/>
+      <c r="U16" s="99"/>
+      <c r="V16" s="99"/>
+      <c r="W16" s="99"/>
+      <c r="X16" s="99"/>
+      <c r="Y16" s="99"/>
+      <c r="Z16" s="99"/>
+      <c r="AA16" s="99"/>
+      <c r="AB16" s="99"/>
+      <c r="AC16" s="99"/>
+      <c r="AD16" s="99"/>
+      <c r="AE16" s="99"/>
+      <c r="AF16" s="99"/>
+      <c r="AG16" s="99"/>
+      <c r="AH16" s="99"/>
+      <c r="AI16" s="99"/>
+      <c r="AJ16" s="100"/>
     </row>
     <row r="17" spans="1:36">
       <c r="B17" t="s">
         <v>7</v>
       </c>
-      <c r="I17" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ17" s="69"/>
+      <c r="J17" s="98"/>
+      <c r="K17" s="99"/>
+      <c r="L17" s="99"/>
+      <c r="M17" s="99"/>
+      <c r="N17" s="99"/>
+      <c r="O17" s="99"/>
+      <c r="P17" s="99"/>
+      <c r="Q17" s="99"/>
+      <c r="R17" s="99"/>
+      <c r="S17" s="99"/>
+      <c r="T17" s="99"/>
+      <c r="U17" s="99"/>
+      <c r="V17" s="99"/>
+      <c r="W17" s="99"/>
+      <c r="X17" s="99"/>
+      <c r="Y17" s="99"/>
+      <c r="Z17" s="99"/>
+      <c r="AA17" s="99"/>
+      <c r="AB17" s="99"/>
+      <c r="AC17" s="99"/>
+      <c r="AD17" s="99"/>
+      <c r="AE17" s="99"/>
+      <c r="AF17" s="99"/>
+      <c r="AG17" s="99"/>
+      <c r="AH17" s="99"/>
+      <c r="AI17" s="99"/>
+      <c r="AJ17" s="100"/>
     </row>
     <row r="18" spans="1:36">
       <c r="B18" t="s">
         <v>8</v>
       </c>
-      <c r="I18" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ18" s="69"/>
+      <c r="J18" s="98"/>
+      <c r="K18" s="99"/>
+      <c r="L18" s="99"/>
+      <c r="M18" s="99"/>
+      <c r="N18" s="99"/>
+      <c r="O18" s="99"/>
+      <c r="P18" s="99"/>
+      <c r="Q18" s="99"/>
+      <c r="R18" s="99"/>
+      <c r="S18" s="99"/>
+      <c r="T18" s="99"/>
+      <c r="U18" s="99"/>
+      <c r="V18" s="99"/>
+      <c r="W18" s="99"/>
+      <c r="X18" s="99"/>
+      <c r="Y18" s="99"/>
+      <c r="Z18" s="99"/>
+      <c r="AA18" s="99"/>
+      <c r="AB18" s="99"/>
+      <c r="AC18" s="99"/>
+      <c r="AD18" s="99"/>
+      <c r="AE18" s="99"/>
+      <c r="AF18" s="99"/>
+      <c r="AG18" s="99"/>
+      <c r="AH18" s="99"/>
+      <c r="AI18" s="99"/>
+      <c r="AJ18" s="100"/>
     </row>
     <row r="19" spans="1:36">
       <c r="B19" t="s">
         <v>9</v>
       </c>
-      <c r="I19" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ19" s="69"/>
+      <c r="J19" s="98"/>
+      <c r="K19" s="99"/>
+      <c r="L19" s="99"/>
+      <c r="M19" s="99"/>
+      <c r="N19" s="99"/>
+      <c r="O19" s="99"/>
+      <c r="P19" s="99"/>
+      <c r="Q19" s="99"/>
+      <c r="R19" s="99"/>
+      <c r="S19" s="99"/>
+      <c r="T19" s="99"/>
+      <c r="U19" s="99"/>
+      <c r="V19" s="99"/>
+      <c r="W19" s="99"/>
+      <c r="X19" s="99"/>
+      <c r="Y19" s="99"/>
+      <c r="Z19" s="99"/>
+      <c r="AA19" s="99"/>
+      <c r="AB19" s="99"/>
+      <c r="AC19" s="99"/>
+      <c r="AD19" s="99"/>
+      <c r="AE19" s="99"/>
+      <c r="AF19" s="99"/>
+      <c r="AG19" s="99"/>
+      <c r="AH19" s="99"/>
+      <c r="AI19" s="99"/>
+      <c r="AJ19" s="100"/>
     </row>
     <row r="20" spans="1:36">
       <c r="B20" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="I20" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ20" s="69"/>
+      <c r="J20" s="98"/>
+      <c r="K20" s="99"/>
+      <c r="L20" s="99"/>
+      <c r="M20" s="99"/>
+      <c r="N20" s="99"/>
+      <c r="O20" s="99"/>
+      <c r="P20" s="99"/>
+      <c r="Q20" s="99"/>
+      <c r="R20" s="99"/>
+      <c r="S20" s="99"/>
+      <c r="T20" s="99"/>
+      <c r="U20" s="99"/>
+      <c r="V20" s="99"/>
+      <c r="W20" s="99"/>
+      <c r="X20" s="99"/>
+      <c r="Y20" s="99"/>
+      <c r="Z20" s="99"/>
+      <c r="AA20" s="99"/>
+      <c r="AB20" s="99"/>
+      <c r="AC20" s="99"/>
+      <c r="AD20" s="99"/>
+      <c r="AE20" s="99"/>
+      <c r="AF20" s="99"/>
+      <c r="AG20" s="99"/>
+      <c r="AH20" s="99"/>
+      <c r="AI20" s="99"/>
+      <c r="AJ20" s="100"/>
     </row>
     <row r="21" spans="1:36">
-      <c r="I21" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ21" s="69"/>
+      <c r="J21" s="98"/>
+      <c r="K21" s="99"/>
+      <c r="L21" s="99"/>
+      <c r="M21" s="99"/>
+      <c r="N21" s="99"/>
+      <c r="O21" s="99"/>
+      <c r="P21" s="99"/>
+      <c r="Q21" s="99"/>
+      <c r="R21" s="99"/>
+      <c r="S21" s="99"/>
+      <c r="T21" s="99"/>
+      <c r="U21" s="99"/>
+      <c r="V21" s="99"/>
+      <c r="W21" s="99"/>
+      <c r="X21" s="99"/>
+      <c r="Y21" s="99"/>
+      <c r="Z21" s="99"/>
+      <c r="AA21" s="99"/>
+      <c r="AB21" s="99"/>
+      <c r="AC21" s="99"/>
+      <c r="AD21" s="99"/>
+      <c r="AE21" s="99"/>
+      <c r="AF21" s="99"/>
+      <c r="AG21" s="99"/>
+      <c r="AH21" s="99"/>
+      <c r="AI21" s="99"/>
+      <c r="AJ21" s="100"/>
     </row>
     <row r="22" spans="1:36">
-      <c r="I22" s="11"/>
-[...26 lines deleted...]
-      <c r="AJ22" s="72"/>
+      <c r="J22" s="101"/>
+      <c r="K22" s="102"/>
+      <c r="L22" s="102"/>
+      <c r="M22" s="102"/>
+      <c r="N22" s="102"/>
+      <c r="O22" s="102"/>
+      <c r="P22" s="102"/>
+      <c r="Q22" s="102"/>
+      <c r="R22" s="102"/>
+      <c r="S22" s="102"/>
+      <c r="T22" s="102"/>
+      <c r="U22" s="102"/>
+      <c r="V22" s="102"/>
+      <c r="W22" s="102"/>
+      <c r="X22" s="102"/>
+      <c r="Y22" s="102"/>
+      <c r="Z22" s="102"/>
+      <c r="AA22" s="102"/>
+      <c r="AB22" s="102"/>
+      <c r="AC22" s="102"/>
+      <c r="AD22" s="102"/>
+      <c r="AE22" s="102"/>
+      <c r="AF22" s="102"/>
+      <c r="AG22" s="102"/>
+      <c r="AH22" s="102"/>
+      <c r="AI22" s="102"/>
+      <c r="AJ22" s="103"/>
     </row>
     <row r="24" spans="1:36">
       <c r="A24" s="4" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
-      <c r="J24" s="73"/>
-[...25 lines deleted...]
-      <c r="AJ24" s="75"/>
+      <c r="J24" s="95"/>
+      <c r="K24" s="96"/>
+      <c r="L24" s="96"/>
+      <c r="M24" s="96"/>
+      <c r="N24" s="96"/>
+      <c r="O24" s="96"/>
+      <c r="P24" s="96"/>
+      <c r="Q24" s="96"/>
+      <c r="R24" s="96"/>
+      <c r="S24" s="96"/>
+      <c r="T24" s="96"/>
+      <c r="U24" s="96"/>
+      <c r="V24" s="96"/>
+      <c r="W24" s="96"/>
+      <c r="X24" s="96"/>
+      <c r="Y24" s="96"/>
+      <c r="Z24" s="96"/>
+      <c r="AA24" s="96"/>
+      <c r="AB24" s="96"/>
+      <c r="AC24" s="96"/>
+      <c r="AD24" s="96"/>
+      <c r="AE24" s="96"/>
+      <c r="AF24" s="96"/>
+      <c r="AG24" s="96"/>
+      <c r="AH24" s="96"/>
+      <c r="AI24" s="96"/>
+      <c r="AJ24" s="97"/>
     </row>
     <row r="25" spans="1:36">
       <c r="B25" t="s">
         <v>10</v>
       </c>
-      <c r="J25" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ25" s="78"/>
+      <c r="J25" s="98"/>
+      <c r="K25" s="99"/>
+      <c r="L25" s="99"/>
+      <c r="M25" s="99"/>
+      <c r="N25" s="99"/>
+      <c r="O25" s="99"/>
+      <c r="P25" s="99"/>
+      <c r="Q25" s="99"/>
+      <c r="R25" s="99"/>
+      <c r="S25" s="99"/>
+      <c r="T25" s="99"/>
+      <c r="U25" s="99"/>
+      <c r="V25" s="99"/>
+      <c r="W25" s="99"/>
+      <c r="X25" s="99"/>
+      <c r="Y25" s="99"/>
+      <c r="Z25" s="99"/>
+      <c r="AA25" s="99"/>
+      <c r="AB25" s="99"/>
+      <c r="AC25" s="99"/>
+      <c r="AD25" s="99"/>
+      <c r="AE25" s="99"/>
+      <c r="AF25" s="99"/>
+      <c r="AG25" s="99"/>
+      <c r="AH25" s="99"/>
+      <c r="AI25" s="99"/>
+      <c r="AJ25" s="100"/>
     </row>
     <row r="26" spans="1:36">
       <c r="B26" t="s">
         <v>11</v>
       </c>
-      <c r="J26" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ26" s="78"/>
+      <c r="J26" s="98"/>
+      <c r="K26" s="99"/>
+      <c r="L26" s="99"/>
+      <c r="M26" s="99"/>
+      <c r="N26" s="99"/>
+      <c r="O26" s="99"/>
+      <c r="P26" s="99"/>
+      <c r="Q26" s="99"/>
+      <c r="R26" s="99"/>
+      <c r="S26" s="99"/>
+      <c r="T26" s="99"/>
+      <c r="U26" s="99"/>
+      <c r="V26" s="99"/>
+      <c r="W26" s="99"/>
+      <c r="X26" s="99"/>
+      <c r="Y26" s="99"/>
+      <c r="Z26" s="99"/>
+      <c r="AA26" s="99"/>
+      <c r="AB26" s="99"/>
+      <c r="AC26" s="99"/>
+      <c r="AD26" s="99"/>
+      <c r="AE26" s="99"/>
+      <c r="AF26" s="99"/>
+      <c r="AG26" s="99"/>
+      <c r="AH26" s="99"/>
+      <c r="AI26" s="99"/>
+      <c r="AJ26" s="100"/>
     </row>
     <row r="27" spans="1:36">
       <c r="B27" t="s">
         <v>12</v>
       </c>
-      <c r="J27" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ27" s="78"/>
+      <c r="J27" s="98"/>
+      <c r="K27" s="99"/>
+      <c r="L27" s="99"/>
+      <c r="M27" s="99"/>
+      <c r="N27" s="99"/>
+      <c r="O27" s="99"/>
+      <c r="P27" s="99"/>
+      <c r="Q27" s="99"/>
+      <c r="R27" s="99"/>
+      <c r="S27" s="99"/>
+      <c r="T27" s="99"/>
+      <c r="U27" s="99"/>
+      <c r="V27" s="99"/>
+      <c r="W27" s="99"/>
+      <c r="X27" s="99"/>
+      <c r="Y27" s="99"/>
+      <c r="Z27" s="99"/>
+      <c r="AA27" s="99"/>
+      <c r="AB27" s="99"/>
+      <c r="AC27" s="99"/>
+      <c r="AD27" s="99"/>
+      <c r="AE27" s="99"/>
+      <c r="AF27" s="99"/>
+      <c r="AG27" s="99"/>
+      <c r="AH27" s="99"/>
+      <c r="AI27" s="99"/>
+      <c r="AJ27" s="100"/>
     </row>
     <row r="28" spans="1:36">
       <c r="B28" t="s">
         <v>64</v>
       </c>
-      <c r="J28" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ28" s="78"/>
+      <c r="J28" s="98"/>
+      <c r="K28" s="99"/>
+      <c r="L28" s="99"/>
+      <c r="M28" s="99"/>
+      <c r="N28" s="99"/>
+      <c r="O28" s="99"/>
+      <c r="P28" s="99"/>
+      <c r="Q28" s="99"/>
+      <c r="R28" s="99"/>
+      <c r="S28" s="99"/>
+      <c r="T28" s="99"/>
+      <c r="U28" s="99"/>
+      <c r="V28" s="99"/>
+      <c r="W28" s="99"/>
+      <c r="X28" s="99"/>
+      <c r="Y28" s="99"/>
+      <c r="Z28" s="99"/>
+      <c r="AA28" s="99"/>
+      <c r="AB28" s="99"/>
+      <c r="AC28" s="99"/>
+      <c r="AD28" s="99"/>
+      <c r="AE28" s="99"/>
+      <c r="AF28" s="99"/>
+      <c r="AG28" s="99"/>
+      <c r="AH28" s="99"/>
+      <c r="AI28" s="99"/>
+      <c r="AJ28" s="100"/>
     </row>
     <row r="29" spans="1:36">
       <c r="B29" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="J29" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ29" s="78"/>
+      <c r="J29" s="98"/>
+      <c r="K29" s="99"/>
+      <c r="L29" s="99"/>
+      <c r="M29" s="99"/>
+      <c r="N29" s="99"/>
+      <c r="O29" s="99"/>
+      <c r="P29" s="99"/>
+      <c r="Q29" s="99"/>
+      <c r="R29" s="99"/>
+      <c r="S29" s="99"/>
+      <c r="T29" s="99"/>
+      <c r="U29" s="99"/>
+      <c r="V29" s="99"/>
+      <c r="W29" s="99"/>
+      <c r="X29" s="99"/>
+      <c r="Y29" s="99"/>
+      <c r="Z29" s="99"/>
+      <c r="AA29" s="99"/>
+      <c r="AB29" s="99"/>
+      <c r="AC29" s="99"/>
+      <c r="AD29" s="99"/>
+      <c r="AE29" s="99"/>
+      <c r="AF29" s="99"/>
+      <c r="AG29" s="99"/>
+      <c r="AH29" s="99"/>
+      <c r="AI29" s="99"/>
+      <c r="AJ29" s="100"/>
     </row>
     <row r="30" spans="1:36">
-      <c r="J30" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ30" s="78"/>
+      <c r="J30" s="98"/>
+      <c r="K30" s="99"/>
+      <c r="L30" s="99"/>
+      <c r="M30" s="99"/>
+      <c r="N30" s="99"/>
+      <c r="O30" s="99"/>
+      <c r="P30" s="99"/>
+      <c r="Q30" s="99"/>
+      <c r="R30" s="99"/>
+      <c r="S30" s="99"/>
+      <c r="T30" s="99"/>
+      <c r="U30" s="99"/>
+      <c r="V30" s="99"/>
+      <c r="W30" s="99"/>
+      <c r="X30" s="99"/>
+      <c r="Y30" s="99"/>
+      <c r="Z30" s="99"/>
+      <c r="AA30" s="99"/>
+      <c r="AB30" s="99"/>
+      <c r="AC30" s="99"/>
+      <c r="AD30" s="99"/>
+      <c r="AE30" s="99"/>
+      <c r="AF30" s="99"/>
+      <c r="AG30" s="99"/>
+      <c r="AH30" s="99"/>
+      <c r="AI30" s="99"/>
+      <c r="AJ30" s="100"/>
     </row>
     <row r="31" spans="1:36">
-      <c r="J31" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ31" s="78"/>
+      <c r="J31" s="98"/>
+      <c r="K31" s="99"/>
+      <c r="L31" s="99"/>
+      <c r="M31" s="99"/>
+      <c r="N31" s="99"/>
+      <c r="O31" s="99"/>
+      <c r="P31" s="99"/>
+      <c r="Q31" s="99"/>
+      <c r="R31" s="99"/>
+      <c r="S31" s="99"/>
+      <c r="T31" s="99"/>
+      <c r="U31" s="99"/>
+      <c r="V31" s="99"/>
+      <c r="W31" s="99"/>
+      <c r="X31" s="99"/>
+      <c r="Y31" s="99"/>
+      <c r="Z31" s="99"/>
+      <c r="AA31" s="99"/>
+      <c r="AB31" s="99"/>
+      <c r="AC31" s="99"/>
+      <c r="AD31" s="99"/>
+      <c r="AE31" s="99"/>
+      <c r="AF31" s="99"/>
+      <c r="AG31" s="99"/>
+      <c r="AH31" s="99"/>
+      <c r="AI31" s="99"/>
+      <c r="AJ31" s="100"/>
     </row>
     <row r="32" spans="1:36">
-      <c r="J32" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ32" s="78"/>
+      <c r="J32" s="98"/>
+      <c r="K32" s="99"/>
+      <c r="L32" s="99"/>
+      <c r="M32" s="99"/>
+      <c r="N32" s="99"/>
+      <c r="O32" s="99"/>
+      <c r="P32" s="99"/>
+      <c r="Q32" s="99"/>
+      <c r="R32" s="99"/>
+      <c r="S32" s="99"/>
+      <c r="T32" s="99"/>
+      <c r="U32" s="99"/>
+      <c r="V32" s="99"/>
+      <c r="W32" s="99"/>
+      <c r="X32" s="99"/>
+      <c r="Y32" s="99"/>
+      <c r="Z32" s="99"/>
+      <c r="AA32" s="99"/>
+      <c r="AB32" s="99"/>
+      <c r="AC32" s="99"/>
+      <c r="AD32" s="99"/>
+      <c r="AE32" s="99"/>
+      <c r="AF32" s="99"/>
+      <c r="AG32" s="99"/>
+      <c r="AH32" s="99"/>
+      <c r="AI32" s="99"/>
+      <c r="AJ32" s="100"/>
     </row>
     <row r="33" spans="1:36">
-      <c r="J33" s="79"/>
-[...25 lines deleted...]
-      <c r="AJ33" s="81"/>
+      <c r="J33" s="101"/>
+      <c r="K33" s="102"/>
+      <c r="L33" s="102"/>
+      <c r="M33" s="102"/>
+      <c r="N33" s="102"/>
+      <c r="O33" s="102"/>
+      <c r="P33" s="102"/>
+      <c r="Q33" s="102"/>
+      <c r="R33" s="102"/>
+      <c r="S33" s="102"/>
+      <c r="T33" s="102"/>
+      <c r="U33" s="102"/>
+      <c r="V33" s="102"/>
+      <c r="W33" s="102"/>
+      <c r="X33" s="102"/>
+      <c r="Y33" s="102"/>
+      <c r="Z33" s="102"/>
+      <c r="AA33" s="102"/>
+      <c r="AB33" s="102"/>
+      <c r="AC33" s="102"/>
+      <c r="AD33" s="102"/>
+      <c r="AE33" s="102"/>
+      <c r="AF33" s="102"/>
+      <c r="AG33" s="102"/>
+      <c r="AH33" s="102"/>
+      <c r="AI33" s="102"/>
+      <c r="AJ33" s="103"/>
     </row>
     <row r="35" spans="1:36">
       <c r="A35" s="4" t="s">
         <v>44</v>
       </c>
       <c r="B35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
-      <c r="J35" s="73"/>
-[...25 lines deleted...]
-      <c r="AJ35" s="75"/>
+      <c r="J35" s="95"/>
+      <c r="K35" s="96"/>
+      <c r="L35" s="96"/>
+      <c r="M35" s="96"/>
+      <c r="N35" s="96"/>
+      <c r="O35" s="96"/>
+      <c r="P35" s="96"/>
+      <c r="Q35" s="96"/>
+      <c r="R35" s="96"/>
+      <c r="S35" s="96"/>
+      <c r="T35" s="96"/>
+      <c r="U35" s="96"/>
+      <c r="V35" s="96"/>
+      <c r="W35" s="96"/>
+      <c r="X35" s="96"/>
+      <c r="Y35" s="96"/>
+      <c r="Z35" s="96"/>
+      <c r="AA35" s="96"/>
+      <c r="AB35" s="96"/>
+      <c r="AC35" s="96"/>
+      <c r="AD35" s="96"/>
+      <c r="AE35" s="96"/>
+      <c r="AF35" s="96"/>
+      <c r="AG35" s="96"/>
+      <c r="AH35" s="96"/>
+      <c r="AI35" s="96"/>
+      <c r="AJ35" s="97"/>
     </row>
     <row r="36" spans="1:36">
       <c r="B36" t="s">
         <v>10</v>
       </c>
-      <c r="J36" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ36" s="78"/>
+      <c r="J36" s="98"/>
+      <c r="K36" s="99"/>
+      <c r="L36" s="99"/>
+      <c r="M36" s="99"/>
+      <c r="N36" s="99"/>
+      <c r="O36" s="99"/>
+      <c r="P36" s="99"/>
+      <c r="Q36" s="99"/>
+      <c r="R36" s="99"/>
+      <c r="S36" s="99"/>
+      <c r="T36" s="99"/>
+      <c r="U36" s="99"/>
+      <c r="V36" s="99"/>
+      <c r="W36" s="99"/>
+      <c r="X36" s="99"/>
+      <c r="Y36" s="99"/>
+      <c r="Z36" s="99"/>
+      <c r="AA36" s="99"/>
+      <c r="AB36" s="99"/>
+      <c r="AC36" s="99"/>
+      <c r="AD36" s="99"/>
+      <c r="AE36" s="99"/>
+      <c r="AF36" s="99"/>
+      <c r="AG36" s="99"/>
+      <c r="AH36" s="99"/>
+      <c r="AI36" s="99"/>
+      <c r="AJ36" s="100"/>
     </row>
     <row r="37" spans="1:36">
       <c r="B37" t="s">
         <v>11</v>
       </c>
-      <c r="J37" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ37" s="78"/>
+      <c r="J37" s="98"/>
+      <c r="K37" s="99"/>
+      <c r="L37" s="99"/>
+      <c r="M37" s="99"/>
+      <c r="N37" s="99"/>
+      <c r="O37" s="99"/>
+      <c r="P37" s="99"/>
+      <c r="Q37" s="99"/>
+      <c r="R37" s="99"/>
+      <c r="S37" s="99"/>
+      <c r="T37" s="99"/>
+      <c r="U37" s="99"/>
+      <c r="V37" s="99"/>
+      <c r="W37" s="99"/>
+      <c r="X37" s="99"/>
+      <c r="Y37" s="99"/>
+      <c r="Z37" s="99"/>
+      <c r="AA37" s="99"/>
+      <c r="AB37" s="99"/>
+      <c r="AC37" s="99"/>
+      <c r="AD37" s="99"/>
+      <c r="AE37" s="99"/>
+      <c r="AF37" s="99"/>
+      <c r="AG37" s="99"/>
+      <c r="AH37" s="99"/>
+      <c r="AI37" s="99"/>
+      <c r="AJ37" s="100"/>
     </row>
     <row r="38" spans="1:36">
       <c r="B38" t="s">
         <v>13</v>
       </c>
-      <c r="J38" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ38" s="78"/>
+      <c r="J38" s="98"/>
+      <c r="K38" s="99"/>
+      <c r="L38" s="99"/>
+      <c r="M38" s="99"/>
+      <c r="N38" s="99"/>
+      <c r="O38" s="99"/>
+      <c r="P38" s="99"/>
+      <c r="Q38" s="99"/>
+      <c r="R38" s="99"/>
+      <c r="S38" s="99"/>
+      <c r="T38" s="99"/>
+      <c r="U38" s="99"/>
+      <c r="V38" s="99"/>
+      <c r="W38" s="99"/>
+      <c r="X38" s="99"/>
+      <c r="Y38" s="99"/>
+      <c r="Z38" s="99"/>
+      <c r="AA38" s="99"/>
+      <c r="AB38" s="99"/>
+      <c r="AC38" s="99"/>
+      <c r="AD38" s="99"/>
+      <c r="AE38" s="99"/>
+      <c r="AF38" s="99"/>
+      <c r="AG38" s="99"/>
+      <c r="AH38" s="99"/>
+      <c r="AI38" s="99"/>
+      <c r="AJ38" s="100"/>
     </row>
     <row r="39" spans="1:36">
       <c r="B39" t="s">
         <v>14</v>
       </c>
-      <c r="J39" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ39" s="78"/>
+      <c r="J39" s="98"/>
+      <c r="K39" s="99"/>
+      <c r="L39" s="99"/>
+      <c r="M39" s="99"/>
+      <c r="N39" s="99"/>
+      <c r="O39" s="99"/>
+      <c r="P39" s="99"/>
+      <c r="Q39" s="99"/>
+      <c r="R39" s="99"/>
+      <c r="S39" s="99"/>
+      <c r="T39" s="99"/>
+      <c r="U39" s="99"/>
+      <c r="V39" s="99"/>
+      <c r="W39" s="99"/>
+      <c r="X39" s="99"/>
+      <c r="Y39" s="99"/>
+      <c r="Z39" s="99"/>
+      <c r="AA39" s="99"/>
+      <c r="AB39" s="99"/>
+      <c r="AC39" s="99"/>
+      <c r="AD39" s="99"/>
+      <c r="AE39" s="99"/>
+      <c r="AF39" s="99"/>
+      <c r="AG39" s="99"/>
+      <c r="AH39" s="99"/>
+      <c r="AI39" s="99"/>
+      <c r="AJ39" s="100"/>
     </row>
     <row r="40" spans="1:36">
       <c r="B40" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="J40" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ40" s="78"/>
+      <c r="J40" s="98"/>
+      <c r="K40" s="99"/>
+      <c r="L40" s="99"/>
+      <c r="M40" s="99"/>
+      <c r="N40" s="99"/>
+      <c r="O40" s="99"/>
+      <c r="P40" s="99"/>
+      <c r="Q40" s="99"/>
+      <c r="R40" s="99"/>
+      <c r="S40" s="99"/>
+      <c r="T40" s="99"/>
+      <c r="U40" s="99"/>
+      <c r="V40" s="99"/>
+      <c r="W40" s="99"/>
+      <c r="X40" s="99"/>
+      <c r="Y40" s="99"/>
+      <c r="Z40" s="99"/>
+      <c r="AA40" s="99"/>
+      <c r="AB40" s="99"/>
+      <c r="AC40" s="99"/>
+      <c r="AD40" s="99"/>
+      <c r="AE40" s="99"/>
+      <c r="AF40" s="99"/>
+      <c r="AG40" s="99"/>
+      <c r="AH40" s="99"/>
+      <c r="AI40" s="99"/>
+      <c r="AJ40" s="100"/>
     </row>
     <row r="41" spans="1:36">
-      <c r="J41" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ41" s="78"/>
+      <c r="J41" s="98"/>
+      <c r="K41" s="99"/>
+      <c r="L41" s="99"/>
+      <c r="M41" s="99"/>
+      <c r="N41" s="99"/>
+      <c r="O41" s="99"/>
+      <c r="P41" s="99"/>
+      <c r="Q41" s="99"/>
+      <c r="R41" s="99"/>
+      <c r="S41" s="99"/>
+      <c r="T41" s="99"/>
+      <c r="U41" s="99"/>
+      <c r="V41" s="99"/>
+      <c r="W41" s="99"/>
+      <c r="X41" s="99"/>
+      <c r="Y41" s="99"/>
+      <c r="Z41" s="99"/>
+      <c r="AA41" s="99"/>
+      <c r="AB41" s="99"/>
+      <c r="AC41" s="99"/>
+      <c r="AD41" s="99"/>
+      <c r="AE41" s="99"/>
+      <c r="AF41" s="99"/>
+      <c r="AG41" s="99"/>
+      <c r="AH41" s="99"/>
+      <c r="AI41" s="99"/>
+      <c r="AJ41" s="100"/>
     </row>
     <row r="42" spans="1:36">
-      <c r="J42" s="76"/>
-[...25 lines deleted...]
-      <c r="AJ42" s="78"/>
+      <c r="J42" s="98"/>
+      <c r="K42" s="99"/>
+      <c r="L42" s="99"/>
+      <c r="M42" s="99"/>
+      <c r="N42" s="99"/>
+      <c r="O42" s="99"/>
+      <c r="P42" s="99"/>
+      <c r="Q42" s="99"/>
+      <c r="R42" s="99"/>
+      <c r="S42" s="99"/>
+      <c r="T42" s="99"/>
+      <c r="U42" s="99"/>
+      <c r="V42" s="99"/>
+      <c r="W42" s="99"/>
+      <c r="X42" s="99"/>
+      <c r="Y42" s="99"/>
+      <c r="Z42" s="99"/>
+      <c r="AA42" s="99"/>
+      <c r="AB42" s="99"/>
+      <c r="AC42" s="99"/>
+      <c r="AD42" s="99"/>
+      <c r="AE42" s="99"/>
+      <c r="AF42" s="99"/>
+      <c r="AG42" s="99"/>
+      <c r="AH42" s="99"/>
+      <c r="AI42" s="99"/>
+      <c r="AJ42" s="100"/>
     </row>
     <row r="43" spans="1:36">
-      <c r="J43" s="79"/>
-[...25 lines deleted...]
-      <c r="AJ43" s="81"/>
+      <c r="J43" s="101"/>
+      <c r="K43" s="102"/>
+      <c r="L43" s="102"/>
+      <c r="M43" s="102"/>
+      <c r="N43" s="102"/>
+      <c r="O43" s="102"/>
+      <c r="P43" s="102"/>
+      <c r="Q43" s="102"/>
+      <c r="R43" s="102"/>
+      <c r="S43" s="102"/>
+      <c r="T43" s="102"/>
+      <c r="U43" s="102"/>
+      <c r="V43" s="102"/>
+      <c r="W43" s="102"/>
+      <c r="X43" s="102"/>
+      <c r="Y43" s="102"/>
+      <c r="Z43" s="102"/>
+      <c r="AA43" s="102"/>
+      <c r="AB43" s="102"/>
+      <c r="AC43" s="102"/>
+      <c r="AD43" s="102"/>
+      <c r="AE43" s="102"/>
+      <c r="AF43" s="102"/>
+      <c r="AG43" s="102"/>
+      <c r="AH43" s="102"/>
+      <c r="AI43" s="102"/>
+      <c r="AJ43" s="103"/>
     </row>
     <row r="44" spans="1:36">
       <c r="A44" s="4"/>
       <c r="B44" s="7"/>
       <c r="C44" s="7"/>
       <c r="D44" s="7"/>
     </row>
     <row r="45" spans="1:36">
       <c r="A45" s="4" t="s">
         <v>45</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>46</v>
       </c>
       <c r="C45" s="7"/>
       <c r="D45" s="7"/>
-      <c r="J45" s="82"/>
-[...25 lines deleted...]
-      <c r="AJ45" s="84"/>
+      <c r="J45" s="54"/>
+      <c r="K45" s="55"/>
+      <c r="L45" s="55"/>
+      <c r="M45" s="55"/>
+      <c r="N45" s="55"/>
+      <c r="O45" s="55"/>
+      <c r="P45" s="55"/>
+      <c r="Q45" s="55"/>
+      <c r="R45" s="55"/>
+      <c r="S45" s="55"/>
+      <c r="T45" s="55"/>
+      <c r="U45" s="55"/>
+      <c r="V45" s="55"/>
+      <c r="W45" s="55"/>
+      <c r="X45" s="55"/>
+      <c r="Y45" s="55"/>
+      <c r="Z45" s="55"/>
+      <c r="AA45" s="55"/>
+      <c r="AB45" s="55"/>
+      <c r="AC45" s="55"/>
+      <c r="AD45" s="55"/>
+      <c r="AE45" s="55"/>
+      <c r="AF45" s="55"/>
+      <c r="AG45" s="55"/>
+      <c r="AH45" s="55"/>
+      <c r="AI45" s="55"/>
+      <c r="AJ45" s="56"/>
     </row>
     <row r="46" spans="1:36">
       <c r="B46" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="J46" s="85"/>
-[...25 lines deleted...]
-      <c r="AJ46" s="87"/>
+      <c r="J46" s="57"/>
+      <c r="K46" s="58"/>
+      <c r="L46" s="58"/>
+      <c r="M46" s="58"/>
+      <c r="N46" s="58"/>
+      <c r="O46" s="58"/>
+      <c r="P46" s="58"/>
+      <c r="Q46" s="58"/>
+      <c r="R46" s="58"/>
+      <c r="S46" s="58"/>
+      <c r="T46" s="58"/>
+      <c r="U46" s="58"/>
+      <c r="V46" s="58"/>
+      <c r="W46" s="58"/>
+      <c r="X46" s="58"/>
+      <c r="Y46" s="58"/>
+      <c r="Z46" s="58"/>
+      <c r="AA46" s="58"/>
+      <c r="AB46" s="58"/>
+      <c r="AC46" s="58"/>
+      <c r="AD46" s="58"/>
+      <c r="AE46" s="58"/>
+      <c r="AF46" s="58"/>
+      <c r="AG46" s="58"/>
+      <c r="AH46" s="58"/>
+      <c r="AI46" s="58"/>
+      <c r="AJ46" s="59"/>
     </row>
     <row r="47" spans="1:36">
       <c r="B47" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="J47" s="85"/>
-[...25 lines deleted...]
-      <c r="AJ47" s="87"/>
+      <c r="J47" s="57"/>
+      <c r="K47" s="58"/>
+      <c r="L47" s="58"/>
+      <c r="M47" s="58"/>
+      <c r="N47" s="58"/>
+      <c r="O47" s="58"/>
+      <c r="P47" s="58"/>
+      <c r="Q47" s="58"/>
+      <c r="R47" s="58"/>
+      <c r="S47" s="58"/>
+      <c r="T47" s="58"/>
+      <c r="U47" s="58"/>
+      <c r="V47" s="58"/>
+      <c r="W47" s="58"/>
+      <c r="X47" s="58"/>
+      <c r="Y47" s="58"/>
+      <c r="Z47" s="58"/>
+      <c r="AA47" s="58"/>
+      <c r="AB47" s="58"/>
+      <c r="AC47" s="58"/>
+      <c r="AD47" s="58"/>
+      <c r="AE47" s="58"/>
+      <c r="AF47" s="58"/>
+      <c r="AG47" s="58"/>
+      <c r="AH47" s="58"/>
+      <c r="AI47" s="58"/>
+      <c r="AJ47" s="59"/>
     </row>
     <row r="48" spans="1:36">
-      <c r="J48" s="88"/>
-[...25 lines deleted...]
-      <c r="AJ48" s="90"/>
+      <c r="J48" s="60"/>
+      <c r="K48" s="61"/>
+      <c r="L48" s="61"/>
+      <c r="M48" s="61"/>
+      <c r="N48" s="61"/>
+      <c r="O48" s="61"/>
+      <c r="P48" s="61"/>
+      <c r="Q48" s="61"/>
+      <c r="R48" s="61"/>
+      <c r="S48" s="61"/>
+      <c r="T48" s="61"/>
+      <c r="U48" s="61"/>
+      <c r="V48" s="61"/>
+      <c r="W48" s="61"/>
+      <c r="X48" s="61"/>
+      <c r="Y48" s="61"/>
+      <c r="Z48" s="61"/>
+      <c r="AA48" s="61"/>
+      <c r="AB48" s="61"/>
+      <c r="AC48" s="61"/>
+      <c r="AD48" s="61"/>
+      <c r="AE48" s="61"/>
+      <c r="AF48" s="61"/>
+      <c r="AG48" s="61"/>
+      <c r="AH48" s="61"/>
+      <c r="AI48" s="61"/>
+      <c r="AJ48" s="62"/>
     </row>
     <row r="49" spans="1:36">
-      <c r="G49" s="11"/>
-[...13 lines deleted...]
-      <c r="AB49" s="17"/>
+      <c r="AB49" s="15"/>
     </row>
     <row r="50" spans="1:36" ht="12.75" customHeight="1">
-      <c r="B50" s="101" t="s">
+      <c r="B50" s="43" t="s">
         <v>56</v>
       </c>
-      <c r="C50" s="101"/>
-[...14 lines deleted...]
-      <c r="R50" s="99" t="s">
+      <c r="C50" s="43"/>
+      <c r="D50" s="43"/>
+      <c r="E50" s="43"/>
+      <c r="F50" s="43"/>
+      <c r="G50" s="43"/>
+      <c r="H50" s="44"/>
+      <c r="I50" s="73"/>
+      <c r="J50" s="74"/>
+      <c r="K50" s="74"/>
+      <c r="L50" s="74"/>
+      <c r="M50" s="74"/>
+      <c r="N50" s="74"/>
+      <c r="O50" s="75"/>
+      <c r="R50" s="43" t="s">
         <v>57</v>
       </c>
-      <c r="S50" s="100"/>
-[...16 lines deleted...]
-      <c r="AJ50" s="115"/>
+      <c r="S50" s="49"/>
+      <c r="T50" s="49"/>
+      <c r="U50" s="49"/>
+      <c r="V50" s="49"/>
+      <c r="W50" s="49"/>
+      <c r="X50" s="49"/>
+      <c r="Y50" s="49"/>
+      <c r="Z50" s="49"/>
+      <c r="AA50" s="49"/>
+      <c r="AB50" s="50"/>
+      <c r="AC50" s="73"/>
+      <c r="AD50" s="74"/>
+      <c r="AE50" s="74"/>
+      <c r="AF50" s="74"/>
+      <c r="AG50" s="74"/>
+      <c r="AH50" s="74"/>
+      <c r="AI50" s="74"/>
+      <c r="AJ50" s="75"/>
     </row>
     <row r="51" spans="1:36">
       <c r="A51" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="B51" s="101"/>
-[...14 lines deleted...]
-      <c r="Q51" s="19" t="s">
+      <c r="B51" s="43"/>
+      <c r="C51" s="43"/>
+      <c r="D51" s="43"/>
+      <c r="E51" s="43"/>
+      <c r="F51" s="43"/>
+      <c r="G51" s="43"/>
+      <c r="H51" s="44"/>
+      <c r="I51" s="76"/>
+      <c r="J51" s="77"/>
+      <c r="K51" s="77"/>
+      <c r="L51" s="77"/>
+      <c r="M51" s="77"/>
+      <c r="N51" s="77"/>
+      <c r="O51" s="78"/>
+      <c r="Q51" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="R51" s="100"/>
-[...17 lines deleted...]
-      <c r="AJ51" s="118"/>
+      <c r="R51" s="49"/>
+      <c r="S51" s="49"/>
+      <c r="T51" s="49"/>
+      <c r="U51" s="49"/>
+      <c r="V51" s="49"/>
+      <c r="W51" s="49"/>
+      <c r="X51" s="49"/>
+      <c r="Y51" s="49"/>
+      <c r="Z51" s="49"/>
+      <c r="AA51" s="49"/>
+      <c r="AB51" s="50"/>
+      <c r="AC51" s="76"/>
+      <c r="AD51" s="77"/>
+      <c r="AE51" s="77"/>
+      <c r="AF51" s="77"/>
+      <c r="AG51" s="77"/>
+      <c r="AH51" s="77"/>
+      <c r="AI51" s="77"/>
+      <c r="AJ51" s="78"/>
     </row>
     <row r="52" spans="1:36">
-      <c r="B52" s="101"/>
-[...33 lines deleted...]
-      <c r="AJ52" s="121"/>
+      <c r="B52" s="43"/>
+      <c r="C52" s="43"/>
+      <c r="D52" s="43"/>
+      <c r="E52" s="43"/>
+      <c r="F52" s="43"/>
+      <c r="G52" s="43"/>
+      <c r="H52" s="44"/>
+      <c r="I52" s="79"/>
+      <c r="J52" s="80"/>
+      <c r="K52" s="80"/>
+      <c r="L52" s="80"/>
+      <c r="M52" s="80"/>
+      <c r="N52" s="80"/>
+      <c r="O52" s="81"/>
+      <c r="Q52" s="7"/>
+      <c r="R52" s="49"/>
+      <c r="S52" s="49"/>
+      <c r="T52" s="49"/>
+      <c r="U52" s="49"/>
+      <c r="V52" s="49"/>
+      <c r="W52" s="49"/>
+      <c r="X52" s="49"/>
+      <c r="Y52" s="49"/>
+      <c r="Z52" s="49"/>
+      <c r="AA52" s="49"/>
+      <c r="AB52" s="50"/>
+      <c r="AC52" s="79"/>
+      <c r="AD52" s="80"/>
+      <c r="AE52" s="80"/>
+      <c r="AF52" s="80"/>
+      <c r="AG52" s="80"/>
+      <c r="AH52" s="80"/>
+      <c r="AI52" s="80"/>
+      <c r="AJ52" s="81"/>
     </row>
     <row r="53" spans="1:36">
-      <c r="H53" s="23"/>
-[...9 lines deleted...]
-      <c r="AB53" s="23"/>
+      <c r="H53" s="18"/>
+      <c r="AB53" s="18"/>
     </row>
     <row r="54" spans="1:36" ht="5.0999999999999996" customHeight="1">
-      <c r="A54" s="36"/>
-[...34 lines deleted...]
-      <c r="AJ54" s="21"/>
+      <c r="A54" s="25"/>
+      <c r="B54" s="15"/>
+      <c r="C54" s="15"/>
+      <c r="D54" s="15"/>
+      <c r="E54" s="15"/>
+      <c r="F54" s="15"/>
+      <c r="G54" s="15"/>
+      <c r="H54" s="15"/>
+      <c r="I54" s="15"/>
+      <c r="J54" s="15"/>
+      <c r="K54" s="15"/>
+      <c r="L54" s="15"/>
+      <c r="M54" s="15"/>
+      <c r="N54" s="15"/>
+      <c r="O54" s="15"/>
+      <c r="P54" s="15"/>
+      <c r="Q54" s="15"/>
+      <c r="R54" s="15"/>
+      <c r="S54" s="15"/>
+      <c r="T54" s="15"/>
+      <c r="U54" s="15"/>
+      <c r="V54" s="15"/>
+      <c r="W54" s="15"/>
+      <c r="X54" s="15"/>
+      <c r="Y54" s="15"/>
+      <c r="Z54" s="15"/>
+      <c r="AA54" s="15"/>
+      <c r="AB54" s="15"/>
+      <c r="AC54" s="15"/>
+      <c r="AD54" s="15"/>
+      <c r="AE54" s="15"/>
+      <c r="AF54" s="15"/>
+      <c r="AG54" s="15"/>
+      <c r="AH54" s="15"/>
+      <c r="AI54" s="15"/>
+      <c r="AJ54" s="17"/>
     </row>
     <row r="55" spans="1:36" ht="8.1" customHeight="1">
-      <c r="A55" s="34"/>
-[...34 lines deleted...]
-      <c r="AJ55" s="22"/>
+      <c r="A55" s="24"/>
+      <c r="B55" s="7"/>
+      <c r="Q55" s="25"/>
+      <c r="R55" s="15"/>
+      <c r="S55" s="15"/>
+      <c r="T55" s="15"/>
+      <c r="U55" s="15"/>
+      <c r="V55" s="15"/>
+      <c r="W55" s="15"/>
+      <c r="X55" s="15"/>
+      <c r="Y55" s="15"/>
+      <c r="Z55" s="15"/>
+      <c r="AA55" s="15"/>
+      <c r="AB55" s="15"/>
+      <c r="AC55" s="15"/>
+      <c r="AD55" s="15"/>
+      <c r="AE55" s="15"/>
+      <c r="AF55" s="15"/>
+      <c r="AG55" s="15"/>
+      <c r="AH55" s="17"/>
+      <c r="AJ55" s="12"/>
     </row>
     <row r="56" spans="1:36" ht="12.75" customHeight="1">
-      <c r="A56" s="34" t="s">
+      <c r="A56" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="B56" s="20" t="s">
+      <c r="B56" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="C56" s="13"/>
-[...16 lines deleted...]
-      <c r="T56" s="13" t="s">
+      <c r="Q56" s="11"/>
+      <c r="R56" s="39"/>
+      <c r="T56" t="s">
         <v>31</v>
       </c>
-      <c r="U56" s="13"/>
-[...6 lines deleted...]
-      <c r="AB56" s="13" t="s">
+      <c r="Z56" s="39"/>
+      <c r="AB56" t="s">
         <v>32</v>
       </c>
-      <c r="AC56" s="13"/>
-[...6 lines deleted...]
-      <c r="AJ56" s="22"/>
+      <c r="AH56" s="12"/>
+      <c r="AJ56" s="12"/>
     </row>
     <row r="57" spans="1:36" ht="8.1" customHeight="1">
-      <c r="A57" s="12"/>
-[...34 lines deleted...]
-      <c r="AJ57" s="22"/>
+      <c r="A57" s="11"/>
+      <c r="Q57" s="23"/>
+      <c r="R57" s="18"/>
+      <c r="S57" s="18"/>
+      <c r="T57" s="18"/>
+      <c r="U57" s="18"/>
+      <c r="V57" s="18"/>
+      <c r="W57" s="18"/>
+      <c r="X57" s="18"/>
+      <c r="Y57" s="18"/>
+      <c r="Z57" s="18"/>
+      <c r="AA57" s="18"/>
+      <c r="AB57" s="18"/>
+      <c r="AC57" s="18"/>
+      <c r="AD57" s="18"/>
+      <c r="AE57" s="18"/>
+      <c r="AF57" s="18"/>
+      <c r="AG57" s="18"/>
+      <c r="AH57" s="19"/>
+      <c r="AJ57" s="12"/>
     </row>
     <row r="58" spans="1:36" ht="5.0999999999999996" customHeight="1">
-      <c r="A58" s="31"/>
-[...34 lines deleted...]
-      <c r="AJ58" s="24"/>
+      <c r="A58" s="23"/>
+      <c r="B58" s="18"/>
+      <c r="C58" s="18"/>
+      <c r="D58" s="18"/>
+      <c r="E58" s="18"/>
+      <c r="F58" s="18"/>
+      <c r="G58" s="18"/>
+      <c r="H58" s="18"/>
+      <c r="I58" s="18"/>
+      <c r="J58" s="18"/>
+      <c r="K58" s="18"/>
+      <c r="L58" s="18"/>
+      <c r="M58" s="18"/>
+      <c r="N58" s="18"/>
+      <c r="O58" s="18"/>
+      <c r="P58" s="18"/>
+      <c r="Q58" s="18"/>
+      <c r="R58" s="18"/>
+      <c r="S58" s="18"/>
+      <c r="T58" s="18"/>
+      <c r="U58" s="18"/>
+      <c r="V58" s="18"/>
+      <c r="W58" s="18"/>
+      <c r="X58" s="18"/>
+      <c r="Y58" s="18"/>
+      <c r="Z58" s="18"/>
+      <c r="AA58" s="18"/>
+      <c r="AB58" s="18"/>
+      <c r="AC58" s="18"/>
+      <c r="AD58" s="18"/>
+      <c r="AE58" s="18"/>
+      <c r="AF58" s="18"/>
+      <c r="AG58" s="18"/>
+      <c r="AH58" s="18"/>
+      <c r="AI58" s="18"/>
+      <c r="AJ58" s="19"/>
     </row>
     <row r="59" spans="1:36" ht="8.25" customHeight="1">
-      <c r="A59" s="49"/>
-[...34 lines deleted...]
-      <c r="AJ59" s="50"/>
+      <c r="A59" s="37"/>
+      <c r="B59" s="37"/>
+      <c r="C59" s="37"/>
+      <c r="D59" s="37"/>
+      <c r="E59" s="37"/>
+      <c r="F59" s="37"/>
+      <c r="G59" s="37"/>
+      <c r="H59" s="37"/>
+      <c r="I59" s="37"/>
+      <c r="J59" s="37"/>
+      <c r="K59" s="37"/>
+      <c r="L59" s="37"/>
+      <c r="M59" s="37"/>
+      <c r="N59" s="37"/>
+      <c r="O59" s="37"/>
+      <c r="P59" s="37"/>
+      <c r="Q59" s="37"/>
+      <c r="R59" s="37"/>
+      <c r="S59" s="37"/>
+      <c r="T59" s="37"/>
+      <c r="U59" s="37"/>
+      <c r="V59" s="37"/>
+      <c r="W59" s="37"/>
+      <c r="X59" s="37"/>
+      <c r="Y59" s="37"/>
+      <c r="Z59" s="37"/>
+      <c r="AA59" s="37"/>
+      <c r="AB59" s="37"/>
+      <c r="AC59" s="37"/>
+      <c r="AD59" s="37"/>
+      <c r="AE59" s="37"/>
+      <c r="AF59" s="37"/>
+      <c r="AG59" s="37"/>
+      <c r="AH59" s="37"/>
+      <c r="AI59" s="37"/>
+      <c r="AJ59" s="37"/>
     </row>
     <row r="60" spans="1:36" ht="5.0999999999999996" customHeight="1">
-      <c r="A60" s="35"/>
-[...34 lines deleted...]
-      <c r="AJ60" s="29"/>
+      <c r="A60" s="25"/>
+      <c r="B60" s="15"/>
+      <c r="C60" s="15"/>
+      <c r="D60" s="15"/>
+      <c r="E60" s="15"/>
+      <c r="F60" s="15"/>
+      <c r="G60" s="15"/>
+      <c r="H60" s="15"/>
+      <c r="I60" s="15"/>
+      <c r="J60" s="15"/>
+      <c r="K60" s="15"/>
+      <c r="L60" s="15"/>
+      <c r="M60" s="15"/>
+      <c r="N60" s="15"/>
+      <c r="O60" s="15"/>
+      <c r="P60" s="15"/>
+      <c r="Q60" s="15"/>
+      <c r="R60" s="15"/>
+      <c r="S60" s="15"/>
+      <c r="T60" s="15"/>
+      <c r="U60" s="15"/>
+      <c r="V60" s="15"/>
+      <c r="W60" s="15"/>
+      <c r="X60" s="15"/>
+      <c r="Y60" s="15"/>
+      <c r="Z60" s="15"/>
+      <c r="AA60" s="15"/>
+      <c r="AB60" s="15"/>
+      <c r="AC60" s="15"/>
+      <c r="AD60" s="15"/>
+      <c r="AE60" s="15"/>
+      <c r="AF60" s="15"/>
+      <c r="AG60" s="15"/>
+      <c r="AH60" s="15"/>
+      <c r="AI60" s="15"/>
+      <c r="AJ60" s="17"/>
     </row>
     <row r="61" spans="1:36" ht="8.1" customHeight="1">
-      <c r="A61" s="45"/>
-[...34 lines deleted...]
-      <c r="AJ61" s="44"/>
+      <c r="A61" s="33"/>
+      <c r="B61" s="28"/>
+      <c r="C61" s="28"/>
+      <c r="D61" s="28"/>
+      <c r="E61" s="28"/>
+      <c r="F61" s="28"/>
+      <c r="G61" s="28"/>
+      <c r="H61" s="28"/>
+      <c r="I61" s="28"/>
+      <c r="J61" s="28"/>
+      <c r="K61" s="28"/>
+      <c r="L61" s="28"/>
+      <c r="M61" s="28"/>
+      <c r="N61" s="28"/>
+      <c r="O61" s="28"/>
+      <c r="P61" s="28"/>
+      <c r="Q61" s="28"/>
+      <c r="R61" s="28"/>
+      <c r="S61" s="28"/>
+      <c r="T61" s="28"/>
+      <c r="U61" s="28"/>
+      <c r="V61" s="28"/>
+      <c r="W61" s="28"/>
+      <c r="X61" s="28"/>
+      <c r="Y61" s="28"/>
+      <c r="Z61" s="28"/>
+      <c r="AA61" s="30"/>
+      <c r="AB61" s="31"/>
+      <c r="AC61" s="31"/>
+      <c r="AD61" s="31"/>
+      <c r="AE61" s="31"/>
+      <c r="AF61" s="31"/>
+      <c r="AG61" s="31"/>
+      <c r="AH61" s="31"/>
+      <c r="AI61" s="31"/>
+      <c r="AJ61" s="32"/>
     </row>
     <row r="62" spans="1:36" ht="12.75" customHeight="1">
-      <c r="A62" s="45" t="s">
+      <c r="A62" s="33" t="s">
         <v>50</v>
       </c>
-      <c r="B62" s="41" t="s">
+      <c r="B62" s="29" t="s">
         <v>51</v>
       </c>
-      <c r="C62" s="40"/>
-[...7 lines deleted...]
-      <c r="K62" s="40" t="s">
+      <c r="C62" s="28"/>
+      <c r="D62" s="28"/>
+      <c r="E62" s="28"/>
+      <c r="F62" s="28"/>
+      <c r="G62" s="28"/>
+      <c r="H62" s="28"/>
+      <c r="I62" s="28"/>
+      <c r="J62" s="40"/>
+      <c r="K62" s="28" t="s">
         <v>52</v>
       </c>
-      <c r="L62" s="40"/>
-[...2 lines deleted...]
-      <c r="O62" s="40" t="s">
+      <c r="L62" s="28"/>
+      <c r="M62" s="28"/>
+      <c r="N62" s="40"/>
+      <c r="O62" s="28" t="s">
         <v>53</v>
       </c>
-      <c r="Q62" s="40"/>
-      <c r="R62" s="40" t="s">
+      <c r="Q62" s="28"/>
+      <c r="R62" s="28" t="s">
         <v>54</v>
       </c>
-      <c r="S62" s="51" t="s">
+      <c r="S62" s="38" t="s">
         <v>55</v>
       </c>
-      <c r="U62" s="40"/>
-[...14 lines deleted...]
-      <c r="AJ62" s="133"/>
+      <c r="U62" s="28"/>
+      <c r="V62" s="28"/>
+      <c r="W62" s="28"/>
+      <c r="X62" s="28"/>
+      <c r="Y62" s="28"/>
+      <c r="Z62" s="28"/>
+      <c r="AA62" s="91"/>
+      <c r="AB62" s="92"/>
+      <c r="AC62" s="92"/>
+      <c r="AD62" s="92"/>
+      <c r="AE62" s="92"/>
+      <c r="AF62" s="92"/>
+      <c r="AG62" s="92"/>
+      <c r="AH62" s="92"/>
+      <c r="AI62" s="92"/>
+      <c r="AJ62" s="93"/>
     </row>
     <row r="63" spans="1:36" ht="8.1" customHeight="1">
-      <c r="A63" s="45"/>
-[...34 lines deleted...]
-      <c r="AJ63" s="48"/>
+      <c r="A63" s="33"/>
+      <c r="B63" s="28"/>
+      <c r="C63" s="28"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="28"/>
+      <c r="F63" s="28"/>
+      <c r="G63" s="28"/>
+      <c r="H63" s="28"/>
+      <c r="I63" s="28"/>
+      <c r="J63" s="28"/>
+      <c r="K63" s="28"/>
+      <c r="L63" s="28"/>
+      <c r="M63" s="28"/>
+      <c r="N63" s="28"/>
+      <c r="O63" s="28"/>
+      <c r="P63" s="28"/>
+      <c r="Q63" s="28"/>
+      <c r="R63" s="28"/>
+      <c r="S63" s="28"/>
+      <c r="T63" s="28"/>
+      <c r="U63" s="28"/>
+      <c r="V63" s="28"/>
+      <c r="W63" s="28"/>
+      <c r="X63" s="28"/>
+      <c r="Y63" s="28"/>
+      <c r="Z63" s="28"/>
+      <c r="AA63" s="34"/>
+      <c r="AB63" s="35"/>
+      <c r="AC63" s="35"/>
+      <c r="AD63" s="35"/>
+      <c r="AE63" s="35"/>
+      <c r="AF63" s="35"/>
+      <c r="AG63" s="35"/>
+      <c r="AH63" s="35"/>
+      <c r="AI63" s="35"/>
+      <c r="AJ63" s="36"/>
     </row>
     <row r="64" spans="1:36" ht="5.0999999999999996" customHeight="1">
-      <c r="A64" s="46"/>
-[...34 lines deleted...]
-      <c r="AJ64" s="48"/>
+      <c r="A64" s="34"/>
+      <c r="B64" s="35"/>
+      <c r="C64" s="35"/>
+      <c r="D64" s="35"/>
+      <c r="E64" s="35"/>
+      <c r="F64" s="35"/>
+      <c r="G64" s="35"/>
+      <c r="H64" s="35"/>
+      <c r="I64" s="35"/>
+      <c r="J64" s="35"/>
+      <c r="K64" s="35"/>
+      <c r="L64" s="35"/>
+      <c r="M64" s="35"/>
+      <c r="N64" s="35"/>
+      <c r="O64" s="35"/>
+      <c r="P64" s="35"/>
+      <c r="Q64" s="35"/>
+      <c r="R64" s="35"/>
+      <c r="S64" s="35"/>
+      <c r="T64" s="35"/>
+      <c r="U64" s="35"/>
+      <c r="V64" s="35"/>
+      <c r="W64" s="35"/>
+      <c r="X64" s="35"/>
+      <c r="Y64" s="35"/>
+      <c r="Z64" s="35"/>
+      <c r="AA64" s="35"/>
+      <c r="AB64" s="35"/>
+      <c r="AC64" s="35"/>
+      <c r="AD64" s="35"/>
+      <c r="AE64" s="35"/>
+      <c r="AF64" s="35"/>
+      <c r="AG64" s="35"/>
+      <c r="AH64" s="35"/>
+      <c r="AI64" s="35"/>
+      <c r="AJ64" s="36"/>
     </row>
     <row r="65" spans="1:36" ht="12.75" customHeight="1">
-      <c r="A65" s="134" t="s">
+      <c r="A65" s="41" t="s">
         <v>58</v>
       </c>
-      <c r="B65" s="134"/>
-[...32 lines deleted...]
-      <c r="AI65" s="134"/>
+      <c r="B65" s="41"/>
+      <c r="C65" s="41"/>
+      <c r="D65" s="41"/>
+      <c r="E65" s="41"/>
+      <c r="F65" s="41"/>
+      <c r="G65" s="41"/>
+      <c r="H65" s="41"/>
+      <c r="I65" s="41"/>
+      <c r="J65" s="41"/>
+      <c r="K65" s="41"/>
+      <c r="L65" s="41"/>
+      <c r="M65" s="41"/>
+      <c r="N65" s="41"/>
+      <c r="O65" s="41"/>
+      <c r="P65" s="41"/>
+      <c r="Q65" s="41"/>
+      <c r="R65" s="41"/>
+      <c r="S65" s="41"/>
+      <c r="T65" s="41"/>
+      <c r="U65" s="41"/>
+      <c r="V65" s="41"/>
+      <c r="W65" s="41"/>
+      <c r="X65" s="41"/>
+      <c r="Y65" s="41"/>
+      <c r="Z65" s="41"/>
+      <c r="AA65" s="41"/>
+      <c r="AB65" s="41"/>
+      <c r="AC65" s="41"/>
+      <c r="AD65" s="41"/>
+      <c r="AE65" s="41"/>
+      <c r="AF65" s="41"/>
+      <c r="AG65" s="41"/>
+      <c r="AH65" s="41"/>
+      <c r="AI65" s="41"/>
     </row>
     <row r="66" spans="1:36">
-      <c r="A66" s="135"/>
-[...33 lines deleted...]
-      <c r="AI66" s="135"/>
+      <c r="A66" s="42"/>
+      <c r="B66" s="42"/>
+      <c r="C66" s="42"/>
+      <c r="D66" s="42"/>
+      <c r="E66" s="42"/>
+      <c r="F66" s="42"/>
+      <c r="G66" s="42"/>
+      <c r="H66" s="42"/>
+      <c r="I66" s="42"/>
+      <c r="J66" s="42"/>
+      <c r="K66" s="42"/>
+      <c r="L66" s="42"/>
+      <c r="M66" s="42"/>
+      <c r="N66" s="42"/>
+      <c r="O66" s="42"/>
+      <c r="P66" s="42"/>
+      <c r="Q66" s="42"/>
+      <c r="R66" s="42"/>
+      <c r="S66" s="42"/>
+      <c r="T66" s="42"/>
+      <c r="U66" s="42"/>
+      <c r="V66" s="42"/>
+      <c r="W66" s="42"/>
+      <c r="X66" s="42"/>
+      <c r="Y66" s="42"/>
+      <c r="Z66" s="42"/>
+      <c r="AA66" s="42"/>
+      <c r="AB66" s="42"/>
+      <c r="AC66" s="42"/>
+      <c r="AD66" s="42"/>
+      <c r="AE66" s="42"/>
+      <c r="AF66" s="42"/>
+      <c r="AG66" s="42"/>
+      <c r="AH66" s="42"/>
+      <c r="AI66" s="42"/>
     </row>
     <row r="67" spans="1:36">
-      <c r="A67" s="135"/>
-[...33 lines deleted...]
-      <c r="AI67" s="135"/>
+      <c r="A67" s="42"/>
+      <c r="B67" s="42"/>
+      <c r="C67" s="42"/>
+      <c r="D67" s="42"/>
+      <c r="E67" s="42"/>
+      <c r="F67" s="42"/>
+      <c r="G67" s="42"/>
+      <c r="H67" s="42"/>
+      <c r="I67" s="42"/>
+      <c r="J67" s="42"/>
+      <c r="K67" s="42"/>
+      <c r="L67" s="42"/>
+      <c r="M67" s="42"/>
+      <c r="N67" s="42"/>
+      <c r="O67" s="42"/>
+      <c r="P67" s="42"/>
+      <c r="Q67" s="42"/>
+      <c r="R67" s="42"/>
+      <c r="S67" s="42"/>
+      <c r="T67" s="42"/>
+      <c r="U67" s="42"/>
+      <c r="V67" s="42"/>
+      <c r="W67" s="42"/>
+      <c r="X67" s="42"/>
+      <c r="Y67" s="42"/>
+      <c r="Z67" s="42"/>
+      <c r="AA67" s="42"/>
+      <c r="AB67" s="42"/>
+      <c r="AC67" s="42"/>
+      <c r="AD67" s="42"/>
+      <c r="AE67" s="42"/>
+      <c r="AF67" s="42"/>
+      <c r="AG67" s="42"/>
+      <c r="AH67" s="42"/>
+      <c r="AI67" s="42"/>
     </row>
     <row r="68" spans="1:36">
       <c r="AG68" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:36" ht="14.25">
-      <c r="A69" s="38"/>
-      <c r="B69" s="38" t="s">
+      <c r="A69" s="27"/>
+      <c r="B69" s="27" t="s">
         <v>23</v>
       </c>
-      <c r="C69" s="38"/>
-[...28 lines deleted...]
-      <c r="AF69" s="38"/>
+      <c r="C69" s="27"/>
+      <c r="D69" s="27"/>
+      <c r="E69" s="27"/>
+      <c r="F69" s="27"/>
+      <c r="G69" s="27"/>
+      <c r="H69" s="27"/>
+      <c r="I69" s="27"/>
+      <c r="J69" s="27"/>
+      <c r="K69" s="27"/>
+      <c r="L69" s="27"/>
+      <c r="M69" s="27"/>
+      <c r="N69" s="27"/>
+      <c r="O69" s="27"/>
+      <c r="P69" s="27"/>
+      <c r="Q69" s="27"/>
+      <c r="R69" s="27"/>
+      <c r="S69" s="27"/>
+      <c r="T69" s="27"/>
+      <c r="U69" s="27"/>
+      <c r="V69" s="27"/>
+      <c r="W69" s="27"/>
+      <c r="X69" s="27"/>
+      <c r="Y69" s="27"/>
+      <c r="Z69" s="27"/>
+      <c r="AA69" s="27"/>
+      <c r="AB69" s="27"/>
+      <c r="AC69" s="27"/>
+      <c r="AD69" s="27"/>
+      <c r="AE69" s="27"/>
+      <c r="AF69" s="27"/>
     </row>
     <row r="70" spans="1:36" ht="14.25">
-      <c r="A70" s="38"/>
-      <c r="B70" s="38" t="s">
+      <c r="A70" s="27"/>
+      <c r="B70" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="C70" s="38"/>
-[...28 lines deleted...]
-      <c r="AF70" s="38"/>
+      <c r="C70" s="27"/>
+      <c r="D70" s="27"/>
+      <c r="E70" s="27"/>
+      <c r="F70" s="27"/>
+      <c r="G70" s="27"/>
+      <c r="H70" s="27"/>
+      <c r="I70" s="27"/>
+      <c r="J70" s="27"/>
+      <c r="K70" s="27"/>
+      <c r="L70" s="27"/>
+      <c r="M70" s="27"/>
+      <c r="N70" s="27"/>
+      <c r="O70" s="27"/>
+      <c r="P70" s="27"/>
+      <c r="Q70" s="27"/>
+      <c r="R70" s="27"/>
+      <c r="S70" s="27"/>
+      <c r="T70" s="27"/>
+      <c r="U70" s="27"/>
+      <c r="V70" s="27"/>
+      <c r="W70" s="27"/>
+      <c r="X70" s="27"/>
+      <c r="Y70" s="27"/>
+      <c r="Z70" s="27"/>
+      <c r="AA70" s="27"/>
+      <c r="AB70" s="27"/>
+      <c r="AC70" s="27"/>
+      <c r="AD70" s="27"/>
+      <c r="AE70" s="27"/>
+      <c r="AF70" s="27"/>
     </row>
     <row r="71" spans="1:36" ht="14.25">
-      <c r="A71" s="38"/>
-      <c r="B71" s="38" t="s">
+      <c r="A71" s="27"/>
+      <c r="B71" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="C71" s="38"/>
-[...29 lines deleted...]
-      <c r="AI71" s="11"/>
+      <c r="C71" s="27"/>
+      <c r="D71" s="27"/>
+      <c r="E71" s="27"/>
+      <c r="F71" s="27"/>
+      <c r="G71" s="27"/>
+      <c r="H71" s="27"/>
+      <c r="I71" s="27"/>
+      <c r="J71" s="27"/>
+      <c r="K71" s="27"/>
+      <c r="L71" s="27"/>
+      <c r="M71" s="27"/>
+      <c r="N71" s="27"/>
+      <c r="O71" s="27"/>
+      <c r="P71" s="27"/>
+      <c r="Q71" s="27"/>
+      <c r="R71" s="27"/>
+      <c r="S71" s="27"/>
+      <c r="T71" s="27"/>
+      <c r="U71" s="27"/>
+      <c r="V71" s="27"/>
+      <c r="W71" s="27"/>
+      <c r="X71" s="27"/>
+      <c r="Y71" s="27"/>
+      <c r="Z71" s="27"/>
+      <c r="AA71" s="27"/>
+      <c r="AB71" s="27"/>
+      <c r="AC71" s="27"/>
+      <c r="AD71" s="27"/>
+      <c r="AE71" s="27"/>
+      <c r="AF71" s="27"/>
     </row>
     <row r="72" spans="1:36" ht="14.25">
-      <c r="A72" s="38"/>
-[...30 lines deleted...]
-      <c r="AF72" s="38"/>
+      <c r="A72" s="27"/>
+      <c r="B72" s="27"/>
+      <c r="C72" s="27"/>
+      <c r="D72" s="27"/>
+      <c r="E72" s="27"/>
+      <c r="F72" s="27"/>
+      <c r="G72" s="27"/>
+      <c r="H72" s="27"/>
+      <c r="I72" s="27"/>
+      <c r="J72" s="27"/>
+      <c r="K72" s="27"/>
+      <c r="L72" s="27"/>
+      <c r="M72" s="27"/>
+      <c r="N72" s="27"/>
+      <c r="O72" s="27"/>
+      <c r="P72" s="27"/>
+      <c r="Q72" s="27"/>
+      <c r="R72" s="27"/>
+      <c r="S72" s="27"/>
+      <c r="T72" s="27"/>
+      <c r="U72" s="27"/>
+      <c r="V72" s="27"/>
+      <c r="W72" s="27"/>
+      <c r="X72" s="27"/>
+      <c r="Y72" s="27"/>
+      <c r="Z72" s="27"/>
+      <c r="AA72" s="27"/>
+      <c r="AB72" s="27"/>
+      <c r="AC72" s="27"/>
+      <c r="AD72" s="27"/>
+      <c r="AE72" s="27"/>
+      <c r="AF72" s="27"/>
     </row>
     <row r="73" spans="1:36" ht="14.25">
-      <c r="A73" s="38"/>
-      <c r="B73" s="38" t="s">
+      <c r="A73" s="27"/>
+      <c r="B73" s="27" t="s">
         <v>22</v>
       </c>
-      <c r="C73" s="38"/>
-[...28 lines deleted...]
-      <c r="AF73" s="38"/>
+      <c r="C73" s="27"/>
+      <c r="D73" s="27"/>
+      <c r="E73" s="27"/>
+      <c r="F73" s="27"/>
+      <c r="G73" s="27"/>
+      <c r="H73" s="27"/>
+      <c r="I73" s="27"/>
+      <c r="J73" s="27"/>
+      <c r="K73" s="27"/>
+      <c r="L73" s="27"/>
+      <c r="M73" s="27"/>
+      <c r="N73" s="27"/>
+      <c r="O73" s="27"/>
+      <c r="P73" s="27"/>
+      <c r="Q73" s="27"/>
+      <c r="R73" s="27"/>
+      <c r="S73" s="27"/>
+      <c r="T73" s="27"/>
+      <c r="U73" s="27"/>
+      <c r="V73" s="27"/>
+      <c r="W73" s="27"/>
+      <c r="X73" s="27"/>
+      <c r="Y73" s="27"/>
+      <c r="Z73" s="27"/>
+      <c r="AA73" s="27"/>
+      <c r="AB73" s="27"/>
+      <c r="AC73" s="27"/>
+      <c r="AD73" s="27"/>
+      <c r="AE73" s="27"/>
+      <c r="AF73" s="27"/>
     </row>
     <row r="79" spans="1:36">
       <c r="B79" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C79" s="9"/>
       <c r="D79" s="9"/>
       <c r="E79" s="9"/>
-      <c r="L79" s="73"/>
-[...23 lines deleted...]
-      <c r="AJ79" s="92"/>
+      <c r="L79" s="95"/>
+      <c r="M79" s="104"/>
+      <c r="N79" s="104"/>
+      <c r="O79" s="104"/>
+      <c r="P79" s="104"/>
+      <c r="Q79" s="104"/>
+      <c r="R79" s="104"/>
+      <c r="S79" s="104"/>
+      <c r="T79" s="104"/>
+      <c r="U79" s="104"/>
+      <c r="V79" s="104"/>
+      <c r="W79" s="104"/>
+      <c r="X79" s="104"/>
+      <c r="Y79" s="104"/>
+      <c r="Z79" s="104"/>
+      <c r="AA79" s="104"/>
+      <c r="AB79" s="104"/>
+      <c r="AC79" s="104"/>
+      <c r="AD79" s="104"/>
+      <c r="AE79" s="104"/>
+      <c r="AF79" s="104"/>
+      <c r="AG79" s="104"/>
+      <c r="AH79" s="104"/>
+      <c r="AI79" s="104"/>
+      <c r="AJ79" s="105"/>
     </row>
     <row r="80" spans="1:36">
       <c r="B80" t="s">
         <v>67</v>
       </c>
-      <c r="L80" s="93"/>
-[...23 lines deleted...]
-      <c r="AJ80" s="95"/>
+      <c r="L80" s="106"/>
+      <c r="M80" s="107"/>
+      <c r="N80" s="107"/>
+      <c r="O80" s="107"/>
+      <c r="P80" s="107"/>
+      <c r="Q80" s="107"/>
+      <c r="R80" s="107"/>
+      <c r="S80" s="107"/>
+      <c r="T80" s="107"/>
+      <c r="U80" s="107"/>
+      <c r="V80" s="107"/>
+      <c r="W80" s="107"/>
+      <c r="X80" s="107"/>
+      <c r="Y80" s="107"/>
+      <c r="Z80" s="107"/>
+      <c r="AA80" s="107"/>
+      <c r="AB80" s="107"/>
+      <c r="AC80" s="107"/>
+      <c r="AD80" s="107"/>
+      <c r="AE80" s="107"/>
+      <c r="AF80" s="107"/>
+      <c r="AG80" s="107"/>
+      <c r="AH80" s="107"/>
+      <c r="AI80" s="107"/>
+      <c r="AJ80" s="108"/>
     </row>
     <row r="81" spans="2:36">
-      <c r="L81" s="93"/>
-[...23 lines deleted...]
-      <c r="AJ81" s="95"/>
+      <c r="L81" s="106"/>
+      <c r="M81" s="107"/>
+      <c r="N81" s="107"/>
+      <c r="O81" s="107"/>
+      <c r="P81" s="107"/>
+      <c r="Q81" s="107"/>
+      <c r="R81" s="107"/>
+      <c r="S81" s="107"/>
+      <c r="T81" s="107"/>
+      <c r="U81" s="107"/>
+      <c r="V81" s="107"/>
+      <c r="W81" s="107"/>
+      <c r="X81" s="107"/>
+      <c r="Y81" s="107"/>
+      <c r="Z81" s="107"/>
+      <c r="AA81" s="107"/>
+      <c r="AB81" s="107"/>
+      <c r="AC81" s="107"/>
+      <c r="AD81" s="107"/>
+      <c r="AE81" s="107"/>
+      <c r="AF81" s="107"/>
+      <c r="AG81" s="107"/>
+      <c r="AH81" s="107"/>
+      <c r="AI81" s="107"/>
+      <c r="AJ81" s="108"/>
     </row>
     <row r="82" spans="2:36">
-      <c r="L82" s="96"/>
-[...23 lines deleted...]
-      <c r="AJ82" s="98"/>
+      <c r="L82" s="109"/>
+      <c r="M82" s="110"/>
+      <c r="N82" s="110"/>
+      <c r="O82" s="110"/>
+      <c r="P82" s="110"/>
+      <c r="Q82" s="110"/>
+      <c r="R82" s="110"/>
+      <c r="S82" s="110"/>
+      <c r="T82" s="110"/>
+      <c r="U82" s="110"/>
+      <c r="V82" s="110"/>
+      <c r="W82" s="110"/>
+      <c r="X82" s="110"/>
+      <c r="Y82" s="110"/>
+      <c r="Z82" s="110"/>
+      <c r="AA82" s="110"/>
+      <c r="AB82" s="110"/>
+      <c r="AC82" s="110"/>
+      <c r="AD82" s="110"/>
+      <c r="AE82" s="110"/>
+      <c r="AF82" s="110"/>
+      <c r="AG82" s="110"/>
+      <c r="AH82" s="110"/>
+      <c r="AI82" s="110"/>
+      <c r="AJ82" s="111"/>
     </row>
     <row r="84" spans="2:36">
       <c r="B84" s="7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="2:36">
-      <c r="U85" s="82"/>
-[...14 lines deleted...]
-      <c r="AJ85" s="84"/>
+      <c r="U85" s="54"/>
+      <c r="V85" s="55"/>
+      <c r="W85" s="55"/>
+      <c r="X85" s="55"/>
+      <c r="Y85" s="55"/>
+      <c r="Z85" s="55"/>
+      <c r="AA85" s="55"/>
+      <c r="AB85" s="55"/>
+      <c r="AC85" s="55"/>
+      <c r="AD85" s="55"/>
+      <c r="AE85" s="55"/>
+      <c r="AF85" s="55"/>
+      <c r="AG85" s="55"/>
+      <c r="AH85" s="55"/>
+      <c r="AI85" s="55"/>
+      <c r="AJ85" s="56"/>
     </row>
     <row r="86" spans="2:36">
       <c r="O86" t="s">
         <v>26</v>
       </c>
-      <c r="U86" s="85"/>
-[...14 lines deleted...]
-      <c r="AJ86" s="87"/>
+      <c r="U86" s="57"/>
+      <c r="V86" s="58"/>
+      <c r="W86" s="58"/>
+      <c r="X86" s="58"/>
+      <c r="Y86" s="58"/>
+      <c r="Z86" s="58"/>
+      <c r="AA86" s="58"/>
+      <c r="AB86" s="58"/>
+      <c r="AC86" s="58"/>
+      <c r="AD86" s="58"/>
+      <c r="AE86" s="58"/>
+      <c r="AF86" s="58"/>
+      <c r="AG86" s="58"/>
+      <c r="AH86" s="58"/>
+      <c r="AI86" s="58"/>
+      <c r="AJ86" s="59"/>
     </row>
     <row r="87" spans="2:36">
       <c r="O87" t="s">
         <v>27</v>
       </c>
-      <c r="U87" s="85"/>
-[...14 lines deleted...]
-      <c r="AJ87" s="87"/>
+      <c r="U87" s="57"/>
+      <c r="V87" s="58"/>
+      <c r="W87" s="58"/>
+      <c r="X87" s="58"/>
+      <c r="Y87" s="58"/>
+      <c r="Z87" s="58"/>
+      <c r="AA87" s="58"/>
+      <c r="AB87" s="58"/>
+      <c r="AC87" s="58"/>
+      <c r="AD87" s="58"/>
+      <c r="AE87" s="58"/>
+      <c r="AF87" s="58"/>
+      <c r="AG87" s="58"/>
+      <c r="AH87" s="58"/>
+      <c r="AI87" s="58"/>
+      <c r="AJ87" s="59"/>
     </row>
     <row r="88" spans="2:36">
-      <c r="U88" s="85"/>
-[...14 lines deleted...]
-      <c r="AJ88" s="87"/>
+      <c r="U88" s="57"/>
+      <c r="V88" s="58"/>
+      <c r="W88" s="58"/>
+      <c r="X88" s="58"/>
+      <c r="Y88" s="58"/>
+      <c r="Z88" s="58"/>
+      <c r="AA88" s="58"/>
+      <c r="AB88" s="58"/>
+      <c r="AC88" s="58"/>
+      <c r="AD88" s="58"/>
+      <c r="AE88" s="58"/>
+      <c r="AF88" s="58"/>
+      <c r="AG88" s="58"/>
+      <c r="AH88" s="58"/>
+      <c r="AI88" s="58"/>
+      <c r="AJ88" s="59"/>
     </row>
     <row r="89" spans="2:36">
-      <c r="U89" s="85"/>
-[...14 lines deleted...]
-      <c r="AJ89" s="87"/>
+      <c r="U89" s="57"/>
+      <c r="V89" s="58"/>
+      <c r="W89" s="58"/>
+      <c r="X89" s="58"/>
+      <c r="Y89" s="58"/>
+      <c r="Z89" s="58"/>
+      <c r="AA89" s="58"/>
+      <c r="AB89" s="58"/>
+      <c r="AC89" s="58"/>
+      <c r="AD89" s="58"/>
+      <c r="AE89" s="58"/>
+      <c r="AF89" s="58"/>
+      <c r="AG89" s="58"/>
+      <c r="AH89" s="58"/>
+      <c r="AI89" s="58"/>
+      <c r="AJ89" s="59"/>
     </row>
     <row r="90" spans="2:36">
-      <c r="G90" s="11"/>
-[...27 lines deleted...]
-      <c r="AJ90" s="87"/>
+      <c r="U90" s="57"/>
+      <c r="V90" s="58"/>
+      <c r="W90" s="58"/>
+      <c r="X90" s="58"/>
+      <c r="Y90" s="58"/>
+      <c r="Z90" s="58"/>
+      <c r="AA90" s="58"/>
+      <c r="AB90" s="58"/>
+      <c r="AC90" s="58"/>
+      <c r="AD90" s="58"/>
+      <c r="AE90" s="58"/>
+      <c r="AF90" s="58"/>
+      <c r="AG90" s="58"/>
+      <c r="AH90" s="58"/>
+      <c r="AI90" s="58"/>
+      <c r="AJ90" s="59"/>
     </row>
     <row r="91" spans="2:36">
-      <c r="B91" s="11"/>
-[...33 lines deleted...]
-      <c r="AJ91" s="87"/>
+      <c r="C91" s="16"/>
+      <c r="D91" s="16"/>
+      <c r="E91" s="16"/>
+      <c r="F91" s="16"/>
+      <c r="G91" s="16"/>
+      <c r="H91" s="16"/>
+      <c r="I91" s="16"/>
+      <c r="J91" s="16"/>
+      <c r="K91" s="16"/>
+      <c r="L91" s="16"/>
+      <c r="M91" s="16"/>
+      <c r="N91" s="16"/>
+      <c r="O91" s="16"/>
+      <c r="P91" s="16"/>
+      <c r="Q91" s="16"/>
+      <c r="R91" s="16"/>
+      <c r="T91" s="12"/>
+      <c r="U91" s="57"/>
+      <c r="V91" s="58"/>
+      <c r="W91" s="58"/>
+      <c r="X91" s="58"/>
+      <c r="Y91" s="58"/>
+      <c r="Z91" s="58"/>
+      <c r="AA91" s="58"/>
+      <c r="AB91" s="58"/>
+      <c r="AC91" s="58"/>
+      <c r="AD91" s="58"/>
+      <c r="AE91" s="58"/>
+      <c r="AF91" s="58"/>
+      <c r="AG91" s="58"/>
+      <c r="AH91" s="58"/>
+      <c r="AI91" s="58"/>
+      <c r="AJ91" s="59"/>
     </row>
     <row r="92" spans="2:36">
-      <c r="B92" s="11"/>
-[...33 lines deleted...]
-      <c r="AJ92" s="87"/>
+      <c r="C92" s="16"/>
+      <c r="D92" s="16"/>
+      <c r="E92" s="16"/>
+      <c r="F92" s="16"/>
+      <c r="G92" s="16"/>
+      <c r="H92" s="54"/>
+      <c r="I92" s="55"/>
+      <c r="J92" s="55"/>
+      <c r="K92" s="55"/>
+      <c r="L92" s="55"/>
+      <c r="M92" s="55"/>
+      <c r="N92" s="55"/>
+      <c r="O92" s="55"/>
+      <c r="P92" s="56"/>
+      <c r="Q92" s="16"/>
+      <c r="R92" s="16"/>
+      <c r="T92" s="12"/>
+      <c r="U92" s="57"/>
+      <c r="V92" s="58"/>
+      <c r="W92" s="58"/>
+      <c r="X92" s="58"/>
+      <c r="Y92" s="58"/>
+      <c r="Z92" s="58"/>
+      <c r="AA92" s="58"/>
+      <c r="AB92" s="58"/>
+      <c r="AC92" s="58"/>
+      <c r="AD92" s="58"/>
+      <c r="AE92" s="58"/>
+      <c r="AF92" s="58"/>
+      <c r="AG92" s="58"/>
+      <c r="AH92" s="58"/>
+      <c r="AI92" s="58"/>
+      <c r="AJ92" s="59"/>
     </row>
     <row r="93" spans="2:36">
       <c r="B93" t="s">
         <v>28</v>
       </c>
-      <c r="C93" s="11"/>
-[...32 lines deleted...]
-      <c r="AJ93" s="87"/>
+      <c r="G93" s="16"/>
+      <c r="H93" s="57"/>
+      <c r="I93" s="58"/>
+      <c r="J93" s="58"/>
+      <c r="K93" s="58"/>
+      <c r="L93" s="58"/>
+      <c r="M93" s="58"/>
+      <c r="N93" s="58"/>
+      <c r="O93" s="58"/>
+      <c r="P93" s="59"/>
+      <c r="Q93" s="16"/>
+      <c r="R93" s="16"/>
+      <c r="T93" s="12"/>
+      <c r="U93" s="57"/>
+      <c r="V93" s="58"/>
+      <c r="W93" s="58"/>
+      <c r="X93" s="58"/>
+      <c r="Y93" s="58"/>
+      <c r="Z93" s="58"/>
+      <c r="AA93" s="58"/>
+      <c r="AB93" s="58"/>
+      <c r="AC93" s="58"/>
+      <c r="AD93" s="58"/>
+      <c r="AE93" s="58"/>
+      <c r="AF93" s="58"/>
+      <c r="AG93" s="58"/>
+      <c r="AH93" s="58"/>
+      <c r="AI93" s="58"/>
+      <c r="AJ93" s="59"/>
     </row>
     <row r="94" spans="2:36">
-      <c r="B94" s="11"/>
-[...33 lines deleted...]
-      <c r="AJ94" s="90"/>
+      <c r="C94" s="16"/>
+      <c r="D94" s="16"/>
+      <c r="E94" s="16"/>
+      <c r="F94" s="16"/>
+      <c r="G94" s="16"/>
+      <c r="H94" s="60"/>
+      <c r="I94" s="61"/>
+      <c r="J94" s="61"/>
+      <c r="K94" s="61"/>
+      <c r="L94" s="61"/>
+      <c r="M94" s="61"/>
+      <c r="N94" s="61"/>
+      <c r="O94" s="61"/>
+      <c r="P94" s="62"/>
+      <c r="Q94" s="16"/>
+      <c r="R94" s="16"/>
+      <c r="T94" s="12"/>
+      <c r="U94" s="60"/>
+      <c r="V94" s="61"/>
+      <c r="W94" s="61"/>
+      <c r="X94" s="61"/>
+      <c r="Y94" s="61"/>
+      <c r="Z94" s="61"/>
+      <c r="AA94" s="61"/>
+      <c r="AB94" s="61"/>
+      <c r="AC94" s="61"/>
+      <c r="AD94" s="61"/>
+      <c r="AE94" s="61"/>
+      <c r="AF94" s="61"/>
+      <c r="AG94" s="61"/>
+      <c r="AH94" s="61"/>
+      <c r="AI94" s="61"/>
+      <c r="AJ94" s="62"/>
     </row>
     <row r="95" spans="2:36" ht="13.5" thickBot="1">
       <c r="B95" s="10"/>
       <c r="C95" s="10"/>
       <c r="D95" s="10"/>
       <c r="E95" s="10"/>
       <c r="F95" s="10"/>
       <c r="G95" s="10"/>
       <c r="H95" s="10"/>
       <c r="I95" s="10"/>
       <c r="J95" s="10"/>
       <c r="K95" s="10"/>
       <c r="L95" s="10"/>
       <c r="M95" s="10"/>
       <c r="N95" s="10"/>
       <c r="O95" s="10"/>
       <c r="P95" s="10"/>
       <c r="Q95" s="10"/>
       <c r="R95" s="10"/>
       <c r="S95" s="10"/>
       <c r="T95" s="10"/>
       <c r="U95" s="10"/>
       <c r="V95" s="10"/>
       <c r="W95" s="10"/>
       <c r="X95" s="10"/>
       <c r="Y95" s="10"/>
       <c r="Z95" s="10"/>
       <c r="AA95" s="10"/>
       <c r="AB95" s="10"/>
       <c r="AC95" s="10"/>
       <c r="AD95" s="10"/>
       <c r="AE95" s="10"/>
       <c r="AF95" s="10"/>
       <c r="AG95" s="10"/>
       <c r="AH95" s="10"/>
       <c r="AI95" s="10"/>
-      <c r="AJ95" s="37"/>
-[...2 lines deleted...]
-      <c r="B97" s="104" t="s">
+      <c r="AJ95" s="26"/>
+    </row>
+    <row r="97" spans="2:35" ht="12.75" customHeight="1">
+      <c r="B97" s="64" t="s">
         <v>37</v>
       </c>
-      <c r="C97" s="105"/>
-[...103 lines deleted...]
-      <c r="B101" s="15" t="s">
+      <c r="C97" s="65"/>
+      <c r="D97" s="65"/>
+      <c r="E97" s="65"/>
+      <c r="F97" s="65"/>
+      <c r="G97" s="65"/>
+      <c r="H97" s="65"/>
+      <c r="I97" s="65"/>
+      <c r="J97" s="65"/>
+      <c r="K97" s="65"/>
+      <c r="L97" s="65"/>
+      <c r="M97" s="65"/>
+      <c r="N97" s="65"/>
+      <c r="O97" s="65"/>
+      <c r="P97" s="65"/>
+      <c r="Q97" s="65"/>
+      <c r="R97" s="65"/>
+      <c r="S97" s="65"/>
+      <c r="T97" s="65"/>
+      <c r="U97" s="65"/>
+      <c r="V97" s="65"/>
+      <c r="W97" s="65"/>
+      <c r="X97" s="65"/>
+      <c r="Y97" s="65"/>
+      <c r="Z97" s="65"/>
+      <c r="AA97" s="65"/>
+      <c r="AB97" s="65"/>
+      <c r="AC97" s="65"/>
+      <c r="AD97" s="65"/>
+      <c r="AE97" s="65"/>
+      <c r="AF97" s="65"/>
+      <c r="AG97" s="65"/>
+      <c r="AH97" s="66"/>
+    </row>
+    <row r="98" spans="2:35">
+      <c r="B98" s="67"/>
+      <c r="C98" s="68"/>
+      <c r="D98" s="68"/>
+      <c r="E98" s="68"/>
+      <c r="F98" s="68"/>
+      <c r="G98" s="68"/>
+      <c r="H98" s="68"/>
+      <c r="I98" s="68"/>
+      <c r="J98" s="68"/>
+      <c r="K98" s="68"/>
+      <c r="L98" s="68"/>
+      <c r="M98" s="68"/>
+      <c r="N98" s="68"/>
+      <c r="O98" s="68"/>
+      <c r="P98" s="68"/>
+      <c r="Q98" s="68"/>
+      <c r="R98" s="68"/>
+      <c r="S98" s="68"/>
+      <c r="T98" s="68"/>
+      <c r="U98" s="68"/>
+      <c r="V98" s="68"/>
+      <c r="W98" s="68"/>
+      <c r="X98" s="68"/>
+      <c r="Y98" s="68"/>
+      <c r="Z98" s="68"/>
+      <c r="AA98" s="68"/>
+      <c r="AB98" s="68"/>
+      <c r="AC98" s="68"/>
+      <c r="AD98" s="68"/>
+      <c r="AE98" s="68"/>
+      <c r="AF98" s="68"/>
+      <c r="AG98" s="68"/>
+      <c r="AH98" s="69"/>
+    </row>
+    <row r="99" spans="2:35">
+      <c r="B99" s="70"/>
+      <c r="C99" s="71"/>
+      <c r="D99" s="71"/>
+      <c r="E99" s="71"/>
+      <c r="F99" s="71"/>
+      <c r="G99" s="71"/>
+      <c r="H99" s="71"/>
+      <c r="I99" s="71"/>
+      <c r="J99" s="71"/>
+      <c r="K99" s="71"/>
+      <c r="L99" s="71"/>
+      <c r="M99" s="71"/>
+      <c r="N99" s="71"/>
+      <c r="O99" s="71"/>
+      <c r="P99" s="71"/>
+      <c r="Q99" s="71"/>
+      <c r="R99" s="71"/>
+      <c r="S99" s="71"/>
+      <c r="T99" s="71"/>
+      <c r="U99" s="71"/>
+      <c r="V99" s="71"/>
+      <c r="W99" s="71"/>
+      <c r="X99" s="71"/>
+      <c r="Y99" s="71"/>
+      <c r="Z99" s="71"/>
+      <c r="AA99" s="71"/>
+      <c r="AB99" s="71"/>
+      <c r="AC99" s="71"/>
+      <c r="AD99" s="71"/>
+      <c r="AE99" s="71"/>
+      <c r="AF99" s="71"/>
+      <c r="AG99" s="71"/>
+      <c r="AH99" s="72"/>
+    </row>
+    <row r="101" spans="2:35" ht="15.75">
+      <c r="B101" s="13" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="104" spans="1:35" ht="15.75">
-      <c r="B104" s="15" t="s">
+    <row r="104" spans="2:35" ht="15.75">
+      <c r="B104" s="13" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="107" spans="1:35" ht="15.75">
-      <c r="B107" s="15" t="s">
+    <row r="107" spans="2:35" ht="15.75">
+      <c r="B107" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="U107" s="27"/>
+      <c r="U107" s="22"/>
       <c r="V107" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="AB107" s="27"/>
+      <c r="AB107" s="22"/>
       <c r="AC107" s="4" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="108" spans="1:35">
-[...37 lines deleted...]
-      <c r="B109" s="55" t="s">
+    <row r="109" spans="2:35" ht="12.75" customHeight="1">
+      <c r="B109" s="45" t="s">
         <v>70</v>
       </c>
-      <c r="C109" s="56"/>
-[...269 lines deleted...]
-    <row r="118" spans="1:36">
+      <c r="C109" s="46"/>
+      <c r="D109" s="46"/>
+      <c r="E109" s="46"/>
+      <c r="F109" s="46"/>
+      <c r="G109" s="46"/>
+      <c r="H109" s="46"/>
+      <c r="I109" s="46"/>
+      <c r="J109" s="46"/>
+      <c r="K109" s="46"/>
+      <c r="L109" s="46"/>
+      <c r="M109" s="46"/>
+      <c r="N109" s="46"/>
+      <c r="O109" s="46"/>
+      <c r="P109" s="46"/>
+      <c r="Q109" s="46"/>
+      <c r="R109" s="46"/>
+      <c r="S109" s="46"/>
+      <c r="T109" s="46"/>
+      <c r="U109" s="46"/>
+      <c r="V109" s="46"/>
+      <c r="W109" s="46"/>
+      <c r="X109" s="46"/>
+      <c r="Y109" s="46"/>
+      <c r="Z109" s="46"/>
+      <c r="AA109" s="46"/>
+      <c r="AB109" s="46"/>
+      <c r="AC109" s="46"/>
+      <c r="AD109" s="46"/>
+      <c r="AE109" s="46"/>
+      <c r="AF109" s="46"/>
+      <c r="AG109" s="46"/>
+      <c r="AH109" s="46"/>
+      <c r="AI109" s="47"/>
+    </row>
+    <row r="110" spans="2:35" ht="12.75" customHeight="1">
+      <c r="B110" s="48"/>
+      <c r="C110" s="49"/>
+      <c r="D110" s="49"/>
+      <c r="E110" s="49"/>
+      <c r="F110" s="49"/>
+      <c r="G110" s="49"/>
+      <c r="H110" s="49"/>
+      <c r="I110" s="49"/>
+      <c r="J110" s="49"/>
+      <c r="K110" s="49"/>
+      <c r="L110" s="49"/>
+      <c r="M110" s="49"/>
+      <c r="N110" s="49"/>
+      <c r="O110" s="49"/>
+      <c r="P110" s="49"/>
+      <c r="Q110" s="49"/>
+      <c r="R110" s="49"/>
+      <c r="S110" s="49"/>
+      <c r="T110" s="49"/>
+      <c r="U110" s="49"/>
+      <c r="V110" s="49"/>
+      <c r="W110" s="49"/>
+      <c r="X110" s="49"/>
+      <c r="Y110" s="49"/>
+      <c r="Z110" s="49"/>
+      <c r="AA110" s="49"/>
+      <c r="AB110" s="49"/>
+      <c r="AC110" s="49"/>
+      <c r="AD110" s="49"/>
+      <c r="AE110" s="49"/>
+      <c r="AF110" s="49"/>
+      <c r="AG110" s="49"/>
+      <c r="AH110" s="49"/>
+      <c r="AI110" s="50"/>
+    </row>
+    <row r="111" spans="2:35">
+      <c r="B111" s="48"/>
+      <c r="C111" s="49"/>
+      <c r="D111" s="49"/>
+      <c r="E111" s="49"/>
+      <c r="F111" s="49"/>
+      <c r="G111" s="49"/>
+      <c r="H111" s="49"/>
+      <c r="I111" s="49"/>
+      <c r="J111" s="49"/>
+      <c r="K111" s="49"/>
+      <c r="L111" s="49"/>
+      <c r="M111" s="49"/>
+      <c r="N111" s="49"/>
+      <c r="O111" s="49"/>
+      <c r="P111" s="49"/>
+      <c r="Q111" s="49"/>
+      <c r="R111" s="49"/>
+      <c r="S111" s="49"/>
+      <c r="T111" s="49"/>
+      <c r="U111" s="49"/>
+      <c r="V111" s="49"/>
+      <c r="W111" s="49"/>
+      <c r="X111" s="49"/>
+      <c r="Y111" s="49"/>
+      <c r="Z111" s="49"/>
+      <c r="AA111" s="49"/>
+      <c r="AB111" s="49"/>
+      <c r="AC111" s="49"/>
+      <c r="AD111" s="49"/>
+      <c r="AE111" s="49"/>
+      <c r="AF111" s="49"/>
+      <c r="AG111" s="49"/>
+      <c r="AH111" s="49"/>
+      <c r="AI111" s="50"/>
+    </row>
+    <row r="112" spans="2:35">
+      <c r="B112" s="48"/>
+      <c r="C112" s="49"/>
+      <c r="D112" s="49"/>
+      <c r="E112" s="49"/>
+      <c r="F112" s="49"/>
+      <c r="G112" s="49"/>
+      <c r="H112" s="49"/>
+      <c r="I112" s="49"/>
+      <c r="J112" s="49"/>
+      <c r="K112" s="49"/>
+      <c r="L112" s="49"/>
+      <c r="M112" s="49"/>
+      <c r="N112" s="49"/>
+      <c r="O112" s="49"/>
+      <c r="P112" s="49"/>
+      <c r="Q112" s="49"/>
+      <c r="R112" s="49"/>
+      <c r="S112" s="49"/>
+      <c r="T112" s="49"/>
+      <c r="U112" s="49"/>
+      <c r="V112" s="49"/>
+      <c r="W112" s="49"/>
+      <c r="X112" s="49"/>
+      <c r="Y112" s="49"/>
+      <c r="Z112" s="49"/>
+      <c r="AA112" s="49"/>
+      <c r="AB112" s="49"/>
+      <c r="AC112" s="49"/>
+      <c r="AD112" s="49"/>
+      <c r="AE112" s="49"/>
+      <c r="AF112" s="49"/>
+      <c r="AG112" s="49"/>
+      <c r="AH112" s="49"/>
+      <c r="AI112" s="50"/>
+    </row>
+    <row r="113" spans="2:36" ht="21" customHeight="1">
+      <c r="B113" s="51"/>
+      <c r="C113" s="52"/>
+      <c r="D113" s="52"/>
+      <c r="E113" s="52"/>
+      <c r="F113" s="52"/>
+      <c r="G113" s="52"/>
+      <c r="H113" s="52"/>
+      <c r="I113" s="52"/>
+      <c r="J113" s="52"/>
+      <c r="K113" s="52"/>
+      <c r="L113" s="52"/>
+      <c r="M113" s="52"/>
+      <c r="N113" s="52"/>
+      <c r="O113" s="52"/>
+      <c r="P113" s="52"/>
+      <c r="Q113" s="52"/>
+      <c r="R113" s="52"/>
+      <c r="S113" s="52"/>
+      <c r="T113" s="52"/>
+      <c r="U113" s="52"/>
+      <c r="V113" s="52"/>
+      <c r="W113" s="52"/>
+      <c r="X113" s="52"/>
+      <c r="Y113" s="52"/>
+      <c r="Z113" s="52"/>
+      <c r="AA113" s="52"/>
+      <c r="AB113" s="52"/>
+      <c r="AC113" s="52"/>
+      <c r="AD113" s="52"/>
+      <c r="AE113" s="52"/>
+      <c r="AF113" s="52"/>
+      <c r="AG113" s="52"/>
+      <c r="AH113" s="52"/>
+      <c r="AI113" s="53"/>
+    </row>
+    <row r="117" spans="2:36">
+      <c r="Y117" s="82"/>
+      <c r="Z117" s="83"/>
+      <c r="AA117" s="83"/>
+      <c r="AB117" s="83"/>
+      <c r="AC117" s="83"/>
+      <c r="AD117" s="83"/>
+      <c r="AE117" s="83"/>
+      <c r="AF117" s="83"/>
+      <c r="AG117" s="83"/>
+      <c r="AH117" s="83"/>
+      <c r="AI117" s="83"/>
+      <c r="AJ117" s="84"/>
+    </row>
+    <row r="118" spans="2:36">
       <c r="S118" t="s">
         <v>33</v>
       </c>
-      <c r="Y118" s="125"/>
-[...12 lines deleted...]
-    <row r="119" spans="1:36">
+      <c r="Y118" s="85"/>
+      <c r="Z118" s="86"/>
+      <c r="AA118" s="86"/>
+      <c r="AB118" s="86"/>
+      <c r="AC118" s="86"/>
+      <c r="AD118" s="86"/>
+      <c r="AE118" s="86"/>
+      <c r="AF118" s="86"/>
+      <c r="AG118" s="86"/>
+      <c r="AH118" s="86"/>
+      <c r="AI118" s="86"/>
+      <c r="AJ118" s="87"/>
+    </row>
+    <row r="119" spans="2:36">
       <c r="S119" t="s">
         <v>34</v>
       </c>
-      <c r="Y119" s="125"/>
-[...12 lines deleted...]
-    <row r="120" spans="1:36">
+      <c r="Y119" s="85"/>
+      <c r="Z119" s="86"/>
+      <c r="AA119" s="86"/>
+      <c r="AB119" s="86"/>
+      <c r="AC119" s="86"/>
+      <c r="AD119" s="86"/>
+      <c r="AE119" s="86"/>
+      <c r="AF119" s="86"/>
+      <c r="AG119" s="86"/>
+      <c r="AH119" s="86"/>
+      <c r="AI119" s="86"/>
+      <c r="AJ119" s="87"/>
+    </row>
+    <row r="120" spans="2:36">
       <c r="S120" t="s">
         <v>35</v>
       </c>
-      <c r="Y120" s="125"/>
-[...63 lines deleted...]
-    <row r="124" spans="1:36">
+      <c r="Y120" s="85"/>
+      <c r="Z120" s="86"/>
+      <c r="AA120" s="86"/>
+      <c r="AB120" s="86"/>
+      <c r="AC120" s="86"/>
+      <c r="AD120" s="86"/>
+      <c r="AE120" s="86"/>
+      <c r="AF120" s="86"/>
+      <c r="AG120" s="86"/>
+      <c r="AH120" s="86"/>
+      <c r="AI120" s="86"/>
+      <c r="AJ120" s="87"/>
+    </row>
+    <row r="121" spans="2:36">
+      <c r="Y121" s="85"/>
+      <c r="Z121" s="86"/>
+      <c r="AA121" s="86"/>
+      <c r="AB121" s="86"/>
+      <c r="AC121" s="86"/>
+      <c r="AD121" s="86"/>
+      <c r="AE121" s="86"/>
+      <c r="AF121" s="86"/>
+      <c r="AG121" s="86"/>
+      <c r="AH121" s="86"/>
+      <c r="AI121" s="86"/>
+      <c r="AJ121" s="87"/>
+    </row>
+    <row r="122" spans="2:36">
+      <c r="Y122" s="85"/>
+      <c r="Z122" s="86"/>
+      <c r="AA122" s="86"/>
+      <c r="AB122" s="86"/>
+      <c r="AC122" s="86"/>
+      <c r="AD122" s="86"/>
+      <c r="AE122" s="86"/>
+      <c r="AF122" s="86"/>
+      <c r="AG122" s="86"/>
+      <c r="AH122" s="86"/>
+      <c r="AI122" s="86"/>
+      <c r="AJ122" s="87"/>
+    </row>
+    <row r="123" spans="2:36">
+      <c r="H123" s="45"/>
+      <c r="I123" s="46"/>
+      <c r="J123" s="46"/>
+      <c r="K123" s="46"/>
+      <c r="L123" s="46"/>
+      <c r="M123" s="46"/>
+      <c r="N123" s="46"/>
+      <c r="O123" s="46"/>
+      <c r="P123" s="47"/>
+      <c r="Y123" s="85"/>
+      <c r="Z123" s="86"/>
+      <c r="AA123" s="86"/>
+      <c r="AB123" s="86"/>
+      <c r="AC123" s="86"/>
+      <c r="AD123" s="86"/>
+      <c r="AE123" s="86"/>
+      <c r="AF123" s="86"/>
+      <c r="AG123" s="86"/>
+      <c r="AH123" s="86"/>
+      <c r="AI123" s="86"/>
+      <c r="AJ123" s="87"/>
+    </row>
+    <row r="124" spans="2:36">
       <c r="C124" t="s">
         <v>69</v>
       </c>
-      <c r="H124" s="58"/>
-[...70 lines deleted...]
-      <c r="AJ127" s="130"/>
+      <c r="H124" s="48"/>
+      <c r="I124" s="49"/>
+      <c r="J124" s="49"/>
+      <c r="K124" s="49"/>
+      <c r="L124" s="49"/>
+      <c r="M124" s="49"/>
+      <c r="N124" s="49"/>
+      <c r="O124" s="49"/>
+      <c r="P124" s="50"/>
+      <c r="Y124" s="85"/>
+      <c r="Z124" s="86"/>
+      <c r="AA124" s="86"/>
+      <c r="AB124" s="86"/>
+      <c r="AC124" s="86"/>
+      <c r="AD124" s="86"/>
+      <c r="AE124" s="86"/>
+      <c r="AF124" s="86"/>
+      <c r="AG124" s="86"/>
+      <c r="AH124" s="86"/>
+      <c r="AI124" s="86"/>
+      <c r="AJ124" s="87"/>
+    </row>
+    <row r="125" spans="2:36">
+      <c r="H125" s="51"/>
+      <c r="I125" s="52"/>
+      <c r="J125" s="52"/>
+      <c r="K125" s="52"/>
+      <c r="L125" s="52"/>
+      <c r="M125" s="52"/>
+      <c r="N125" s="52"/>
+      <c r="O125" s="52"/>
+      <c r="P125" s="53"/>
+      <c r="Y125" s="85"/>
+      <c r="Z125" s="86"/>
+      <c r="AA125" s="86"/>
+      <c r="AB125" s="86"/>
+      <c r="AC125" s="86"/>
+      <c r="AD125" s="86"/>
+      <c r="AE125" s="86"/>
+      <c r="AF125" s="86"/>
+      <c r="AG125" s="86"/>
+      <c r="AH125" s="86"/>
+      <c r="AI125" s="86"/>
+      <c r="AJ125" s="87"/>
+    </row>
+    <row r="126" spans="2:36">
+      <c r="Y126" s="85"/>
+      <c r="Z126" s="86"/>
+      <c r="AA126" s="86"/>
+      <c r="AB126" s="86"/>
+      <c r="AC126" s="86"/>
+      <c r="AD126" s="86"/>
+      <c r="AE126" s="86"/>
+      <c r="AF126" s="86"/>
+      <c r="AG126" s="86"/>
+      <c r="AH126" s="86"/>
+      <c r="AI126" s="86"/>
+      <c r="AJ126" s="87"/>
+    </row>
+    <row r="127" spans="2:36">
+      <c r="Y127" s="88"/>
+      <c r="Z127" s="89"/>
+      <c r="AA127" s="89"/>
+      <c r="AB127" s="89"/>
+      <c r="AC127" s="89"/>
+      <c r="AD127" s="89"/>
+      <c r="AE127" s="89"/>
+      <c r="AF127" s="89"/>
+      <c r="AG127" s="89"/>
+      <c r="AH127" s="89"/>
+      <c r="AI127" s="89"/>
+      <c r="AJ127" s="90"/>
     </row>
     <row r="131" spans="33:33">
       <c r="AG131" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
+    <mergeCell ref="I9:T9"/>
+    <mergeCell ref="I10:T10"/>
+    <mergeCell ref="I11:T11"/>
+    <mergeCell ref="B109:AI113"/>
+    <mergeCell ref="J15:AJ22"/>
+    <mergeCell ref="J24:AJ33"/>
+    <mergeCell ref="J35:AJ43"/>
+    <mergeCell ref="J45:AJ48"/>
+    <mergeCell ref="L79:AJ82"/>
+    <mergeCell ref="R50:AB52"/>
     <mergeCell ref="A65:AI67"/>
     <mergeCell ref="B50:H52"/>
     <mergeCell ref="H123:P125"/>
     <mergeCell ref="U85:AJ94"/>
     <mergeCell ref="A13:AI13"/>
     <mergeCell ref="B97:AH99"/>
     <mergeCell ref="AC50:AJ52"/>
     <mergeCell ref="Y117:AJ127"/>
     <mergeCell ref="I50:O52"/>
     <mergeCell ref="H92:P94"/>
     <mergeCell ref="AA62:AJ62"/>
-    <mergeCell ref="I9:T9"/>
-[...8 lines deleted...]
-    <mergeCell ref="R50:AB52"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.43307086614173229" bottom="0.15748031496062992" header="0.15748031496062992" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" scale="99" fitToHeight="2" orientation="portrait" verticalDpi="203" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <oleObjects>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <oleObject progId="Word.Picture.8" shapeId="1025" r:id="rId4">
           <objectPr defaultSize="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1" sizeWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>0</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>0</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>7</xdr:col>
                 <xdr:colOff>28575</xdr:colOff>
                 <xdr:row>7</xdr:row>
                 <xdr:rowOff>38100</xdr:rowOff>