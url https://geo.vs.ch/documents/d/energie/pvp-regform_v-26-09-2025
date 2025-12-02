--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -7,119 +7,128 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JERFOI\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c113699930\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JERFOI\AppData\Roaming\OpenText\OTEdit\EC_ecm2\c103181749\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5822B826-2810-427E-995D-FCE189A049D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="DQPkI90gqsbMEhjK1ZO8E3/SQ+SGmceAqU/0vpNh1cIlpObEj1BOJss16YVeo1noPf65Dt4Orw7KsNIqGZGcmQ==" workbookSaltValue="m6G4fB6m4Y+50QV/qSYVAA==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0028DC6-433F-4A8F-82A3-47A61DDE6E69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="12885" yWindow="285" windowWidth="22725" windowHeight="20160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3390" yWindow="810" windowWidth="21540" windowHeight="19690" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Formulaire-Formular" sheetId="1" r:id="rId1"/>
     <sheet name="Aide" sheetId="6" r:id="rId2"/>
     <sheet name="Hilfe" sheetId="7" r:id="rId3"/>
     <sheet name="Textes FR-DE" sheetId="8" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="langue">'Textes FR-DE'!$B$91</definedName>
+    <definedName name="Etat_DE">'Textes FR-DE'!$C$92:$C$93</definedName>
+    <definedName name="Etat_FR">'Textes FR-DE'!$B$92:$B$93</definedName>
+    <definedName name="langue">'Textes FR-DE'!#REF!</definedName>
+    <definedName name="Liste">'Textes FR-DE'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Aide!$A$1:$T$70</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Formulaire-Formular'!$A$1:$BJ$98</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Formulaire-Formular'!$A$1:$BJ$103</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Hilfe!$A$1:$T$71</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A90" i="8" l="1"/>
+  <c r="A96" i="8" l="1"/>
+  <c r="A95" i="8"/>
+  <c r="A94" i="8"/>
+  <c r="A92" i="8"/>
+  <c r="A93" i="8"/>
+  <c r="A91" i="8"/>
+  <c r="A90" i="8"/>
   <c r="A89" i="8"/>
   <c r="A88" i="8"/>
   <c r="A87" i="8"/>
   <c r="A86" i="8"/>
   <c r="A85" i="8"/>
   <c r="A84" i="8"/>
   <c r="A83" i="8" l="1"/>
   <c r="A82" i="8"/>
   <c r="A81" i="8"/>
   <c r="A80" i="8"/>
   <c r="A79" i="8"/>
   <c r="A78" i="8" l="1"/>
   <c r="A77" i="8"/>
   <c r="A76" i="8"/>
   <c r="A75" i="8"/>
   <c r="A74" i="8"/>
   <c r="A73" i="8"/>
   <c r="A72" i="8"/>
   <c r="A71" i="8"/>
   <c r="A70" i="8"/>
   <c r="A69" i="8"/>
   <c r="A68" i="8"/>
   <c r="A67" i="8"/>
   <c r="A66" i="8"/>
   <c r="A65" i="8"/>
@@ -159,181 +168,185 @@
   <c r="A43" i="8"/>
   <c r="A44" i="8"/>
   <c r="A45" i="8"/>
   <c r="A46" i="8"/>
   <c r="A47" i="8"/>
   <c r="A48" i="8"/>
   <c r="A49" i="8"/>
   <c r="A50" i="8"/>
   <c r="A51" i="8"/>
   <c r="A52" i="8"/>
   <c r="A53" i="8"/>
   <c r="A54" i="8"/>
   <c r="A55" i="8"/>
   <c r="A56" i="8"/>
   <c r="A57" i="8"/>
   <c r="A58" i="8"/>
   <c r="A59" i="8"/>
   <c r="A60" i="8"/>
   <c r="A61" i="8"/>
   <c r="A62" i="8"/>
   <c r="A63" i="8"/>
   <c r="N38" i="1" l="1"/>
   <c r="AL36" i="1"/>
   <c r="B6" i="8"/>
   <c r="B4" i="8"/>
-  <c r="C82" i="1"/>
-[...7 lines deleted...]
-  <c r="B57" i="1"/>
+  <c r="D47" i="1"/>
+  <c r="D48" i="1"/>
+  <c r="D45" i="1"/>
+  <c r="R25" i="1"/>
+  <c r="B95" i="1"/>
+  <c r="B62" i="1"/>
+  <c r="B25" i="1"/>
+  <c r="AK29" i="1"/>
+  <c r="AK91" i="1"/>
+  <c r="B100" i="1"/>
+  <c r="B68" i="1"/>
+  <c r="AK62" i="1"/>
+  <c r="D31" i="1"/>
+  <c r="P16" i="1"/>
+  <c r="C73" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="C85" i="1"/>
+  <c r="B50" i="1"/>
+  <c r="D32" i="1"/>
+  <c r="B58" i="1"/>
+  <c r="B27" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="BE103" i="1"/>
+  <c r="B54" i="1"/>
+  <c r="B56" i="1"/>
+  <c r="C81" i="1"/>
+  <c r="AD42" i="1"/>
+  <c r="V42" i="1"/>
+  <c r="AH42" i="1"/>
+  <c r="W27" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="AT42" i="1"/>
+  <c r="B60" i="1"/>
+  <c r="K90" i="1"/>
+  <c r="C87" i="1"/>
   <c r="B14" i="1"/>
-  <c r="AL53" i="1"/>
-  <c r="C72" i="1"/>
+  <c r="AQ36" i="1"/>
+  <c r="B97" i="1"/>
+  <c r="AP42" i="1"/>
+  <c r="AK92" i="1"/>
+  <c r="AN7" i="1"/>
+  <c r="P17" i="1"/>
+  <c r="C83" i="1"/>
   <c r="AX7" i="1"/>
-  <c r="AP42" i="1"/>
-[...3 lines deleted...]
-  <c r="C74" i="1"/>
   <c r="AK36" i="1"/>
+  <c r="B90" i="1"/>
+  <c r="B21" i="1"/>
+  <c r="Y36" i="1"/>
+  <c r="R60" i="1"/>
   <c r="U36" i="1"/>
+  <c r="AB68" i="1"/>
   <c r="AO38" i="1"/>
-  <c r="B25" i="1"/>
-[...2 lines deleted...]
-  <c r="K85" i="1"/>
+  <c r="AL21" i="1"/>
+  <c r="Z42" i="1"/>
+  <c r="B64" i="1"/>
+  <c r="W52" i="1"/>
+  <c r="B71" i="1"/>
+  <c r="B38" i="1"/>
+  <c r="AL42" i="1"/>
+  <c r="C79" i="1"/>
+  <c r="B40" i="1"/>
+  <c r="B34" i="1"/>
+  <c r="B36" i="1"/>
+  <c r="B20" i="1"/>
+  <c r="B29" i="1"/>
+  <c r="AK38" i="1"/>
+  <c r="B99" i="1"/>
+  <c r="B52" i="1"/>
+  <c r="Z52" i="1"/>
+  <c r="AK90" i="1"/>
+  <c r="C75" i="1"/>
+  <c r="B94" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="AK64" i="1"/>
+  <c r="AA7" i="1"/>
+  <c r="B66" i="1"/>
+  <c r="AL56" i="1"/>
+  <c r="C77" i="1"/>
   <c r="B42" i="1"/>
-  <c r="R25" i="1"/>
-[...11 lines deleted...]
-  <c r="B34" i="1"/>
   <c r="B23" i="1"/>
-  <c r="B90" i="1"/>
-[...34 lines deleted...]
-  <c r="B89" i="1"/>
   <c r="AL38" i="1" l="1"/>
-  <c r="AN60" i="1"/>
+  <c r="AN63" i="1"/>
   <c r="Y2" i="1"/>
-  <c r="B7" i="1"/>
-  <c r="J2" i="1"/>
   <c r="B9" i="1"/>
   <c r="AM4" i="1"/>
   <c r="AM2" i="1"/>
   <c r="B16" i="1"/>
+  <c r="B7" i="1"/>
+  <c r="J2" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Jerome FOURNIER</author>
   </authors>
   <commentList>
     <comment ref="AY7" authorId="0" shapeId="0" xr:uid="{3D4A8F57-EC8F-4A8B-A697-0F6E8F04747D}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Le n° EGRID peut être trouvé sur :
 https://map.geo.admin.ch/
 1 - cocher "RegBL: statut du bâtiment
 2 - saisir l'adresse du bâtiment (ou le n° de parcelle) avec le nom de la commune
 3 - cliquer sur le point vert correspondant au bâtiment concerné
 →  une fenêtre apparaît
 4 - cliquer sur "Informations suppl."
 →  une fenêtre avec le n° EGRID apparaît
 5 - reporter le n° EGRID dans le champ correspondant
 ------------------------------------------------------------
 Die EGRID-Nummer finden Sie unter:
 https://map.geo.admin.ch/
 1 – „RegBL: Gebäudestatus“ auswählen (ankreuzen)
 2 – Adresse des Gebäudes (oder Parzellennummer) mit Gemeindename eingeben
 3 – Auf den grünen Punkt klicken, der dem betreffenden Gebäude entspricht
 → Ein Fenster erscheint
 4 – Auf „Zusätzliche Informationen“ klicken
 → Ein Fenster mit der EGRID-Nummer erscheint
 5 – Die EGRID-Nummer in das entsprechende Feld eintragen</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="237">
   <si>
     <t>Service de l'énergie et des forces hydrauliques</t>
   </si>
   <si>
     <t>Signatures</t>
   </si>
   <si>
     <t>Les formulaires EN-VS, comment ça fonctionne ?</t>
   </si>
   <si>
     <t>https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments</t>
   </si>
   <si>
     <r>
       <t>Utiliser le formulaire</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -867,53 +880,50 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Gemeinde</t>
   </si>
   <si>
     <t>Langue</t>
   </si>
   <si>
     <t>N° parcelle</t>
   </si>
   <si>
     <t>EGRID</t>
   </si>
   <si>
     <t>Objet</t>
   </si>
   <si>
     <t>Selection langue</t>
   </si>
   <si>
-    <t>Art. 59 kEnv</t>
-[...1 lines deleted...]
-  <si>
     <t>Bauvorhaben</t>
   </si>
   <si>
     <t>Parz.-Nr</t>
   </si>
   <si>
     <t>Installation PV participative</t>
   </si>
   <si>
     <t>Partizipative PV-Anlage</t>
   </si>
   <si>
     <t>Statut juridique du demandeur</t>
   </si>
   <si>
     <t>Rechtsstatus des Antragstellers</t>
   </si>
   <si>
     <t>Personne physique</t>
   </si>
   <si>
     <t>Personne morale</t>
   </si>
   <si>
     <t>Natürliche Person</t>
@@ -1083,53 +1093,50 @@
   <si>
     <t>Sept.</t>
   </si>
   <si>
     <t>Okt.</t>
   </si>
   <si>
     <t>Nov.</t>
   </si>
   <si>
     <t>Dez.</t>
   </si>
   <si>
     <t>Baubewilligungsnummer</t>
   </si>
   <si>
     <t>Anzahl Module</t>
   </si>
   <si>
     <t>[kWc]</t>
   </si>
   <si>
     <t>[kWp]</t>
   </si>
   <si>
-    <t>P. unitaire</t>
-[...1 lines deleted...]
-  <si>
     <t>[W]</t>
   </si>
   <si>
     <t>[Wp]</t>
   </si>
   <si>
     <t>Gesamtleistung</t>
   </si>
   <si>
     <t>Modellbezeichnung</t>
   </si>
   <si>
     <t>Simulierte Jahresproduktion</t>
   </si>
   <si>
     <t xml:space="preserve"> [kWh]</t>
   </si>
   <si>
     <t>Spezifischer Jahresertrag</t>
   </si>
   <si>
     <t>Productivité spécifique annuelle</t>
   </si>
   <si>
     <t>[kWh/kWp]</t>
@@ -1251,56 +1258,50 @@
   <si>
     <t>(ou son délégué)</t>
   </si>
   <si>
     <t>Formulaire établi par</t>
   </si>
   <si>
     <t>Le formulaire est certifié complet et correct</t>
   </si>
   <si>
     <t>von der zuständigen Behörde auszufüllen</t>
   </si>
   <si>
     <t>(oder deren Beauftragte)</t>
   </si>
   <si>
     <t>Formular erstellt von</t>
   </si>
   <si>
     <t>Vollständigkeit und Richtigkeit bescheinigt</t>
   </si>
   <si>
     <t>Responsable</t>
   </si>
   <si>
-    <t>Version 26 septembre 2025 (valable jusqu'au 31.12.2025)</t>
-[...4 lines deleted...]
-  <si>
     <t>Canton</t>
   </si>
   <si>
     <t>Kanton</t>
   </si>
   <si>
     <t>Annexes à fournir dans le cadre de ce formulaire selon les informations saisies</t>
   </si>
   <si>
     <t>Beilagen gemäss den erfassten Angaben</t>
   </si>
   <si>
     <t>Belegungsplan der PV-Anlage</t>
   </si>
   <si>
     <t>eConstruction-Nr. der PV-Anlage</t>
   </si>
   <si>
     <t>Modulleistung</t>
   </si>
   <si>
     <t>Zuständige/r Person</t>
   </si>
   <si>
     <t>oder zu veröffentlichen, die an einer Beteiligung interessiert sind. Die Erlaubnis kann jederzeit schriftlich widerrufen werden.</t>
@@ -1321,60 +1322,108 @@
     <t>Raison sociale</t>
   </si>
   <si>
     <t>Hiermit erteile ich der DEWK die Erlaubnis, meine Daten (Anlagennummer, Firmenname, E-Mail) an Personen/Organisationen weiterzugeben</t>
   </si>
   <si>
     <t>Schéma électrique de l'installation</t>
   </si>
   <si>
     <t>Prinzipschema der Anlage</t>
   </si>
   <si>
     <t>Coûts de l'installation / Montant de la subvention Pronovo</t>
   </si>
   <si>
     <t>Kosten der Installation / Beitrag der Pronovo-Förderung</t>
   </si>
   <si>
     <t>à une participation. Cette autorisation peut être révoquée en tout temps par écrit.</t>
   </si>
   <si>
     <t>Par ma signature, je certifie que l’installation n’est pas en service à ce jour.</t>
   </si>
   <si>
     <t>Mit meiner Unterschrift bestätige ich, dass die Anlage zum Zeitpunkt der Unterzeichnung nicht in Betrieb ist.</t>
+  </si>
+  <si>
+    <t>Etat actuel de l'installation</t>
+  </si>
+  <si>
+    <t>en projet</t>
+  </si>
+  <si>
+    <t>en construction</t>
+  </si>
+  <si>
+    <t>Date de mise en service prévue (indicatif)</t>
+  </si>
+  <si>
+    <t>Aktueller Stand der Anlage</t>
+  </si>
+  <si>
+    <t>im Bau</t>
+  </si>
+  <si>
+    <t>Voraussichtliches Inbetriebnahmedatum (indikativ)</t>
+  </si>
+  <si>
+    <t>la LcEne et de l'OcEne.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mit meiner Unterschrift bestätige ich, dass das Gebäude keiner Pflicht zur Eigenstromerzeugung im Sinne des kEnG und des </t>
+  </si>
+  <si>
+    <t>kEnV unterliegt.</t>
+  </si>
+  <si>
+    <t>Version 11 novembre 2025 (valable jusqu'au 31.12.2025)</t>
+  </si>
+  <si>
+    <t>Version vom 11. November 2025 (gültig bis 31.12.2025)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Par ma signature, je certifie que le bâtiment n’est pas soumis à une obligation de production propre d'électricité au sens de </t>
+  </si>
+  <si>
+    <t>in Planung</t>
+  </si>
+  <si>
+    <t>Art. 59 kEnV</t>
+  </si>
+  <si>
+    <t>Puissance unitaire</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="000\ 000\ 00\ 00\ "/>
   </numFmts>
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="42" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1617,55 +1666,50 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...3 lines deleted...]
-      <name val="Segoe UI"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
@@ -2096,51 +2140,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="300">
+  <cellXfs count="306">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="17" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -2443,50 +2487,58 @@
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
@@ -2551,50 +2603,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="35" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2611,506 +2679,502 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="4" fontId="5" fillId="6" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="6" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="6" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="6" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="6" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="3" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="10" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="3" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...294 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...134 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3205,91 +3269,57 @@
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="29" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="30" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="32" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="33" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="12">
-    <dxf>
-[...33 lines deleted...]
-    </dxf>
     <dxf>
       <font>
         <color theme="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
@@ -3360,74 +3390,109 @@
         <color theme="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="lightUp">
+          <fgColor theme="0" tint="-0.14996795556505021"/>
+          <bgColor theme="0" tint="-0.24994659260841701"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <font>
         <color theme="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFFFCC"/>
         </patternFill>
       </fill>
       <border>
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike/>
+        <color theme="0" tint="-0.34998626667073579"/>
+      </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFCE4D6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -3439,83 +3504,87 @@
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="'Textes FR-DE'!$B$7" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
-<file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" lockText="1" noThreeD="1"/>
-</file>
-[...2 lines deleted...]
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="'Textes FR-DE'!$B$3" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" firstButton="1" fmlaLink="'Textes FR-DE'!$B$3" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1" noThreeD="1"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" firstButton="1" fmlaLink="'Textes FR-DE'!$B$5" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Radio" checked="Checked" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="GBox" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
@@ -3584,58 +3653,58 @@
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="absolute">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>84</xdr:row>
-          <xdr:rowOff>19050</xdr:rowOff>
+          <xdr:row>86</xdr:row>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>84</xdr:row>
-          <xdr:rowOff>171450</xdr:rowOff>
+          <xdr:row>87</xdr:row>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1052" name="Check Box 28" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1052"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFC0"/>
@@ -3646,58 +3715,58 @@
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="absolute">
         <xdr:from>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>84</xdr:row>
-          <xdr:rowOff>228600</xdr:rowOff>
+          <xdr:row>88</xdr:row>
+          <xdr:rowOff>6350</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>0</xdr:col>
           <xdr:colOff>209550</xdr:colOff>
-          <xdr:row>84</xdr:row>
-          <xdr:rowOff>342900</xdr:rowOff>
+          <xdr:row>88</xdr:row>
+          <xdr:rowOff>120650</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1053" name="Check Box 29" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1053"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00001D040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FFFFC0"/>
@@ -3728,52 +3797,52 @@
     <xdr:from>
       <xdr:col>14</xdr:col>
       <xdr:colOff>422</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>8283</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="4" name="Groupe 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABAF9017-87B1-E693-9E92-9D66BFBF01EA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="2572172" y="2714625"/>
-          <a:ext cx="1436611" cy="438150"/>
+          <a:off x="2730922" y="2749550"/>
+          <a:ext cx="1531861" cy="444500"/>
           <a:chOff x="2486024" y="2654162"/>
           <a:chExt cx="1381538" cy="381000"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="1086" name="Option Button 62" hidden="1">
             <a:extLst>
               <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                 <a14:compatExt xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" spid="_x0000_s1086"/>
               </a:ext>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-00003E040000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2486025" y="2654162"/>
             <a:ext cx="197954" cy="171450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3932,137 +4001,137 @@
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>38100</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>16</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1096" name="Option Button 72" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1096"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000048040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="32004" rIns="0" bIns="32004" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>FR d'option 72</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>17</xdr:col>
           <xdr:colOff>95250</xdr:colOff>
           <xdr:row>10</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>20</xdr:col>
           <xdr:colOff>133350</xdr:colOff>
           <xdr:row>12</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1097" name="Option Button 73" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1097"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000049040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -4073,144 +4142,144 @@
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
           <xdr:txBody>
-            <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="18288" anchor="ctr" upright="1"/>
+            <a:bodyPr vertOverflow="clip" wrap="square" lIns="36576" tIns="32004" rIns="0" bIns="32004" anchor="ctr" upright="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="fr-CH" sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Segoe UI"/>
                   <a:cs typeface="Segoe UI"/>
                 </a:rPr>
                 <a:t>DE</a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>20</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>57150</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>28</xdr:col>
           <xdr:colOff>0</xdr:colOff>
-          <xdr:row>49</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1098" name="Group Box 74" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1098"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004A040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln w="9525">
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>24</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
-          <xdr:row>47</xdr:row>
-          <xdr:rowOff>123825</xdr:rowOff>
+          <xdr:row>50</xdr:row>
+          <xdr:rowOff>127000</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>25</xdr:col>
           <xdr:colOff>57150</xdr:colOff>
-          <xdr:row>49</xdr:row>
+          <xdr:row>52</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1100" name="Option Button 76" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1100"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00004C040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
@@ -4228,57 +4297,57 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>15</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>15</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="3" name="Option Button 62" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1086"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4295,55 +4364,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>16</xdr:row>
-          <xdr:rowOff>66675</xdr:rowOff>
+          <xdr:rowOff>69850</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>15</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="5" name="Option Button 63" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1087"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000005000000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -4362,55 +4431,55 @@
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor>
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>15</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>24</xdr:col>
-          <xdr:colOff>9525</xdr:colOff>
+          <xdr:colOff>12700</xdr:colOff>
           <xdr:row>18</xdr:row>
           <xdr:rowOff>38100</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="6" name="groupe_statut_juridique" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1089"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000006000000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -4425,51 +4494,51 @@
                 <a14:hiddenFill>
                   <a:noFill/>
                 </a14:hiddenFill>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>30</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>31</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1104" name="Check Box 80" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1104"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000050040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4492,51 +4561,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>1</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>44</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>3</xdr:col>
           <xdr:colOff>19050</xdr:colOff>
           <xdr:row>45</xdr:row>
-          <xdr:rowOff>28575</xdr:rowOff>
+          <xdr:rowOff>31750</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1105" name="Check Box 81" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1105"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000051040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -4551,69 +4620,136 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>20</xdr:col>
-          <xdr:colOff>134853</xdr:colOff>
-          <xdr:row>47</xdr:row>
+          <xdr:colOff>133350</xdr:colOff>
+          <xdr:row>50</xdr:row>
           <xdr:rowOff>95250</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>23</xdr:col>
-          <xdr:colOff>8522</xdr:colOff>
-[...1 lines deleted...]
-          <xdr:rowOff>188996</xdr:rowOff>
+          <xdr:colOff>12700</xdr:colOff>
+          <xdr:row>51</xdr:row>
+          <xdr:rowOff>190500</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1107" name="Option Button 83" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1107"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000053040000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>1</xdr:col>
+          <xdr:colOff>0</xdr:colOff>
+          <xdr:row>45</xdr:row>
+          <xdr:rowOff>44450</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>19050</xdr:colOff>
+          <xdr:row>47</xdr:row>
+          <xdr:rowOff>12700</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="1108" name="Check Box 84" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s1108"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BD9D3AE-F956-969A-60FC-5683F0D65A22}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                 <a14:hiddenFill>
                   <a:solidFill>
                     <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
@@ -4673,57 +4809,57 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="386715" y="4773372"/>
           <a:ext cx="1299210" cy="1275567"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>276225</xdr:colOff>
+          <xdr:colOff>279400</xdr:colOff>
           <xdr:row>43</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7169" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7169"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000011C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -4740,57 +4876,57 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>45</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>314325</xdr:colOff>
+          <xdr:colOff>317500</xdr:colOff>
           <xdr:row>45</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7170" name="Option Button 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7170"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000021C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -5247,57 +5383,57 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="20303332">
           <a:off x="583371" y="9506648"/>
           <a:ext cx="1249843" cy="857377"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>47</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>314325</xdr:colOff>
+          <xdr:colOff>317500</xdr:colOff>
           <xdr:row>47</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="7171" name="Option Button 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s7171"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-0000031C0000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
@@ -5364,59 +5500,59 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="386715" y="4773372"/>
           <a:ext cx="1303244" cy="1279153"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>276225</xdr:colOff>
+          <xdr:colOff>279400</xdr:colOff>
           <xdr:row>43</xdr:row>
-          <xdr:rowOff>238125</xdr:rowOff>
+          <xdr:rowOff>241300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8193" name="Check Box 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8193"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000001200000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5431,59 +5567,59 @@
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>45</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
-          <xdr:colOff>314325</xdr:colOff>
+          <xdr:colOff>317500</xdr:colOff>
           <xdr:row>45</xdr:row>
-          <xdr:rowOff>238125</xdr:rowOff>
+          <xdr:rowOff>241300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8194" name="Option Button 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8194"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002200000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5908,59 +6044,59 @@
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="20303332">
           <a:off x="583371" y="9506648"/>
           <a:ext cx="1257463" cy="864101"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>66675</xdr:colOff>
+          <xdr:colOff>69850</xdr:colOff>
           <xdr:row>47</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>314325</xdr:colOff>
+          <xdr:colOff>317500</xdr:colOff>
           <xdr:row>47</xdr:row>
-          <xdr:rowOff>238125</xdr:rowOff>
+          <xdr:rowOff>241300</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="8195" name="Option Button 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s8195"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003200000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -5974,52 +6110,52 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D233F344-FC82-4ADE-AA83-F7F82D388664}" name="Tab_texte" displayName="Tab_texte" ref="A10:C90" totalsRowShown="0" headerRowDxfId="11">
-  <autoFilter ref="A10:C90" xr:uid="{D233F344-FC82-4ADE-AA83-F7F82D388664}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D233F344-FC82-4ADE-AA83-F7F82D388664}" name="Tab_texte" displayName="Tab_texte" ref="A10:C96" totalsRowShown="0" headerRowDxfId="11">
+  <autoFilter ref="A10:C96" xr:uid="{D233F344-FC82-4ADE-AA83-F7F82D388664}"/>
   <tableColumns count="3">
     <tableColumn id="3" xr3:uid="{BDF08A98-74CF-4E67-B038-EA1217CFC51F}" name="ID" dataDxfId="10">
       <calculatedColumnFormula>ROW()-10</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="1" xr3:uid="{4FD4700B-884D-4367-9607-02489EB87E3C}" name="FR"/>
     <tableColumn id="2" xr3:uid="{D93D05DE-D372-41D2-8D2B-1D5338C2B3F8}" name="DE"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6249,85 +6385,85 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/energieanforderungen-f&#252;r-geb&#228;ude" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/home" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/energie/energieanforderungen-f&#252;r-geb&#228;ude" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Feuil3">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BJ100"/>
+  <dimension ref="A1:BJ105"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K94" sqref="K94:AJ94"/>
+    <sheetView tabSelected="1" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="BG38" sqref="BG38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.7109375" style="40" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="58" max="62" width="2.140625" style="25" customWidth="1"/>
+    <col min="1" max="1" width="10.7265625" style="40" customWidth="1"/>
+    <col min="2" max="57" width="2.1796875" style="40" customWidth="1"/>
+    <col min="58" max="62" width="2.1796875" style="25" customWidth="1"/>
     <col min="63" max="16384" width="3" style="25" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:59" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:59" ht="22" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="23"/>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="23"/>
       <c r="G1" s="23"/>
       <c r="H1" s="23"/>
       <c r="I1" s="23"/>
       <c r="J1" s="23"/>
       <c r="K1" s="23"/>
       <c r="L1" s="23"/>
       <c r="M1" s="23"/>
       <c r="N1" s="23"/>
       <c r="O1" s="23"/>
       <c r="P1" s="23"/>
       <c r="Q1" s="23"/>
       <c r="R1" s="23"/>
       <c r="S1" s="23"/>
       <c r="T1" s="23"/>
       <c r="U1" s="23"/>
       <c r="V1" s="23"/>
       <c r="W1" s="23"/>
       <c r="X1" s="23"/>
       <c r="Y1" s="23"/>
@@ -6343,303 +6479,303 @@
       <c r="AI1" s="23"/>
       <c r="AJ1" s="23"/>
       <c r="AK1" s="23"/>
       <c r="AL1" s="23"/>
       <c r="AM1" s="23"/>
       <c r="AN1" s="23"/>
       <c r="AO1" s="23"/>
       <c r="AP1" s="23"/>
       <c r="AQ1" s="23"/>
       <c r="AR1" s="23"/>
       <c r="AS1" s="23"/>
       <c r="AT1" s="23"/>
       <c r="AU1" s="23"/>
       <c r="AV1" s="23"/>
       <c r="AW1" s="23"/>
       <c r="AX1" s="23"/>
       <c r="AY1" s="23"/>
       <c r="AZ1" s="23"/>
       <c r="BA1" s="23"/>
       <c r="BB1" s="23"/>
       <c r="BC1" s="23"/>
       <c r="BD1" s="23"/>
       <c r="BE1" s="23"/>
       <c r="BF1" s="24"/>
     </row>
-    <row r="2" spans="1:59" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:59" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="23"/>
-      <c r="B2" s="159"/>
-[...7 lines deleted...]
-      <c r="J2" s="168" t="str">
+      <c r="B2" s="187"/>
+      <c r="C2" s="188"/>
+      <c r="D2" s="188"/>
+      <c r="E2" s="188"/>
+      <c r="F2" s="188"/>
+      <c r="G2" s="188"/>
+      <c r="H2" s="188"/>
+      <c r="I2" s="189"/>
+      <c r="J2" s="196" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),1)</f>
-        <v>Dienststelle für Energie und Wasserkraft</v>
-[...15 lines deleted...]
-      <c r="Y2" s="177" t="str">
+        <v>Service de l'énergie et des forces hydrauliques</v>
+      </c>
+      <c r="K2" s="197"/>
+      <c r="L2" s="197"/>
+      <c r="M2" s="197"/>
+      <c r="N2" s="197"/>
+      <c r="O2" s="197"/>
+      <c r="P2" s="197"/>
+      <c r="Q2" s="197"/>
+      <c r="R2" s="197"/>
+      <c r="S2" s="197"/>
+      <c r="T2" s="197"/>
+      <c r="U2" s="197"/>
+      <c r="V2" s="197"/>
+      <c r="W2" s="197"/>
+      <c r="X2" s="198"/>
+      <c r="Y2" s="205" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),2)</f>
-        <v>Art. 59 kEnv</v>
-[...14 lines deleted...]
-      <c r="AM2" s="150" t="str">
+        <v>Art. 59 OcEne</v>
+      </c>
+      <c r="Z2" s="206"/>
+      <c r="AA2" s="206"/>
+      <c r="AB2" s="206"/>
+      <c r="AC2" s="206"/>
+      <c r="AD2" s="206"/>
+      <c r="AE2" s="206"/>
+      <c r="AF2" s="206"/>
+      <c r="AG2" s="206"/>
+      <c r="AH2" s="206"/>
+      <c r="AI2" s="206"/>
+      <c r="AJ2" s="206"/>
+      <c r="AK2" s="206"/>
+      <c r="AL2" s="207"/>
+      <c r="AM2" s="178" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),3)</f>
-        <v>Registrierungsnachweis</v>
-[...18 lines deleted...]
-      <c r="BE2" s="152"/>
+        <v>Justificatif d'enregistrement</v>
+      </c>
+      <c r="AN2" s="179"/>
+      <c r="AO2" s="179"/>
+      <c r="AP2" s="179"/>
+      <c r="AQ2" s="179"/>
+      <c r="AR2" s="179"/>
+      <c r="AS2" s="179"/>
+      <c r="AT2" s="179"/>
+      <c r="AU2" s="179"/>
+      <c r="AV2" s="179"/>
+      <c r="AW2" s="179"/>
+      <c r="AX2" s="179"/>
+      <c r="AY2" s="179"/>
+      <c r="AZ2" s="179"/>
+      <c r="BA2" s="179"/>
+      <c r="BB2" s="179"/>
+      <c r="BC2" s="179"/>
+      <c r="BD2" s="179"/>
+      <c r="BE2" s="180"/>
       <c r="BF2" s="24"/>
     </row>
-    <row r="3" spans="1:59" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:59" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="23"/>
-      <c r="B3" s="162"/>
-[...54 lines deleted...]
-      <c r="BE3" s="155"/>
+      <c r="B3" s="190"/>
+      <c r="C3" s="191"/>
+      <c r="D3" s="191"/>
+      <c r="E3" s="191"/>
+      <c r="F3" s="191"/>
+      <c r="G3" s="191"/>
+      <c r="H3" s="191"/>
+      <c r="I3" s="192"/>
+      <c r="J3" s="199"/>
+      <c r="K3" s="200"/>
+      <c r="L3" s="200"/>
+      <c r="M3" s="200"/>
+      <c r="N3" s="200"/>
+      <c r="O3" s="200"/>
+      <c r="P3" s="200"/>
+      <c r="Q3" s="200"/>
+      <c r="R3" s="200"/>
+      <c r="S3" s="200"/>
+      <c r="T3" s="200"/>
+      <c r="U3" s="200"/>
+      <c r="V3" s="200"/>
+      <c r="W3" s="200"/>
+      <c r="X3" s="201"/>
+      <c r="Y3" s="208"/>
+      <c r="Z3" s="209"/>
+      <c r="AA3" s="209"/>
+      <c r="AB3" s="209"/>
+      <c r="AC3" s="209"/>
+      <c r="AD3" s="209"/>
+      <c r="AE3" s="209"/>
+      <c r="AF3" s="209"/>
+      <c r="AG3" s="209"/>
+      <c r="AH3" s="209"/>
+      <c r="AI3" s="209"/>
+      <c r="AJ3" s="209"/>
+      <c r="AK3" s="209"/>
+      <c r="AL3" s="210"/>
+      <c r="AM3" s="181"/>
+      <c r="AN3" s="182"/>
+      <c r="AO3" s="182"/>
+      <c r="AP3" s="182"/>
+      <c r="AQ3" s="182"/>
+      <c r="AR3" s="182"/>
+      <c r="AS3" s="182"/>
+      <c r="AT3" s="182"/>
+      <c r="AU3" s="182"/>
+      <c r="AV3" s="182"/>
+      <c r="AW3" s="182"/>
+      <c r="AX3" s="182"/>
+      <c r="AY3" s="182"/>
+      <c r="AZ3" s="182"/>
+      <c r="BA3" s="182"/>
+      <c r="BB3" s="182"/>
+      <c r="BC3" s="182"/>
+      <c r="BD3" s="182"/>
+      <c r="BE3" s="183"/>
       <c r="BF3" s="24"/>
     </row>
-    <row r="4" spans="1:59" ht="17.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:59" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="23"/>
-      <c r="B4" s="162"/>
-[...36 lines deleted...]
-      <c r="AM4" s="192" t="str">
+      <c r="B4" s="190"/>
+      <c r="C4" s="191"/>
+      <c r="D4" s="191"/>
+      <c r="E4" s="191"/>
+      <c r="F4" s="191"/>
+      <c r="G4" s="191"/>
+      <c r="H4" s="191"/>
+      <c r="I4" s="192"/>
+      <c r="J4" s="199"/>
+      <c r="K4" s="200"/>
+      <c r="L4" s="200"/>
+      <c r="M4" s="200"/>
+      <c r="N4" s="200"/>
+      <c r="O4" s="200"/>
+      <c r="P4" s="200"/>
+      <c r="Q4" s="200"/>
+      <c r="R4" s="200"/>
+      <c r="S4" s="200"/>
+      <c r="T4" s="200"/>
+      <c r="U4" s="200"/>
+      <c r="V4" s="200"/>
+      <c r="W4" s="200"/>
+      <c r="X4" s="201"/>
+      <c r="Y4" s="208"/>
+      <c r="Z4" s="209"/>
+      <c r="AA4" s="209"/>
+      <c r="AB4" s="209"/>
+      <c r="AC4" s="209"/>
+      <c r="AD4" s="209"/>
+      <c r="AE4" s="209"/>
+      <c r="AF4" s="209"/>
+      <c r="AG4" s="209"/>
+      <c r="AH4" s="209"/>
+      <c r="AI4" s="209"/>
+      <c r="AJ4" s="209"/>
+      <c r="AK4" s="209"/>
+      <c r="AL4" s="210"/>
+      <c r="AM4" s="220" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),4)</f>
-        <v>Partizipative PV-Anlage</v>
-[...18 lines deleted...]
-      <c r="BE4" s="194"/>
+        <v>Installation PV participative</v>
+      </c>
+      <c r="AN4" s="221"/>
+      <c r="AO4" s="221"/>
+      <c r="AP4" s="221"/>
+      <c r="AQ4" s="221"/>
+      <c r="AR4" s="221"/>
+      <c r="AS4" s="221"/>
+      <c r="AT4" s="221"/>
+      <c r="AU4" s="221"/>
+      <c r="AV4" s="221"/>
+      <c r="AW4" s="221"/>
+      <c r="AX4" s="221"/>
+      <c r="AY4" s="221"/>
+      <c r="AZ4" s="221"/>
+      <c r="BA4" s="221"/>
+      <c r="BB4" s="221"/>
+      <c r="BC4" s="221"/>
+      <c r="BD4" s="221"/>
+      <c r="BE4" s="222"/>
       <c r="BF4" s="24"/>
     </row>
-    <row r="5" spans="1:59" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:59" ht="19.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="23"/>
-      <c r="B5" s="165"/>
-[...54 lines deleted...]
-      <c r="BE5" s="197"/>
+      <c r="B5" s="193"/>
+      <c r="C5" s="194"/>
+      <c r="D5" s="194"/>
+      <c r="E5" s="194"/>
+      <c r="F5" s="194"/>
+      <c r="G5" s="194"/>
+      <c r="H5" s="194"/>
+      <c r="I5" s="195"/>
+      <c r="J5" s="202"/>
+      <c r="K5" s="203"/>
+      <c r="L5" s="203"/>
+      <c r="M5" s="203"/>
+      <c r="N5" s="203"/>
+      <c r="O5" s="203"/>
+      <c r="P5" s="203"/>
+      <c r="Q5" s="203"/>
+      <c r="R5" s="203"/>
+      <c r="S5" s="203"/>
+      <c r="T5" s="203"/>
+      <c r="U5" s="203"/>
+      <c r="V5" s="203"/>
+      <c r="W5" s="203"/>
+      <c r="X5" s="204"/>
+      <c r="Y5" s="211"/>
+      <c r="Z5" s="212"/>
+      <c r="AA5" s="212"/>
+      <c r="AB5" s="212"/>
+      <c r="AC5" s="212"/>
+      <c r="AD5" s="212"/>
+      <c r="AE5" s="212"/>
+      <c r="AF5" s="212"/>
+      <c r="AG5" s="212"/>
+      <c r="AH5" s="212"/>
+      <c r="AI5" s="212"/>
+      <c r="AJ5" s="212"/>
+      <c r="AK5" s="212"/>
+      <c r="AL5" s="213"/>
+      <c r="AM5" s="223"/>
+      <c r="AN5" s="224"/>
+      <c r="AO5" s="224"/>
+      <c r="AP5" s="224"/>
+      <c r="AQ5" s="224"/>
+      <c r="AR5" s="224"/>
+      <c r="AS5" s="224"/>
+      <c r="AT5" s="224"/>
+      <c r="AU5" s="224"/>
+      <c r="AV5" s="224"/>
+      <c r="AW5" s="224"/>
+      <c r="AX5" s="224"/>
+      <c r="AY5" s="224"/>
+      <c r="AZ5" s="224"/>
+      <c r="BA5" s="224"/>
+      <c r="BB5" s="224"/>
+      <c r="BC5" s="224"/>
+      <c r="BD5" s="224"/>
+      <c r="BE5" s="225"/>
       <c r="BF5" s="24"/>
     </row>
-    <row r="6" spans="1:59" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:59" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A6" s="23"/>
       <c r="B6" s="26"/>
       <c r="C6" s="26"/>
       <c r="D6" s="27"/>
       <c r="E6" s="27"/>
       <c r="F6" s="27"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
       <c r="I6" s="27"/>
       <c r="J6" s="27"/>
       <c r="K6" s="27"/>
       <c r="L6" s="27"/>
       <c r="M6" s="27"/>
       <c r="N6" s="27"/>
       <c r="O6" s="27"/>
       <c r="P6" s="27"/>
       <c r="Q6" s="27"/>
       <c r="R6" s="27"/>
       <c r="S6" s="27"/>
       <c r="T6" s="27"/>
       <c r="U6" s="27"/>
       <c r="V6" s="27"/>
       <c r="W6" s="28"/>
       <c r="X6" s="28"/>
       <c r="Y6" s="28"/>
@@ -6655,117 +6791,117 @@
       <c r="AI6" s="28"/>
       <c r="AJ6" s="29"/>
       <c r="AK6" s="29"/>
       <c r="AL6" s="29"/>
       <c r="AM6" s="29"/>
       <c r="AN6" s="29"/>
       <c r="AO6" s="29"/>
       <c r="AP6" s="29"/>
       <c r="AQ6" s="29"/>
       <c r="AR6" s="29"/>
       <c r="AS6" s="29"/>
       <c r="AT6" s="29"/>
       <c r="AU6" s="29"/>
       <c r="AV6" s="29"/>
       <c r="AW6" s="29"/>
       <c r="AX6" s="29"/>
       <c r="AY6" s="29"/>
       <c r="AZ6" s="29"/>
       <c r="BA6" s="29"/>
       <c r="BB6" s="29"/>
       <c r="BC6" s="29"/>
       <c r="BD6" s="29"/>
       <c r="BE6" s="29"/>
       <c r="BF6" s="24"/>
     </row>
-    <row r="7" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A7" s="23"/>
       <c r="B7" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),5)&amp;" :"</f>
-        <v>Gemeinde :</v>
+        <v>Commune :</v>
       </c>
       <c r="C7" s="34"/>
       <c r="D7" s="34"/>
       <c r="E7" s="34"/>
       <c r="F7" s="34"/>
       <c r="G7" s="34"/>
       <c r="H7" s="86"/>
-      <c r="I7" s="156"/>
-[...15 lines deleted...]
-      <c r="Y7" s="158"/>
+      <c r="I7" s="184"/>
+      <c r="J7" s="185"/>
+      <c r="K7" s="185"/>
+      <c r="L7" s="185"/>
+      <c r="M7" s="185"/>
+      <c r="N7" s="185"/>
+      <c r="O7" s="185"/>
+      <c r="P7" s="185"/>
+      <c r="Q7" s="185"/>
+      <c r="R7" s="185"/>
+      <c r="S7" s="185"/>
+      <c r="T7" s="185"/>
+      <c r="U7" s="185"/>
+      <c r="V7" s="185"/>
+      <c r="W7" s="185"/>
+      <c r="X7" s="185"/>
+      <c r="Y7" s="186"/>
       <c r="AA7" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),75)&amp;" :"</f>
-        <v>Kanton :</v>
+        <v>Canton :</v>
       </c>
       <c r="AB7" s="34"/>
       <c r="AC7" s="34"/>
       <c r="AD7" s="34"/>
-      <c r="AE7" s="189"/>
-[...3 lines deleted...]
-      <c r="AI7" s="191"/>
+      <c r="AE7" s="217"/>
+      <c r="AF7" s="218"/>
+      <c r="AG7" s="218"/>
+      <c r="AH7" s="218"/>
+      <c r="AI7" s="219"/>
       <c r="AN7" s="84" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),6)&amp;" :"</f>
-        <v>Parz.-Nr :</v>
-[...6 lines deleted...]
-      <c r="AT7" s="188"/>
+        <v>N° parcelle :</v>
+      </c>
+      <c r="AO7" s="214"/>
+      <c r="AP7" s="215"/>
+      <c r="AQ7" s="215"/>
+      <c r="AR7" s="215"/>
+      <c r="AS7" s="215"/>
+      <c r="AT7" s="216"/>
       <c r="AU7" s="34"/>
       <c r="AV7" s="34"/>
       <c r="AW7" s="34"/>
       <c r="AX7" s="85" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),7)&amp;" :"</f>
         <v>EGRID :</v>
       </c>
-      <c r="AY7" s="198"/>
-[...7 lines deleted...]
-    <row r="8" spans="1:59" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="AY7" s="226"/>
+      <c r="AZ7" s="227"/>
+      <c r="BA7" s="227"/>
+      <c r="BB7" s="227"/>
+      <c r="BC7" s="227"/>
+      <c r="BD7" s="227"/>
+      <c r="BE7" s="227"/>
+    </row>
+    <row r="8" spans="1:59" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="23"/>
       <c r="B8" s="23"/>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23"/>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
       <c r="O8" s="23"/>
       <c r="P8" s="23"/>
       <c r="Q8" s="23"/>
       <c r="R8" s="23"/>
       <c r="S8" s="23"/>
       <c r="T8" s="23"/>
       <c r="U8" s="23"/>
       <c r="V8" s="23"/>
       <c r="W8" s="23"/>
       <c r="X8" s="23"/>
       <c r="Y8" s="23"/>
@@ -6781,114 +6917,114 @@
       <c r="AI8" s="23"/>
       <c r="AJ8" s="23"/>
       <c r="AK8" s="23"/>
       <c r="AL8" s="23"/>
       <c r="AM8" s="23"/>
       <c r="AN8" s="23"/>
       <c r="AO8" s="23"/>
       <c r="AP8" s="23"/>
       <c r="AQ8" s="23"/>
       <c r="AR8" s="23"/>
       <c r="AS8" s="23"/>
       <c r="AT8" s="23"/>
       <c r="AU8" s="23"/>
       <c r="AV8" s="23"/>
       <c r="AW8" s="23"/>
       <c r="AX8" s="23"/>
       <c r="AY8" s="23"/>
       <c r="AZ8" s="23"/>
       <c r="BA8" s="23"/>
       <c r="BB8" s="23"/>
       <c r="BC8" s="23"/>
       <c r="BD8" s="23"/>
       <c r="BE8" s="23"/>
       <c r="BF8" s="24"/>
     </row>
-    <row r="9" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="23"/>
       <c r="B9" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),8)&amp;" :"</f>
-        <v>Bauvorhaben :</v>
+        <v>Objet :</v>
       </c>
       <c r="C9" s="34"/>
       <c r="D9" s="34"/>
       <c r="E9" s="23"/>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="23"/>
-      <c r="I9" s="156"/>
-[...47 lines deleted...]
-      <c r="BE9" s="158"/>
+      <c r="I9" s="184"/>
+      <c r="J9" s="185"/>
+      <c r="K9" s="185"/>
+      <c r="L9" s="185"/>
+      <c r="M9" s="185"/>
+      <c r="N9" s="185"/>
+      <c r="O9" s="185"/>
+      <c r="P9" s="185"/>
+      <c r="Q9" s="185"/>
+      <c r="R9" s="185"/>
+      <c r="S9" s="185"/>
+      <c r="T9" s="185"/>
+      <c r="U9" s="185"/>
+      <c r="V9" s="185"/>
+      <c r="W9" s="185"/>
+      <c r="X9" s="185"/>
+      <c r="Y9" s="185"/>
+      <c r="Z9" s="185"/>
+      <c r="AA9" s="185"/>
+      <c r="AB9" s="185"/>
+      <c r="AC9" s="185"/>
+      <c r="AD9" s="185"/>
+      <c r="AE9" s="185"/>
+      <c r="AF9" s="185"/>
+      <c r="AG9" s="185"/>
+      <c r="AH9" s="185"/>
+      <c r="AI9" s="185"/>
+      <c r="AJ9" s="185"/>
+      <c r="AK9" s="185"/>
+      <c r="AL9" s="185"/>
+      <c r="AM9" s="185"/>
+      <c r="AN9" s="185"/>
+      <c r="AO9" s="185"/>
+      <c r="AP9" s="185"/>
+      <c r="AQ9" s="185"/>
+      <c r="AR9" s="185"/>
+      <c r="AS9" s="185"/>
+      <c r="AT9" s="185"/>
+      <c r="AU9" s="185"/>
+      <c r="AV9" s="185"/>
+      <c r="AW9" s="185"/>
+      <c r="AX9" s="185"/>
+      <c r="AY9" s="185"/>
+      <c r="AZ9" s="185"/>
+      <c r="BA9" s="185"/>
+      <c r="BB9" s="185"/>
+      <c r="BC9" s="185"/>
+      <c r="BD9" s="185"/>
+      <c r="BE9" s="186"/>
       <c r="BF9" s="24"/>
     </row>
-    <row r="10" spans="1:59" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:59" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="23"/>
       <c r="B10" s="30"/>
       <c r="C10" s="30"/>
       <c r="D10" s="30"/>
       <c r="E10" s="30"/>
       <c r="F10" s="30"/>
       <c r="G10" s="30"/>
       <c r="H10" s="30"/>
       <c r="I10" s="30"/>
       <c r="J10" s="30"/>
       <c r="K10" s="30"/>
       <c r="L10" s="30"/>
       <c r="M10" s="30"/>
       <c r="N10" s="30"/>
       <c r="O10" s="30"/>
       <c r="P10" s="30"/>
       <c r="Q10" s="30"/>
       <c r="R10" s="30"/>
       <c r="S10" s="30"/>
       <c r="T10" s="30"/>
       <c r="U10" s="30"/>
       <c r="V10" s="30"/>
       <c r="W10" s="30"/>
       <c r="X10" s="30"/>
       <c r="Y10" s="30"/>
@@ -6904,51 +7040,51 @@
       <c r="AI10" s="30"/>
       <c r="AJ10" s="30"/>
       <c r="AK10" s="30"/>
       <c r="AL10" s="30"/>
       <c r="AM10" s="30"/>
       <c r="AN10" s="30"/>
       <c r="AO10" s="30"/>
       <c r="AP10" s="30"/>
       <c r="AQ10" s="30"/>
       <c r="AR10" s="30"/>
       <c r="AS10" s="30"/>
       <c r="AT10" s="30"/>
       <c r="AU10" s="30"/>
       <c r="AV10" s="30"/>
       <c r="AW10" s="30"/>
       <c r="AX10" s="30"/>
       <c r="AY10" s="30"/>
       <c r="AZ10" s="30"/>
       <c r="BA10" s="30"/>
       <c r="BB10" s="30"/>
       <c r="BC10" s="30"/>
       <c r="BD10" s="30"/>
       <c r="BE10" s="30"/>
       <c r="BF10" s="24"/>
     </row>
-    <row r="11" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="23"/>
       <c r="B11" s="23"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23"/>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="23"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23"/>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="23"/>
       <c r="P11" s="23"/>
       <c r="Q11" s="23"/>
       <c r="R11" s="23"/>
       <c r="S11" s="23"/>
       <c r="T11" s="23"/>
       <c r="U11" s="23"/>
       <c r="V11" s="23"/>
       <c r="W11" s="23"/>
       <c r="X11" s="23"/>
       <c r="Y11" s="23"/>
@@ -6964,51 +7100,51 @@
       <c r="AI11" s="23"/>
       <c r="AJ11" s="23"/>
       <c r="AK11" s="23"/>
       <c r="AL11" s="23"/>
       <c r="AM11" s="23"/>
       <c r="AN11" s="23"/>
       <c r="AO11" s="23"/>
       <c r="AP11" s="23"/>
       <c r="AQ11" s="23"/>
       <c r="AR11" s="23"/>
       <c r="AS11" s="23"/>
       <c r="AT11" s="23"/>
       <c r="AU11" s="23"/>
       <c r="AV11" s="23"/>
       <c r="AW11" s="23"/>
       <c r="AX11" s="23"/>
       <c r="AY11" s="23"/>
       <c r="AZ11" s="23"/>
       <c r="BA11" s="23"/>
       <c r="BB11" s="23"/>
       <c r="BC11" s="23"/>
       <c r="BD11" s="23"/>
       <c r="BE11" s="23"/>
       <c r="BF11" s="24"/>
     </row>
-    <row r="12" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:59" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="23"/>
       <c r="B12" s="23" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="23"/>
       <c r="D12" s="23"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23"/>
       <c r="H12" s="23"/>
       <c r="I12" s="23"/>
       <c r="J12" s="23"/>
       <c r="K12" s="23"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
       <c r="N12" s="23"/>
       <c r="O12" s="23"/>
       <c r="P12" s="23"/>
       <c r="Q12" s="23"/>
       <c r="R12" s="23"/>
       <c r="S12" s="23"/>
       <c r="T12" s="23"/>
       <c r="U12" s="23"/>
       <c r="V12" s="23"/>
       <c r="W12" s="23"/>
@@ -7026,51 +7162,51 @@
       <c r="AI12" s="23"/>
       <c r="AJ12" s="23"/>
       <c r="AK12" s="23"/>
       <c r="AL12" s="23"/>
       <c r="AM12" s="23"/>
       <c r="AN12" s="23"/>
       <c r="AO12" s="23"/>
       <c r="AP12" s="23"/>
       <c r="AQ12" s="23"/>
       <c r="AR12" s="23"/>
       <c r="AS12" s="23"/>
       <c r="AT12" s="23"/>
       <c r="AU12" s="23"/>
       <c r="AV12" s="23"/>
       <c r="AW12" s="23"/>
       <c r="AX12" s="23"/>
       <c r="AY12" s="23"/>
       <c r="AZ12" s="23"/>
       <c r="BA12" s="23"/>
       <c r="BB12" s="23"/>
       <c r="BC12" s="23"/>
       <c r="BD12" s="23"/>
       <c r="BE12" s="23"/>
       <c r="BF12" s="24"/>
     </row>
-    <row r="13" spans="1:59" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:59" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="23"/>
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="23"/>
       <c r="I13" s="23"/>
       <c r="J13" s="23"/>
       <c r="K13" s="23"/>
       <c r="L13" s="30"/>
       <c r="M13" s="30"/>
       <c r="N13" s="30"/>
       <c r="O13" s="30"/>
       <c r="P13" s="30"/>
       <c r="Q13" s="30"/>
       <c r="R13" s="30"/>
       <c r="S13" s="30"/>
       <c r="T13" s="30"/>
       <c r="U13" s="30"/>
       <c r="V13" s="30"/>
       <c r="W13" s="30"/>
       <c r="X13" s="30"/>
       <c r="Y13" s="30"/>
@@ -7086,114 +7222,114 @@
       <c r="AI13" s="30"/>
       <c r="AJ13" s="30"/>
       <c r="AK13" s="30"/>
       <c r="AL13" s="30"/>
       <c r="AM13" s="30"/>
       <c r="AN13" s="30"/>
       <c r="AO13" s="30"/>
       <c r="AP13" s="30"/>
       <c r="AQ13" s="30"/>
       <c r="AR13" s="30"/>
       <c r="AS13" s="30"/>
       <c r="AT13" s="30"/>
       <c r="AU13" s="30"/>
       <c r="AV13" s="30"/>
       <c r="AW13" s="30"/>
       <c r="AX13" s="30"/>
       <c r="AY13" s="30"/>
       <c r="AZ13" s="30"/>
       <c r="BA13" s="30"/>
       <c r="BB13" s="30"/>
       <c r="BC13" s="30"/>
       <c r="BD13" s="30"/>
       <c r="BE13" s="30"/>
       <c r="BF13" s="24"/>
     </row>
-    <row r="14" spans="1:59" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:59" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="23"/>
       <c r="B14" s="31" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),9)</f>
-        <v>Träger der partizipativen Photovoltaikanlage</v>
+        <v>Promoteur de l'installation photovoltaïque participative</v>
       </c>
       <c r="C14" s="31"/>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
       <c r="I14" s="31"/>
       <c r="J14" s="31"/>
       <c r="K14" s="31"/>
       <c r="L14" s="32"/>
       <c r="M14" s="32"/>
       <c r="N14" s="32"/>
       <c r="O14" s="32"/>
       <c r="P14" s="32"/>
       <c r="Q14" s="32"/>
       <c r="R14" s="32"/>
       <c r="S14" s="32"/>
       <c r="T14" s="32"/>
       <c r="U14" s="23"/>
       <c r="V14" s="23"/>
       <c r="W14" s="23"/>
       <c r="X14" s="23"/>
       <c r="Y14" s="23"/>
       <c r="Z14" s="23"/>
       <c r="AA14" s="23"/>
       <c r="AB14" s="23"/>
       <c r="AC14" s="23"/>
       <c r="AD14" s="23"/>
       <c r="AE14" s="23"/>
       <c r="AF14" s="23"/>
       <c r="AG14" s="23"/>
       <c r="AH14" s="23"/>
       <c r="AI14" s="23"/>
       <c r="AJ14" s="23"/>
       <c r="AK14" s="23"/>
       <c r="AL14" s="23"/>
-      <c r="AM14" s="146"/>
-[...1 lines deleted...]
-      <c r="AO14" s="146"/>
+      <c r="AM14" s="171"/>
+      <c r="AN14" s="171"/>
+      <c r="AO14" s="171"/>
       <c r="AP14" s="23"/>
       <c r="AQ14" s="23"/>
       <c r="AR14" s="23"/>
       <c r="AS14" s="23"/>
       <c r="AT14" s="23"/>
       <c r="AU14" s="23"/>
       <c r="AV14" s="23"/>
       <c r="AW14" s="23"/>
       <c r="AX14" s="23"/>
       <c r="AY14" s="23"/>
       <c r="AZ14" s="23"/>
       <c r="BA14" s="23"/>
       <c r="BB14" s="23"/>
       <c r="BC14" s="23"/>
       <c r="BD14" s="23"/>
       <c r="BE14" s="23"/>
       <c r="BF14" s="24"/>
     </row>
-    <row r="15" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="23"/>
       <c r="B15" s="32"/>
       <c r="C15" s="32"/>
       <c r="D15" s="32"/>
       <c r="E15" s="32"/>
       <c r="F15" s="32"/>
       <c r="G15" s="32"/>
       <c r="H15" s="32"/>
       <c r="I15" s="32"/>
       <c r="J15" s="32"/>
       <c r="K15" s="32"/>
       <c r="L15" s="32"/>
       <c r="M15" s="32"/>
       <c r="N15" s="32"/>
       <c r="O15" s="32"/>
       <c r="P15" s="32"/>
       <c r="Q15" s="32"/>
       <c r="R15" s="32"/>
       <c r="S15" s="32"/>
       <c r="T15" s="32"/>
       <c r="U15" s="23"/>
       <c r="V15" s="23"/>
       <c r="W15" s="23"/>
       <c r="X15" s="23"/>
       <c r="Y15" s="23"/>
@@ -7209,243 +7345,243 @@
       <c r="AI15" s="23"/>
       <c r="AJ15" s="23"/>
       <c r="AK15" s="23"/>
       <c r="AL15" s="23"/>
       <c r="AM15" s="33"/>
       <c r="AN15" s="33"/>
       <c r="AO15" s="33"/>
       <c r="AP15" s="23"/>
       <c r="AQ15" s="23"/>
       <c r="AR15" s="23"/>
       <c r="AS15" s="23"/>
       <c r="AT15" s="23"/>
       <c r="AU15" s="23"/>
       <c r="AV15" s="23"/>
       <c r="AW15" s="23"/>
       <c r="AX15" s="23"/>
       <c r="AY15" s="23"/>
       <c r="AZ15" s="23"/>
       <c r="BA15" s="23"/>
       <c r="BB15" s="23"/>
       <c r="BC15" s="23"/>
       <c r="BD15" s="23"/>
       <c r="BE15" s="23"/>
       <c r="BF15" s="24"/>
     </row>
-    <row r="16" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="23"/>
       <c r="B16" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),10)</f>
-        <v>Rechtsstatus des Antragstellers</v>
+        <v>Statut juridique du demandeur</v>
       </c>
       <c r="C16" s="34"/>
       <c r="D16" s="34"/>
       <c r="E16" s="34"/>
       <c r="F16" s="34"/>
       <c r="G16" s="34"/>
       <c r="H16" s="34"/>
       <c r="I16" s="34"/>
       <c r="J16" s="34"/>
       <c r="K16" s="34"/>
       <c r="L16" s="34"/>
       <c r="M16" s="34"/>
       <c r="N16" s="34"/>
       <c r="O16" s="34"/>
       <c r="P16" s="35" t="str">
         <f ca="1">"  "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),11)</f>
-        <v xml:space="preserve">  Natürliche Person</v>
+        <v xml:space="preserve">  Personne physique</v>
       </c>
       <c r="Q16" s="34"/>
       <c r="R16" s="34"/>
       <c r="S16" s="34"/>
       <c r="T16" s="34"/>
       <c r="U16" s="34"/>
       <c r="V16" s="23"/>
       <c r="W16" s="23"/>
       <c r="X16" s="23"/>
       <c r="Y16" s="23"/>
       <c r="Z16" s="23"/>
       <c r="AA16" s="23"/>
       <c r="AB16" s="23"/>
       <c r="AC16" s="23"/>
       <c r="AD16" s="23"/>
       <c r="AE16" s="23"/>
       <c r="AF16" s="23"/>
       <c r="AG16" s="23"/>
       <c r="AH16" s="23"/>
       <c r="AI16" s="23"/>
       <c r="AJ16" s="23"/>
       <c r="AK16" s="23"/>
       <c r="AL16" s="23"/>
       <c r="AM16" s="23"/>
       <c r="AN16" s="23"/>
       <c r="AO16" s="23"/>
       <c r="AP16" s="23"/>
       <c r="AQ16" s="23"/>
       <c r="AR16" s="23"/>
       <c r="AS16" s="23"/>
       <c r="AT16" s="23"/>
       <c r="AU16" s="23"/>
       <c r="AV16" s="23"/>
       <c r="AW16" s="23"/>
       <c r="AX16" s="23"/>
       <c r="AY16" s="23"/>
       <c r="AZ16" s="23"/>
       <c r="BA16" s="23"/>
       <c r="BB16" s="23"/>
       <c r="BC16" s="23"/>
       <c r="BD16" s="23"/>
       <c r="BE16" s="23"/>
       <c r="BF16" s="23"/>
       <c r="BG16" s="24"/>
     </row>
-    <row r="17" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="23"/>
       <c r="B17" s="34"/>
       <c r="C17" s="34"/>
       <c r="D17" s="34"/>
       <c r="E17" s="34"/>
       <c r="F17" s="34"/>
       <c r="G17" s="34"/>
       <c r="H17" s="34"/>
       <c r="I17" s="34"/>
       <c r="J17" s="34"/>
       <c r="K17" s="34"/>
       <c r="L17" s="34"/>
       <c r="M17" s="34"/>
       <c r="N17" s="34"/>
       <c r="O17" s="34"/>
-      <c r="P17" s="149" t="str">
+      <c r="P17" s="174" t="str">
         <f ca="1">"  "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),12)</f>
-        <v xml:space="preserve">  Juristische Person</v>
-[...8 lines deleted...]
-      <c r="X17" s="149"/>
+        <v xml:space="preserve">  Personne morale</v>
+      </c>
+      <c r="Q17" s="174"/>
+      <c r="R17" s="174"/>
+      <c r="S17" s="174"/>
+      <c r="T17" s="174"/>
+      <c r="U17" s="174"/>
+      <c r="V17" s="174"/>
+      <c r="W17" s="174"/>
+      <c r="X17" s="174"/>
       <c r="Y17" s="23"/>
       <c r="Z17" s="23"/>
       <c r="AA17" s="23"/>
       <c r="AB17" s="23"/>
       <c r="AC17" s="23"/>
       <c r="AD17" s="23"/>
       <c r="AE17" s="23"/>
       <c r="AF17" s="23"/>
       <c r="AG17" s="23"/>
       <c r="AH17" s="23"/>
       <c r="AI17" s="23"/>
       <c r="AJ17" s="23"/>
       <c r="AK17" s="23"/>
       <c r="AL17" s="23"/>
       <c r="AM17" s="23"/>
       <c r="AN17" s="23"/>
       <c r="AO17" s="23"/>
       <c r="AP17" s="23"/>
       <c r="AQ17" s="23"/>
       <c r="AR17" s="23"/>
       <c r="AS17" s="23"/>
       <c r="AT17" s="23"/>
       <c r="AU17" s="23"/>
       <c r="AV17" s="23"/>
       <c r="AW17" s="23"/>
       <c r="AX17" s="23"/>
       <c r="AY17" s="23"/>
       <c r="AZ17" s="23"/>
       <c r="BA17" s="23"/>
       <c r="BB17" s="23"/>
       <c r="BC17" s="23"/>
       <c r="BD17" s="23"/>
       <c r="BE17" s="23"/>
       <c r="BF17" s="23"/>
       <c r="BG17" s="24"/>
     </row>
-    <row r="18" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="23"/>
       <c r="B18" s="34"/>
       <c r="C18" s="34"/>
       <c r="D18" s="34"/>
       <c r="E18" s="34"/>
       <c r="F18" s="34"/>
       <c r="G18" s="34"/>
       <c r="H18" s="34"/>
       <c r="I18" s="34"/>
       <c r="J18" s="34"/>
       <c r="K18" s="34"/>
       <c r="L18" s="34"/>
       <c r="M18" s="34"/>
       <c r="N18" s="34"/>
       <c r="O18" s="34"/>
-      <c r="P18" s="149"/>
-[...7 lines deleted...]
-      <c r="X18" s="149"/>
+      <c r="P18" s="174"/>
+      <c r="Q18" s="174"/>
+      <c r="R18" s="174"/>
+      <c r="S18" s="174"/>
+      <c r="T18" s="174"/>
+      <c r="U18" s="174"/>
+      <c r="V18" s="174"/>
+      <c r="W18" s="174"/>
+      <c r="X18" s="174"/>
       <c r="Y18" s="23"/>
       <c r="Z18" s="23"/>
       <c r="AA18" s="23"/>
       <c r="AB18" s="23"/>
       <c r="AC18" s="23"/>
       <c r="AD18" s="23"/>
       <c r="AE18" s="23"/>
       <c r="AF18" s="23"/>
       <c r="AG18" s="23"/>
       <c r="AH18" s="23"/>
       <c r="AI18" s="23"/>
       <c r="AJ18" s="23"/>
       <c r="AK18" s="23"/>
       <c r="AL18" s="23"/>
       <c r="AM18" s="23"/>
       <c r="AN18" s="23"/>
       <c r="AO18" s="23"/>
       <c r="AP18" s="23"/>
       <c r="AQ18" s="23"/>
       <c r="AR18" s="23"/>
       <c r="AS18" s="23"/>
       <c r="AT18" s="23"/>
       <c r="AU18" s="23"/>
       <c r="AV18" s="23"/>
       <c r="AW18" s="23"/>
       <c r="AX18" s="23"/>
       <c r="AY18" s="23"/>
       <c r="AZ18" s="23"/>
       <c r="BA18" s="23"/>
       <c r="BB18" s="23"/>
       <c r="BC18" s="23"/>
       <c r="BD18" s="23"/>
       <c r="BE18" s="23"/>
       <c r="BF18" s="23"/>
       <c r="BG18" s="24"/>
     </row>
-    <row r="19" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="23"/>
       <c r="B19" s="34"/>
       <c r="C19" s="34"/>
       <c r="D19" s="34"/>
       <c r="E19" s="34"/>
       <c r="F19" s="34"/>
       <c r="G19" s="34"/>
       <c r="H19" s="34"/>
       <c r="I19" s="34"/>
       <c r="J19" s="34"/>
       <c r="K19" s="34"/>
       <c r="L19" s="34"/>
       <c r="M19" s="34"/>
       <c r="N19" s="34"/>
       <c r="O19" s="34"/>
       <c r="P19" s="35"/>
       <c r="Q19" s="35"/>
       <c r="R19" s="35"/>
       <c r="S19" s="35"/>
       <c r="T19" s="35"/>
       <c r="U19" s="35"/>
       <c r="V19" s="36"/>
       <c r="W19" s="36"/>
       <c r="X19" s="36"/>
       <c r="Y19" s="23"/>
@@ -7462,181 +7598,181 @@
       <c r="AJ19" s="23"/>
       <c r="AK19" s="23"/>
       <c r="AL19" s="23"/>
       <c r="AM19" s="23"/>
       <c r="AN19" s="23"/>
       <c r="AO19" s="23"/>
       <c r="AP19" s="23"/>
       <c r="AQ19" s="23"/>
       <c r="AR19" s="23"/>
       <c r="AS19" s="23"/>
       <c r="AT19" s="23"/>
       <c r="AU19" s="23"/>
       <c r="AV19" s="23"/>
       <c r="AW19" s="23"/>
       <c r="AX19" s="23"/>
       <c r="AY19" s="23"/>
       <c r="AZ19" s="23"/>
       <c r="BA19" s="23"/>
       <c r="BB19" s="23"/>
       <c r="BC19" s="23"/>
       <c r="BD19" s="23"/>
       <c r="BE19" s="23"/>
       <c r="BF19" s="23"/>
       <c r="BG19" s="24"/>
     </row>
-    <row r="20" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="23"/>
       <c r="B20" s="37" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),13)&amp;" :"</f>
-        <v>Kontaktangaben :</v>
+        <v>Coordonnées :</v>
       </c>
       <c r="C20" s="38"/>
       <c r="D20" s="38"/>
       <c r="E20" s="38"/>
       <c r="F20" s="38"/>
       <c r="G20" s="38"/>
       <c r="H20" s="38"/>
       <c r="I20" s="38"/>
       <c r="J20" s="38"/>
       <c r="K20" s="38"/>
       <c r="L20" s="38"/>
       <c r="M20" s="38"/>
       <c r="N20" s="38"/>
       <c r="O20" s="38"/>
       <c r="P20" s="38"/>
       <c r="Q20" s="38"/>
       <c r="R20" s="38"/>
       <c r="S20" s="39"/>
       <c r="T20" s="39"/>
       <c r="U20" s="39"/>
       <c r="V20" s="39"/>
       <c r="W20" s="39"/>
       <c r="X20" s="39"/>
       <c r="Y20" s="39"/>
       <c r="Z20" s="39"/>
       <c r="AA20" s="39"/>
       <c r="AB20" s="39"/>
       <c r="AC20" s="39"/>
       <c r="AD20" s="39"/>
       <c r="AE20" s="39"/>
       <c r="AF20" s="39"/>
       <c r="AG20" s="39"/>
       <c r="AH20" s="39"/>
       <c r="AI20" s="39"/>
       <c r="AJ20" s="39"/>
       <c r="AK20" s="39"/>
       <c r="AL20" s="39"/>
       <c r="AN20" s="41"/>
       <c r="AO20" s="41"/>
       <c r="AP20" s="41" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AQ20" s="41"/>
       <c r="AR20" s="41"/>
       <c r="AS20" s="41"/>
       <c r="AT20" s="41"/>
       <c r="AU20" s="41"/>
       <c r="AV20" s="41"/>
       <c r="AW20" s="42"/>
       <c r="AX20" s="42"/>
       <c r="AY20" s="41"/>
       <c r="AZ20" s="39"/>
       <c r="BA20" s="39"/>
       <c r="BB20" s="39"/>
       <c r="BC20" s="39"/>
       <c r="BD20" s="39"/>
       <c r="BE20" s="39"/>
       <c r="BF20" s="24"/>
     </row>
-    <row r="21" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="23"/>
       <c r="B21" s="34" t="str">
         <f ca="1">IF('Textes FR-DE'!$B$5=1,"",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),15)&amp;" :")</f>
-        <v>Unternehmensname :</v>
+        <v>Raison sociale :</v>
       </c>
       <c r="C21" s="38"/>
       <c r="D21" s="38"/>
       <c r="E21" s="38"/>
       <c r="F21" s="38"/>
       <c r="G21" s="38"/>
       <c r="H21" s="38"/>
       <c r="I21" s="38"/>
       <c r="J21" s="38"/>
       <c r="K21" s="38"/>
-      <c r="L21" s="147"/>
-[...23 lines deleted...]
-      <c r="AJ21" s="147"/>
+      <c r="L21" s="172"/>
+      <c r="M21" s="172"/>
+      <c r="N21" s="172"/>
+      <c r="O21" s="172"/>
+      <c r="P21" s="172"/>
+      <c r="Q21" s="172"/>
+      <c r="R21" s="172"/>
+      <c r="S21" s="172"/>
+      <c r="T21" s="172"/>
+      <c r="U21" s="172"/>
+      <c r="V21" s="172"/>
+      <c r="W21" s="172"/>
+      <c r="X21" s="172"/>
+      <c r="Y21" s="172"/>
+      <c r="Z21" s="172"/>
+      <c r="AA21" s="172"/>
+      <c r="AB21" s="172"/>
+      <c r="AC21" s="172"/>
+      <c r="AD21" s="172"/>
+      <c r="AE21" s="172"/>
+      <c r="AF21" s="172"/>
+      <c r="AG21" s="172"/>
+      <c r="AH21" s="172"/>
+      <c r="AI21" s="172"/>
+      <c r="AJ21" s="172"/>
       <c r="AK21" s="39"/>
       <c r="AL21" s="39" t="str">
         <f ca="1">IF('Textes FR-DE'!$B$5=1,"",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),19)&amp;" :")</f>
-        <v>UID-Nr :</v>
+        <v>N°IDE :</v>
       </c>
       <c r="AM21" s="39"/>
       <c r="AN21" s="43"/>
       <c r="AO21" s="43"/>
-      <c r="AP21" s="148"/>
-[...5 lines deleted...]
-      <c r="AV21" s="148"/>
+      <c r="AP21" s="173"/>
+      <c r="AQ21" s="173"/>
+      <c r="AR21" s="173"/>
+      <c r="AS21" s="173"/>
+      <c r="AT21" s="173"/>
+      <c r="AU21" s="173"/>
+      <c r="AV21" s="173"/>
       <c r="AW21" s="44"/>
       <c r="AX21" s="44"/>
       <c r="AY21" s="44"/>
       <c r="AZ21" s="39"/>
       <c r="BA21" s="39"/>
       <c r="BB21" s="39"/>
       <c r="BC21" s="39"/>
       <c r="BD21" s="39"/>
       <c r="BE21" s="39"/>
       <c r="BF21" s="24"/>
     </row>
-    <row r="22" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="45"/>
       <c r="C22" s="46"/>
       <c r="D22" s="46"/>
       <c r="E22" s="46"/>
       <c r="F22" s="46"/>
       <c r="G22" s="46"/>
       <c r="H22" s="46"/>
       <c r="I22" s="46"/>
       <c r="J22" s="46"/>
       <c r="K22" s="46"/>
       <c r="L22" s="44"/>
       <c r="M22" s="44"/>
       <c r="N22" s="44"/>
       <c r="O22" s="44"/>
       <c r="P22" s="44"/>
       <c r="Q22" s="44"/>
       <c r="R22" s="44"/>
       <c r="S22" s="44"/>
       <c r="T22" s="44"/>
       <c r="U22" s="44"/>
       <c r="V22" s="44"/>
       <c r="W22" s="44"/>
       <c r="X22" s="44"/>
       <c r="Y22" s="44"/>
       <c r="Z22" s="44"/>
@@ -7650,211 +7786,211 @@
       <c r="AH22" s="44"/>
       <c r="AI22" s="44"/>
       <c r="AJ22" s="44"/>
       <c r="AK22" s="47"/>
       <c r="AL22" s="47"/>
       <c r="AM22" s="47"/>
       <c r="AN22" s="44"/>
       <c r="AO22" s="44"/>
       <c r="AP22" s="44"/>
       <c r="AQ22" s="44"/>
       <c r="AR22" s="44"/>
       <c r="AS22" s="44"/>
       <c r="AT22" s="44"/>
       <c r="AU22" s="44"/>
       <c r="AV22" s="44"/>
       <c r="AW22" s="44"/>
       <c r="AX22" s="44"/>
       <c r="AY22" s="44"/>
       <c r="AZ22" s="47"/>
       <c r="BA22" s="47"/>
       <c r="BB22" s="47"/>
       <c r="BC22" s="47"/>
       <c r="BD22" s="47"/>
       <c r="BE22" s="47"/>
     </row>
-    <row r="23" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="23"/>
       <c r="B23" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),14)&amp;" :"</f>
-        <v>Nachname / Vorname :</v>
+        <v>Nom / Prénom :</v>
       </c>
       <c r="C23" s="38"/>
       <c r="D23" s="38"/>
       <c r="E23" s="38"/>
       <c r="F23" s="38"/>
       <c r="G23" s="38"/>
       <c r="H23" s="38"/>
       <c r="I23" s="38"/>
       <c r="J23" s="38"/>
       <c r="K23" s="46"/>
-      <c r="L23" s="127"/>
-[...23 lines deleted...]
-      <c r="AJ23" s="124"/>
+      <c r="L23" s="133"/>
+      <c r="M23" s="125"/>
+      <c r="N23" s="125"/>
+      <c r="O23" s="125"/>
+      <c r="P23" s="125"/>
+      <c r="Q23" s="125"/>
+      <c r="R23" s="125"/>
+      <c r="S23" s="125"/>
+      <c r="T23" s="125"/>
+      <c r="U23" s="125"/>
+      <c r="V23" s="125"/>
+      <c r="W23" s="125"/>
+      <c r="X23" s="125"/>
+      <c r="Y23" s="125"/>
+      <c r="Z23" s="125"/>
+      <c r="AA23" s="125"/>
+      <c r="AB23" s="125"/>
+      <c r="AC23" s="125"/>
+      <c r="AD23" s="125"/>
+      <c r="AE23" s="125"/>
+      <c r="AF23" s="125"/>
+      <c r="AG23" s="125"/>
+      <c r="AH23" s="125"/>
+      <c r="AI23" s="125"/>
+      <c r="AJ23" s="126"/>
       <c r="AK23" s="39"/>
       <c r="AZ23" s="39"/>
       <c r="BA23" s="39"/>
       <c r="BB23" s="39"/>
       <c r="BC23" s="39"/>
       <c r="BD23" s="39"/>
       <c r="BE23" s="39"/>
       <c r="BF23" s="24"/>
     </row>
-    <row r="24" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="23"/>
       <c r="B24" s="34"/>
       <c r="C24" s="38"/>
       <c r="D24" s="38"/>
       <c r="E24" s="38"/>
       <c r="F24" s="38"/>
       <c r="G24" s="38"/>
       <c r="H24" s="38"/>
       <c r="I24" s="38"/>
       <c r="J24" s="38"/>
       <c r="K24" s="46"/>
       <c r="L24" s="48"/>
       <c r="M24" s="48"/>
       <c r="N24" s="48"/>
       <c r="O24" s="48"/>
       <c r="P24" s="49"/>
       <c r="Q24" s="49"/>
       <c r="R24" s="49"/>
       <c r="S24" s="49"/>
       <c r="T24" s="49"/>
       <c r="U24" s="49"/>
       <c r="V24" s="49"/>
       <c r="W24" s="49"/>
       <c r="X24" s="49"/>
       <c r="Y24" s="49"/>
       <c r="Z24" s="49"/>
       <c r="AA24" s="49"/>
       <c r="AB24" s="49"/>
       <c r="AC24" s="49"/>
       <c r="AD24" s="49"/>
       <c r="AE24" s="49"/>
       <c r="AF24" s="49"/>
       <c r="AG24" s="49"/>
       <c r="AH24" s="49"/>
       <c r="AI24" s="49"/>
       <c r="AJ24" s="49"/>
       <c r="AK24" s="39"/>
       <c r="AZ24" s="39"/>
       <c r="BA24" s="39"/>
       <c r="BB24" s="39"/>
       <c r="BC24" s="39"/>
       <c r="BD24" s="39"/>
       <c r="BE24" s="39"/>
       <c r="BF24" s="24"/>
     </row>
-    <row r="25" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="23"/>
       <c r="B25" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),17)&amp;" :"</f>
-        <v>PLZ :</v>
+        <v>NPA :</v>
       </c>
       <c r="C25" s="38"/>
       <c r="D25" s="38"/>
       <c r="E25" s="38"/>
       <c r="F25" s="38"/>
       <c r="G25" s="38"/>
       <c r="H25" s="38"/>
       <c r="I25" s="38"/>
       <c r="J25" s="38"/>
       <c r="K25" s="25"/>
-      <c r="L25" s="127"/>
-[...2 lines deleted...]
-      <c r="O25" s="124"/>
+      <c r="L25" s="133"/>
+      <c r="M25" s="125"/>
+      <c r="N25" s="125"/>
+      <c r="O25" s="126"/>
       <c r="P25" s="50"/>
       <c r="Q25" s="25"/>
       <c r="R25" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),18)&amp;" :"</f>
-        <v>Ort :</v>
+        <v>Lieu :</v>
       </c>
       <c r="S25" s="34"/>
       <c r="T25" s="47"/>
-      <c r="U25" s="127"/>
-[...14 lines deleted...]
-      <c r="AJ25" s="124"/>
+      <c r="U25" s="133"/>
+      <c r="V25" s="125"/>
+      <c r="W25" s="125"/>
+      <c r="X25" s="125"/>
+      <c r="Y25" s="125"/>
+      <c r="Z25" s="125"/>
+      <c r="AA25" s="125"/>
+      <c r="AB25" s="125"/>
+      <c r="AC25" s="125"/>
+      <c r="AD25" s="125"/>
+      <c r="AE25" s="125"/>
+      <c r="AF25" s="125"/>
+      <c r="AG25" s="125"/>
+      <c r="AH25" s="125"/>
+      <c r="AI25" s="125"/>
+      <c r="AJ25" s="126"/>
       <c r="AK25" s="39"/>
       <c r="AL25" s="39"/>
       <c r="AM25" s="39"/>
       <c r="AN25" s="39"/>
       <c r="AO25" s="39"/>
       <c r="AP25" s="39"/>
       <c r="AQ25" s="39"/>
       <c r="AR25" s="39"/>
       <c r="AS25" s="39"/>
       <c r="AT25" s="39"/>
       <c r="AU25" s="39"/>
       <c r="AV25" s="39"/>
       <c r="AW25" s="39"/>
       <c r="AX25" s="39"/>
       <c r="AY25" s="39"/>
       <c r="AZ25" s="39"/>
       <c r="BA25" s="39"/>
       <c r="BB25" s="24"/>
       <c r="BC25" s="25"/>
       <c r="BD25" s="25"/>
       <c r="BE25" s="25"/>
     </row>
-    <row r="26" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="23"/>
       <c r="B26" s="34"/>
       <c r="C26" s="38"/>
       <c r="D26" s="38"/>
       <c r="E26" s="38"/>
       <c r="F26" s="38"/>
       <c r="G26" s="38"/>
       <c r="H26" s="38"/>
       <c r="I26" s="38"/>
       <c r="J26" s="38"/>
       <c r="K26" s="25"/>
       <c r="L26" s="51"/>
       <c r="M26" s="51"/>
       <c r="N26" s="51"/>
       <c r="O26" s="51"/>
       <c r="P26" s="51"/>
       <c r="Q26" s="51"/>
       <c r="R26" s="51"/>
       <c r="S26" s="51"/>
       <c r="T26" s="51"/>
       <c r="U26" s="25"/>
       <c r="V26" s="45"/>
       <c r="X26" s="47"/>
       <c r="Y26" s="52"/>
       <c r="Z26" s="52"/>
@@ -7869,118 +8005,118 @@
       <c r="AI26" s="52"/>
       <c r="AJ26" s="52"/>
       <c r="AK26" s="39"/>
       <c r="AL26" s="39"/>
       <c r="AM26" s="39"/>
       <c r="AN26" s="39"/>
       <c r="AO26" s="39"/>
       <c r="AP26" s="39"/>
       <c r="AQ26" s="39"/>
       <c r="AR26" s="39"/>
       <c r="AS26" s="39"/>
       <c r="AT26" s="39"/>
       <c r="AU26" s="39"/>
       <c r="AV26" s="39"/>
       <c r="AW26" s="39"/>
       <c r="AX26" s="39"/>
       <c r="AY26" s="39"/>
       <c r="AZ26" s="39"/>
       <c r="BA26" s="39"/>
       <c r="BB26" s="39"/>
       <c r="BC26" s="39"/>
       <c r="BD26" s="39"/>
       <c r="BE26" s="39"/>
       <c r="BF26" s="24"/>
     </row>
-    <row r="27" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="23"/>
       <c r="B27" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),20)&amp;" :"</f>
-        <v>Tel. :</v>
+        <v>Tél. :</v>
       </c>
       <c r="C27" s="38"/>
       <c r="D27" s="38"/>
       <c r="E27" s="38"/>
       <c r="F27" s="38"/>
       <c r="G27" s="38"/>
       <c r="H27" s="38"/>
       <c r="I27" s="38"/>
       <c r="J27" s="38"/>
       <c r="K27" s="38"/>
-      <c r="L27" s="143"/>
-[...9 lines deleted...]
-      <c r="V27" s="145"/>
+      <c r="L27" s="175"/>
+      <c r="M27" s="176"/>
+      <c r="N27" s="176"/>
+      <c r="O27" s="176"/>
+      <c r="P27" s="176"/>
+      <c r="Q27" s="176"/>
+      <c r="R27" s="176"/>
+      <c r="S27" s="176"/>
+      <c r="T27" s="176"/>
+      <c r="U27" s="176"/>
+      <c r="V27" s="177"/>
       <c r="W27" s="53" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),22)</f>
-        <v>* Erfassungsformat: 0271234567</v>
+        <v>* format de saisie 0271234567</v>
       </c>
       <c r="X27" s="39"/>
       <c r="Y27" s="39"/>
       <c r="Z27" s="39"/>
       <c r="AA27" s="39"/>
       <c r="AB27" s="39"/>
       <c r="AC27" s="39"/>
       <c r="AD27" s="39"/>
       <c r="AE27" s="39"/>
       <c r="AF27" s="39"/>
       <c r="AG27" s="39"/>
       <c r="AH27" s="39"/>
       <c r="AI27" s="39"/>
       <c r="AJ27" s="39"/>
       <c r="AK27" s="39"/>
       <c r="AL27" s="39"/>
       <c r="AM27" s="39"/>
       <c r="AN27" s="39"/>
       <c r="AO27" s="39"/>
       <c r="AP27" s="39"/>
       <c r="AQ27" s="39"/>
       <c r="AR27" s="39"/>
       <c r="AS27" s="39"/>
       <c r="AT27" s="39"/>
       <c r="AU27" s="39"/>
       <c r="AV27" s="39"/>
       <c r="AW27" s="39"/>
       <c r="AX27" s="39"/>
       <c r="AY27" s="39"/>
       <c r="AZ27" s="39"/>
       <c r="BA27" s="39"/>
       <c r="BB27" s="39"/>
       <c r="BC27" s="39"/>
       <c r="BD27" s="39"/>
       <c r="BE27" s="39"/>
       <c r="BF27" s="39"/>
       <c r="BG27" s="24"/>
     </row>
-    <row r="28" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="23"/>
       <c r="B28" s="34"/>
       <c r="C28" s="38"/>
       <c r="D28" s="38"/>
       <c r="E28" s="38"/>
       <c r="F28" s="38"/>
       <c r="G28" s="38"/>
       <c r="H28" s="38"/>
       <c r="I28" s="38"/>
       <c r="J28" s="38"/>
       <c r="K28" s="38"/>
       <c r="L28" s="54"/>
       <c r="M28" s="54"/>
       <c r="N28" s="54"/>
       <c r="O28" s="54"/>
       <c r="P28" s="54"/>
       <c r="Q28" s="54"/>
       <c r="R28" s="54"/>
       <c r="S28" s="54"/>
       <c r="T28" s="54"/>
       <c r="U28" s="54"/>
       <c r="V28" s="54"/>
       <c r="W28" s="53"/>
       <c r="X28" s="39"/>
       <c r="Y28" s="39"/>
@@ -7997,130 +8133,130 @@
       <c r="AJ28" s="39"/>
       <c r="AK28" s="39"/>
       <c r="AL28" s="39"/>
       <c r="AM28" s="39"/>
       <c r="AN28" s="39"/>
       <c r="AO28" s="39"/>
       <c r="AP28" s="39"/>
       <c r="AQ28" s="39"/>
       <c r="AR28" s="39"/>
       <c r="AS28" s="39"/>
       <c r="AT28" s="39"/>
       <c r="AU28" s="39"/>
       <c r="AV28" s="39"/>
       <c r="AW28" s="39"/>
       <c r="AX28" s="39"/>
       <c r="AY28" s="39"/>
       <c r="AZ28" s="39"/>
       <c r="BA28" s="39"/>
       <c r="BB28" s="39"/>
       <c r="BC28" s="39"/>
       <c r="BD28" s="39"/>
       <c r="BE28" s="39"/>
       <c r="BF28" s="39"/>
       <c r="BG28" s="24"/>
     </row>
-    <row r="29" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="23"/>
       <c r="B29" s="34" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),21)&amp;" :"</f>
         <v>E-mail :</v>
       </c>
       <c r="C29" s="38"/>
       <c r="D29" s="38"/>
       <c r="E29" s="38"/>
       <c r="F29" s="38"/>
       <c r="G29" s="38"/>
       <c r="H29" s="38"/>
       <c r="I29" s="38"/>
       <c r="J29" s="38"/>
       <c r="K29" s="38"/>
-      <c r="L29" s="122"/>
-[...24 lines deleted...]
-      <c r="AK29" s="125" t="str">
+      <c r="L29" s="124"/>
+      <c r="M29" s="125"/>
+      <c r="N29" s="125"/>
+      <c r="O29" s="125"/>
+      <c r="P29" s="125"/>
+      <c r="Q29" s="125"/>
+      <c r="R29" s="125"/>
+      <c r="S29" s="125"/>
+      <c r="T29" s="125"/>
+      <c r="U29" s="125"/>
+      <c r="V29" s="125"/>
+      <c r="W29" s="125"/>
+      <c r="X29" s="125"/>
+      <c r="Y29" s="125"/>
+      <c r="Z29" s="125"/>
+      <c r="AA29" s="125"/>
+      <c r="AB29" s="125"/>
+      <c r="AC29" s="125"/>
+      <c r="AD29" s="125"/>
+      <c r="AE29" s="125"/>
+      <c r="AF29" s="125"/>
+      <c r="AG29" s="125"/>
+      <c r="AH29" s="125"/>
+      <c r="AI29" s="125"/>
+      <c r="AJ29" s="126"/>
+      <c r="AK29" s="131" t="str">
         <f ca="1">IF(L29="",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),24),IF(
   AND(
     (LEN(L29)-LEN(SUBSTITUTE(L29,"@","")))=1,
     IFERROR(FIND("@",L29),0)&gt;1,
     IFERROR(MID(L29,IFERROR(FIND("@",L29),0)-1,1)&lt;&gt;".",FALSE),
     IFERROR(MID(L29,IFERROR(FIND("@",L29),0)+1,1)&lt;&gt;".",FALSE),
     IFERROR(SEARCH(".",L29,IFERROR(FIND("@",L29),0)+2),0)&gt;0,
     IFERROR(LEN(L29)-FIND("#",SUBSTITUTE(L29,".","#",LEN(L29)-LEN(SUBSTITUTE(L29,".",""))))&gt;=2,FALSE),
     ISERROR(SEARCH(" ",L29))
   ),
   "",
   INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),23)
 ))</f>
-        <v>* Erfassungsformat: xyz@abc.ch</v>
-[...21 lines deleted...]
-      <c r="BF29" s="126"/>
+        <v>* format de saisie xyz@abc.ch</v>
+      </c>
+      <c r="AL29" s="132"/>
+      <c r="AM29" s="132"/>
+      <c r="AN29" s="132"/>
+      <c r="AO29" s="132"/>
+      <c r="AP29" s="132"/>
+      <c r="AQ29" s="132"/>
+      <c r="AR29" s="132"/>
+      <c r="AS29" s="132"/>
+      <c r="AT29" s="132"/>
+      <c r="AU29" s="132"/>
+      <c r="AV29" s="132"/>
+      <c r="AW29" s="132"/>
+      <c r="AX29" s="132"/>
+      <c r="AY29" s="132"/>
+      <c r="AZ29" s="132"/>
+      <c r="BA29" s="132"/>
+      <c r="BB29" s="132"/>
+      <c r="BC29" s="132"/>
+      <c r="BD29" s="132"/>
+      <c r="BE29" s="132"/>
+      <c r="BF29" s="132"/>
       <c r="BG29" s="24"/>
     </row>
-    <row r="30" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="23"/>
       <c r="B30" s="34"/>
       <c r="C30" s="38"/>
       <c r="D30" s="38"/>
       <c r="E30" s="38"/>
       <c r="F30" s="38"/>
       <c r="G30" s="38"/>
       <c r="H30" s="38"/>
       <c r="I30" s="38"/>
       <c r="J30" s="38"/>
       <c r="K30" s="38"/>
       <c r="L30" s="88"/>
       <c r="M30" s="89"/>
       <c r="N30" s="89"/>
       <c r="O30" s="89"/>
       <c r="P30" s="89"/>
       <c r="Q30" s="89"/>
       <c r="R30" s="89"/>
       <c r="S30" s="89"/>
       <c r="T30" s="89"/>
       <c r="U30" s="89"/>
       <c r="V30" s="89"/>
       <c r="W30" s="89"/>
       <c r="X30" s="89"/>
       <c r="Y30" s="89"/>
@@ -8137,57 +8273,57 @@
       <c r="AJ30" s="89"/>
       <c r="AK30" s="55"/>
       <c r="AL30" s="55"/>
       <c r="AM30" s="55"/>
       <c r="AN30" s="55"/>
       <c r="AO30" s="55"/>
       <c r="AP30" s="55"/>
       <c r="AQ30" s="55"/>
       <c r="AR30" s="55"/>
       <c r="AS30" s="55"/>
       <c r="AT30" s="55"/>
       <c r="AU30" s="55"/>
       <c r="AV30" s="55"/>
       <c r="AW30" s="55"/>
       <c r="AX30" s="55"/>
       <c r="AY30" s="55"/>
       <c r="AZ30" s="55"/>
       <c r="BA30" s="55"/>
       <c r="BB30" s="55"/>
       <c r="BC30" s="55"/>
       <c r="BD30" s="55"/>
       <c r="BE30" s="55"/>
       <c r="BF30" s="55"/>
       <c r="BG30" s="24"/>
     </row>
-    <row r="31" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="23"/>
       <c r="B31" s="34"/>
       <c r="C31" s="38"/>
       <c r="D31" s="97" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),76)</f>
-        <v>Hiermit erteile ich der DEWK die Erlaubnis, meine Daten (Anlagennummer, Firmenname, E-Mail) an Personen/Organisationen weiterzugeben</v>
+        <v>J’autorise le SEFH à transmettre ou publier mes données (n° d’installation, nom de l’entreprise, e-mail) aux personnes / entités intéressées</v>
       </c>
       <c r="E31" s="38"/>
       <c r="F31" s="38"/>
       <c r="G31" s="38"/>
       <c r="H31" s="38"/>
       <c r="I31" s="38"/>
       <c r="J31" s="38"/>
       <c r="K31" s="46"/>
       <c r="L31" s="88"/>
       <c r="M31" s="89"/>
       <c r="N31" s="89"/>
       <c r="O31" s="89"/>
       <c r="P31" s="89"/>
       <c r="Q31" s="89"/>
       <c r="R31" s="89"/>
       <c r="S31" s="89"/>
       <c r="T31" s="89"/>
       <c r="U31" s="89"/>
       <c r="V31" s="89"/>
       <c r="W31" s="89"/>
       <c r="X31" s="89"/>
       <c r="Y31" s="89"/>
       <c r="Z31" s="89"/>
       <c r="AA31" s="89"/>
       <c r="AB31" s="89"/>
@@ -8201,57 +8337,57 @@
       <c r="AJ31" s="89"/>
       <c r="AK31" s="55"/>
       <c r="AL31" s="55"/>
       <c r="AM31" s="55"/>
       <c r="AN31" s="55"/>
       <c r="AO31" s="55"/>
       <c r="AP31" s="55"/>
       <c r="AQ31" s="55"/>
       <c r="AR31" s="55"/>
       <c r="AS31" s="55"/>
       <c r="AT31" s="55"/>
       <c r="AU31" s="55"/>
       <c r="AV31" s="55"/>
       <c r="AW31" s="55"/>
       <c r="AX31" s="55"/>
       <c r="AY31" s="55"/>
       <c r="AZ31" s="55"/>
       <c r="BA31" s="55"/>
       <c r="BB31" s="55"/>
       <c r="BC31" s="55"/>
       <c r="BD31" s="55"/>
       <c r="BE31" s="55"/>
       <c r="BF31" s="55"/>
       <c r="BG31" s="24"/>
     </row>
-    <row r="32" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="23"/>
       <c r="B32" s="34"/>
       <c r="C32" s="38"/>
       <c r="D32" s="97" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),77)</f>
-        <v>oder zu veröffentlichen, die an einer Beteiligung interessiert sind. Die Erlaubnis kann jederzeit schriftlich widerrufen werden.</v>
+        <v>à une participation. Cette autorisation peut être révoquée en tout temps par écrit.</v>
       </c>
       <c r="E32" s="38"/>
       <c r="F32" s="38"/>
       <c r="G32" s="38"/>
       <c r="H32" s="38"/>
       <c r="I32" s="38"/>
       <c r="J32" s="38"/>
       <c r="K32" s="46"/>
       <c r="L32" s="88"/>
       <c r="M32" s="89"/>
       <c r="N32" s="89"/>
       <c r="O32" s="89"/>
       <c r="P32" s="89"/>
       <c r="Q32" s="89"/>
       <c r="R32" s="89"/>
       <c r="S32" s="89"/>
       <c r="T32" s="89"/>
       <c r="U32" s="89"/>
       <c r="V32" s="89"/>
       <c r="W32" s="89"/>
       <c r="X32" s="89"/>
       <c r="Y32" s="89"/>
       <c r="Z32" s="89"/>
       <c r="AA32" s="89"/>
       <c r="AB32" s="89"/>
@@ -8265,51 +8401,51 @@
       <c r="AJ32" s="89"/>
       <c r="AK32" s="55"/>
       <c r="AL32" s="55"/>
       <c r="AM32" s="55"/>
       <c r="AN32" s="55"/>
       <c r="AO32" s="55"/>
       <c r="AP32" s="55"/>
       <c r="AQ32" s="55"/>
       <c r="AR32" s="55"/>
       <c r="AS32" s="55"/>
       <c r="AT32" s="55"/>
       <c r="AU32" s="55"/>
       <c r="AV32" s="55"/>
       <c r="AW32" s="55"/>
       <c r="AX32" s="55"/>
       <c r="AY32" s="55"/>
       <c r="AZ32" s="55"/>
       <c r="BA32" s="55"/>
       <c r="BB32" s="55"/>
       <c r="BC32" s="55"/>
       <c r="BD32" s="55"/>
       <c r="BE32" s="55"/>
       <c r="BF32" s="55"/>
       <c r="BG32" s="24"/>
     </row>
-    <row r="33" spans="1:58" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:58" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="23"/>
       <c r="B33" s="56"/>
       <c r="C33" s="56"/>
       <c r="D33" s="56"/>
       <c r="E33" s="56"/>
       <c r="F33" s="56"/>
       <c r="G33" s="56"/>
       <c r="H33" s="56"/>
       <c r="I33" s="56"/>
       <c r="J33" s="56"/>
       <c r="K33" s="56"/>
       <c r="L33" s="56"/>
       <c r="M33" s="56"/>
       <c r="N33" s="56"/>
       <c r="O33" s="56"/>
       <c r="P33" s="56"/>
       <c r="Q33" s="56"/>
       <c r="R33" s="56"/>
       <c r="S33" s="56"/>
       <c r="T33" s="56"/>
       <c r="U33" s="57"/>
       <c r="V33" s="56"/>
       <c r="W33" s="56"/>
       <c r="X33" s="56"/>
       <c r="Y33" s="56"/>
@@ -8325,55 +8461,55 @@
       <c r="AI33" s="56"/>
       <c r="AJ33" s="56"/>
       <c r="AK33" s="56"/>
       <c r="AL33" s="56"/>
       <c r="AM33" s="56"/>
       <c r="AN33" s="56"/>
       <c r="AO33" s="56"/>
       <c r="AP33" s="56"/>
       <c r="AQ33" s="56"/>
       <c r="AR33" s="56"/>
       <c r="AS33" s="56"/>
       <c r="AT33" s="56"/>
       <c r="AU33" s="56"/>
       <c r="AV33" s="56"/>
       <c r="AW33" s="56"/>
       <c r="AX33" s="56"/>
       <c r="AY33" s="56"/>
       <c r="AZ33" s="56"/>
       <c r="BA33" s="56"/>
       <c r="BB33" s="56"/>
       <c r="BC33" s="56"/>
       <c r="BD33" s="56"/>
       <c r="BE33" s="56"/>
       <c r="BF33" s="24"/>
     </row>
-    <row r="34" spans="1:58" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:58" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="23"/>
       <c r="B34" s="31" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),25)</f>
-        <v>Technische Daten der PV-Anlage</v>
+        <v>Données techniques de l'installation PV</v>
       </c>
       <c r="C34" s="38"/>
       <c r="D34" s="38"/>
       <c r="E34" s="38"/>
       <c r="F34" s="38"/>
       <c r="G34" s="38"/>
       <c r="H34" s="38"/>
       <c r="I34" s="38"/>
       <c r="J34" s="38"/>
       <c r="K34" s="38"/>
       <c r="L34" s="38"/>
       <c r="M34" s="38"/>
       <c r="N34" s="38"/>
       <c r="O34" s="38"/>
       <c r="P34" s="38"/>
       <c r="Q34" s="38"/>
       <c r="R34" s="38"/>
       <c r="S34" s="39"/>
       <c r="T34" s="39"/>
       <c r="U34" s="39"/>
       <c r="V34" s="39"/>
       <c r="W34" s="39"/>
       <c r="X34" s="39"/>
       <c r="Y34" s="39"/>
       <c r="Z34" s="39"/>
@@ -8387,51 +8523,51 @@
       <c r="AH34" s="39"/>
       <c r="AI34" s="39"/>
       <c r="AJ34" s="39"/>
       <c r="AK34" s="39"/>
       <c r="AL34" s="39"/>
       <c r="AM34" s="39"/>
       <c r="AN34" s="39"/>
       <c r="AO34" s="39"/>
       <c r="AP34" s="39"/>
       <c r="AQ34" s="39"/>
       <c r="AR34" s="39"/>
       <c r="AS34" s="39"/>
       <c r="AT34" s="39"/>
       <c r="AU34" s="39"/>
       <c r="AV34" s="39"/>
       <c r="AW34" s="39"/>
       <c r="AX34" s="39"/>
       <c r="AY34" s="39"/>
       <c r="BA34" s="58"/>
       <c r="BB34" s="39"/>
       <c r="BC34" s="39"/>
       <c r="BD34" s="39"/>
       <c r="BE34" s="39"/>
       <c r="BF34" s="24"/>
     </row>
-    <row r="35" spans="1:58" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:58" ht="5.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="23"/>
       <c r="B35" s="59"/>
       <c r="C35" s="38"/>
       <c r="D35" s="38"/>
       <c r="E35" s="38"/>
       <c r="F35" s="38"/>
       <c r="G35" s="38"/>
       <c r="H35" s="38"/>
       <c r="I35" s="38"/>
       <c r="J35" s="38"/>
       <c r="K35" s="38"/>
       <c r="L35" s="38"/>
       <c r="M35" s="38"/>
       <c r="N35" s="38"/>
       <c r="O35" s="38"/>
       <c r="P35" s="38"/>
       <c r="Q35" s="38"/>
       <c r="R35" s="38"/>
       <c r="S35" s="38"/>
       <c r="T35" s="38"/>
       <c r="U35" s="38"/>
       <c r="V35" s="38"/>
       <c r="W35" s="38"/>
       <c r="X35" s="38"/>
       <c r="Y35" s="38"/>
@@ -8447,260 +8583,260 @@
       <c r="AI35" s="38"/>
       <c r="AJ35" s="38"/>
       <c r="AK35" s="38"/>
       <c r="AL35" s="38"/>
       <c r="AM35" s="38"/>
       <c r="AN35" s="38"/>
       <c r="AO35" s="38"/>
       <c r="AP35" s="38"/>
       <c r="AQ35" s="38"/>
       <c r="AR35" s="38"/>
       <c r="AS35" s="38"/>
       <c r="AT35" s="38"/>
       <c r="AU35" s="38"/>
       <c r="AV35" s="38"/>
       <c r="AW35" s="38"/>
       <c r="AX35" s="38"/>
       <c r="AY35" s="38"/>
       <c r="AZ35" s="58"/>
       <c r="BA35" s="38"/>
       <c r="BB35" s="38"/>
       <c r="BC35" s="38"/>
       <c r="BD35" s="38"/>
       <c r="BE35" s="38"/>
       <c r="BF35" s="24"/>
     </row>
-    <row r="36" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="23"/>
       <c r="B36" s="46" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),28)&amp;" :"</f>
-        <v>Anzahl Module :</v>
+        <v>Nbre de modules :</v>
       </c>
       <c r="C36" s="46"/>
       <c r="D36" s="46"/>
       <c r="E36" s="46"/>
       <c r="F36" s="46"/>
       <c r="G36" s="46"/>
       <c r="H36" s="46"/>
       <c r="I36" s="46"/>
-      <c r="J36" s="214"/>
-[...1 lines deleted...]
-      <c r="L36" s="216"/>
+      <c r="J36" s="128"/>
+      <c r="K36" s="129"/>
+      <c r="L36" s="130"/>
       <c r="M36" s="60"/>
       <c r="N36" s="60"/>
       <c r="O36" s="60"/>
       <c r="P36" s="60"/>
       <c r="Q36" s="47"/>
       <c r="R36" s="47"/>
       <c r="S36" s="47"/>
       <c r="T36" s="47"/>
       <c r="U36" s="61" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),29)&amp;" :"</f>
-        <v>Modulleistung :</v>
-[...3 lines deleted...]
-      <c r="X36" s="139"/>
+        <v>Puissance unitaire :</v>
+      </c>
+      <c r="V36" s="143"/>
+      <c r="W36" s="144"/>
+      <c r="X36" s="145"/>
       <c r="Y36" s="47" t="str">
         <f ca="1">" "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),45)</f>
-        <v xml:space="preserve"> [Wp]</v>
+        <v xml:space="preserve"> [W]</v>
       </c>
       <c r="Z36" s="47"/>
       <c r="AA36" s="47"/>
       <c r="AB36" s="47"/>
       <c r="AC36" s="47"/>
       <c r="AD36" s="47"/>
       <c r="AE36" s="47"/>
       <c r="AF36" s="47"/>
       <c r="AG36" s="47"/>
       <c r="AH36" s="47"/>
       <c r="AI36" s="47"/>
       <c r="AJ36" s="47"/>
       <c r="AK36" s="61" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),30)&amp;" :"</f>
-        <v>Gesamtleistung :</v>
-[...1 lines deleted...]
-      <c r="AL36" s="201">
+        <v>Puissance totale :</v>
+      </c>
+      <c r="AL36" s="146">
         <f>MROUND(J36*V36/1000,0.01)</f>
         <v>0</v>
       </c>
-      <c r="AM36" s="202"/>
-[...2 lines deleted...]
-      <c r="AP36" s="203"/>
+      <c r="AM36" s="147"/>
+      <c r="AN36" s="147"/>
+      <c r="AO36" s="147"/>
+      <c r="AP36" s="148"/>
       <c r="AQ36" s="39" t="str">
         <f ca="1">" "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),44)</f>
-        <v xml:space="preserve"> [kWp]</v>
+        <v xml:space="preserve"> [kWc]</v>
       </c>
       <c r="AR36" s="39"/>
       <c r="AS36" s="39"/>
       <c r="AT36" s="39"/>
       <c r="AU36" s="39"/>
       <c r="AV36" s="39"/>
       <c r="AW36" s="39"/>
       <c r="AX36" s="39"/>
       <c r="AY36" s="39"/>
       <c r="AZ36" s="39"/>
       <c r="BA36" s="39"/>
       <c r="BB36" s="39"/>
       <c r="BC36" s="39"/>
       <c r="BD36" s="24"/>
       <c r="BE36" s="25"/>
     </row>
-    <row r="37" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="23"/>
       <c r="B37" s="46"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="47"/>
       <c r="H37" s="47"/>
       <c r="I37" s="47"/>
       <c r="J37" s="46"/>
       <c r="K37" s="46"/>
       <c r="L37" s="46"/>
       <c r="M37" s="46"/>
       <c r="N37" s="46"/>
       <c r="O37" s="46"/>
       <c r="P37" s="46"/>
       <c r="Q37" s="46"/>
       <c r="R37" s="46"/>
       <c r="S37" s="46"/>
       <c r="T37" s="61"/>
-      <c r="U37" s="213"/>
-[...18 lines deleted...]
-      <c r="AN37" s="213"/>
+      <c r="U37" s="127"/>
+      <c r="V37" s="127"/>
+      <c r="W37" s="127"/>
+      <c r="X37" s="127"/>
+      <c r="Y37" s="127"/>
+      <c r="Z37" s="127"/>
+      <c r="AA37" s="127"/>
+      <c r="AB37" s="127"/>
+      <c r="AC37" s="127"/>
+      <c r="AD37" s="127"/>
+      <c r="AE37" s="127"/>
+      <c r="AF37" s="127"/>
+      <c r="AG37" s="127"/>
+      <c r="AH37" s="127"/>
+      <c r="AI37" s="127"/>
+      <c r="AJ37" s="127"/>
+      <c r="AK37" s="127"/>
+      <c r="AL37" s="127"/>
+      <c r="AM37" s="127"/>
+      <c r="AN37" s="127"/>
       <c r="AP37" s="23"/>
       <c r="AQ37" s="23"/>
       <c r="AR37" s="23"/>
       <c r="AS37" s="23"/>
       <c r="AT37" s="23"/>
       <c r="AU37" s="23"/>
       <c r="AV37" s="23"/>
       <c r="AW37" s="23"/>
       <c r="AX37" s="23"/>
       <c r="AY37" s="23"/>
       <c r="AZ37" s="23"/>
       <c r="BA37" s="23"/>
       <c r="BB37" s="23"/>
       <c r="BC37" s="23"/>
       <c r="BD37" s="23"/>
       <c r="BE37" s="23"/>
       <c r="BF37" s="24"/>
     </row>
-    <row r="38" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A38" s="23"/>
       <c r="B38" s="46" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),31)&amp;" :"</f>
-        <v>Simulierte Jahresproduktion :</v>
+        <v>Production annuelle simulée :</v>
       </c>
       <c r="C38" s="46"/>
       <c r="D38" s="46"/>
       <c r="E38" s="46"/>
       <c r="F38" s="46"/>
       <c r="G38" s="46"/>
       <c r="H38" s="46"/>
       <c r="I38" s="46"/>
       <c r="J38" s="46"/>
       <c r="K38" s="46"/>
-      <c r="N38" s="204">
+      <c r="N38" s="153">
         <f>SUM(B43:AW43)</f>
         <v>0</v>
       </c>
-      <c r="O38" s="205"/>
-[...2 lines deleted...]
-      <c r="R38" s="206"/>
+      <c r="O38" s="154"/>
+      <c r="P38" s="154"/>
+      <c r="Q38" s="154"/>
+      <c r="R38" s="155"/>
       <c r="S38" s="47" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="T38" s="47"/>
       <c r="U38" s="47"/>
       <c r="V38" s="47"/>
       <c r="W38" s="47"/>
       <c r="X38" s="47"/>
       <c r="Y38" s="47"/>
       <c r="Z38" s="47"/>
       <c r="AA38" s="47"/>
       <c r="AB38" s="47"/>
       <c r="AC38" s="47"/>
       <c r="AD38" s="47"/>
       <c r="AE38" s="47"/>
       <c r="AF38" s="47"/>
       <c r="AG38" s="47"/>
       <c r="AH38" s="47"/>
       <c r="AI38" s="47"/>
       <c r="AJ38" s="47"/>
       <c r="AK38" s="61" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),46)&amp;" :"</f>
-        <v>Spezifischer Jahresertrag :</v>
-[...1 lines deleted...]
-      <c r="AL38" s="204">
+        <v>Productivité spécifique annuelle :</v>
+      </c>
+      <c r="AL38" s="153">
         <f>IFERROR(N38/AL36,0)</f>
         <v>0</v>
       </c>
-      <c r="AM38" s="205"/>
-      <c r="AN38" s="206"/>
+      <c r="AM38" s="154"/>
+      <c r="AN38" s="155"/>
       <c r="AO38" s="39" t="str">
         <f ca="1">" "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),47)</f>
-        <v xml:space="preserve"> [kWh/kWp]</v>
+        <v xml:space="preserve"> [kWh/kWc]</v>
       </c>
       <c r="AP38" s="39"/>
       <c r="AQ38" s="39"/>
       <c r="AR38" s="39"/>
       <c r="AS38" s="39"/>
       <c r="AT38" s="39"/>
       <c r="AU38" s="39"/>
       <c r="AV38" s="39"/>
       <c r="AW38" s="39"/>
       <c r="AY38" s="39"/>
       <c r="AZ38" s="39"/>
       <c r="BA38" s="39"/>
       <c r="BB38" s="39"/>
       <c r="BC38" s="24"/>
       <c r="BD38" s="25"/>
       <c r="BE38" s="25"/>
     </row>
-    <row r="39" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="23"/>
       <c r="B39" s="46"/>
       <c r="C39" s="47"/>
       <c r="D39" s="47"/>
       <c r="E39" s="47"/>
       <c r="F39" s="47"/>
       <c r="G39" s="47"/>
       <c r="H39" s="47"/>
       <c r="I39" s="47"/>
       <c r="J39" s="46"/>
       <c r="K39" s="46"/>
       <c r="L39" s="46"/>
       <c r="M39" s="46"/>
       <c r="N39" s="46"/>
       <c r="O39" s="46"/>
       <c r="P39" s="46"/>
       <c r="Q39" s="46"/>
       <c r="R39" s="46"/>
       <c r="S39" s="46"/>
       <c r="T39" s="61"/>
       <c r="U39" s="47"/>
       <c r="V39" s="47"/>
       <c r="W39" s="47"/>
       <c r="X39" s="47"/>
       <c r="Y39" s="47"/>
@@ -8715,55 +8851,55 @@
       <c r="AH39" s="47"/>
       <c r="AI39" s="47"/>
       <c r="AJ39" s="47"/>
       <c r="AK39" s="47"/>
       <c r="AL39" s="47"/>
       <c r="AM39" s="47"/>
       <c r="AN39" s="47"/>
       <c r="AP39" s="23"/>
       <c r="AQ39" s="23"/>
       <c r="AR39" s="23"/>
       <c r="AS39" s="23"/>
       <c r="AT39" s="23"/>
       <c r="AU39" s="23"/>
       <c r="AV39" s="23"/>
       <c r="AW39" s="23"/>
       <c r="AX39" s="23"/>
       <c r="AY39" s="23"/>
       <c r="AZ39" s="23"/>
       <c r="BA39" s="23"/>
       <c r="BB39" s="23"/>
       <c r="BC39" s="23"/>
       <c r="BD39" s="23"/>
       <c r="BE39" s="23"/>
       <c r="BF39" s="24"/>
     </row>
-    <row r="40" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A40" s="23"/>
       <c r="B40" s="62" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),48)&amp;" :"</f>
-        <v>Monatsertrag :</v>
+        <v>Production mensuelle :</v>
       </c>
       <c r="C40" s="46"/>
       <c r="D40" s="46"/>
       <c r="E40" s="46"/>
       <c r="F40" s="46"/>
       <c r="G40" s="46"/>
       <c r="H40" s="46"/>
       <c r="I40" s="46"/>
       <c r="J40" s="46"/>
       <c r="K40" s="46"/>
       <c r="L40" s="46"/>
       <c r="M40" s="46"/>
       <c r="N40" s="46"/>
       <c r="O40" s="46"/>
       <c r="P40" s="46"/>
       <c r="Q40" s="46"/>
       <c r="R40" s="46"/>
       <c r="S40" s="47"/>
       <c r="T40" s="47"/>
       <c r="U40" s="47"/>
       <c r="V40" s="47"/>
       <c r="W40" s="47"/>
       <c r="X40" s="47"/>
       <c r="Y40" s="47"/>
       <c r="Z40" s="47"/>
@@ -8778,51 +8914,51 @@
       <c r="AI40" s="47"/>
       <c r="AJ40" s="47"/>
       <c r="AK40" s="47"/>
       <c r="AL40" s="47"/>
       <c r="AM40" s="47"/>
       <c r="AN40" s="47"/>
       <c r="AO40" s="47"/>
       <c r="AP40" s="39"/>
       <c r="AQ40" s="39"/>
       <c r="AR40" s="39"/>
       <c r="AS40" s="39"/>
       <c r="AT40" s="39"/>
       <c r="AU40" s="39"/>
       <c r="AV40" s="39"/>
       <c r="AW40" s="39"/>
       <c r="AX40" s="39"/>
       <c r="AY40" s="39"/>
       <c r="AZ40" s="39"/>
       <c r="BA40" s="39"/>
       <c r="BB40" s="39"/>
       <c r="BC40" s="39"/>
       <c r="BD40" s="39"/>
       <c r="BE40" s="39"/>
       <c r="BF40" s="24"/>
     </row>
-    <row r="41" spans="1:58" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A41" s="23"/>
       <c r="B41" s="62"/>
       <c r="C41" s="46"/>
       <c r="D41" s="46"/>
       <c r="E41" s="46"/>
       <c r="F41" s="46"/>
       <c r="G41" s="46"/>
       <c r="H41" s="46"/>
       <c r="I41" s="46"/>
       <c r="J41" s="46"/>
       <c r="K41" s="46"/>
       <c r="L41" s="46"/>
       <c r="M41" s="46"/>
       <c r="N41" s="46"/>
       <c r="O41" s="46"/>
       <c r="P41" s="46"/>
       <c r="Q41" s="46"/>
       <c r="R41" s="46"/>
       <c r="S41" s="47"/>
       <c r="T41" s="47"/>
       <c r="U41" s="47"/>
       <c r="V41" s="47"/>
       <c r="W41" s="47"/>
       <c r="X41" s="47"/>
       <c r="Y41" s="47"/>
@@ -8838,207 +8974,207 @@
       <c r="AI41" s="47"/>
       <c r="AJ41" s="47"/>
       <c r="AK41" s="47"/>
       <c r="AL41" s="47"/>
       <c r="AM41" s="47"/>
       <c r="AN41" s="47"/>
       <c r="AO41" s="47"/>
       <c r="AP41" s="39"/>
       <c r="AQ41" s="39"/>
       <c r="AR41" s="39"/>
       <c r="AS41" s="39"/>
       <c r="AT41" s="39"/>
       <c r="AU41" s="39"/>
       <c r="AV41" s="39"/>
       <c r="AW41" s="39"/>
       <c r="AX41" s="39"/>
       <c r="AY41" s="39"/>
       <c r="AZ41" s="39"/>
       <c r="BA41" s="39"/>
       <c r="BB41" s="39"/>
       <c r="BC41" s="39"/>
       <c r="BD41" s="39"/>
       <c r="BE41" s="39"/>
       <c r="BF41" s="24"/>
     </row>
-    <row r="42" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="23"/>
-      <c r="B42" s="108" t="str">
+      <c r="B42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),32)</f>
-        <v>Jan.</v>
-[...4 lines deleted...]
-      <c r="F42" s="108" t="str">
+        <v>janv.</v>
+      </c>
+      <c r="C42" s="110"/>
+      <c r="D42" s="110"/>
+      <c r="E42" s="110"/>
+      <c r="F42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),33)</f>
-        <v>Feb.</v>
-[...4 lines deleted...]
-      <c r="J42" s="108" t="str">
+        <v>févr.</v>
+      </c>
+      <c r="G42" s="110"/>
+      <c r="H42" s="110"/>
+      <c r="I42" s="110"/>
+      <c r="J42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),34)</f>
-        <v>März</v>
-[...4 lines deleted...]
-      <c r="N42" s="108" t="str">
+        <v>mars</v>
+      </c>
+      <c r="K42" s="110"/>
+      <c r="L42" s="110"/>
+      <c r="M42" s="110"/>
+      <c r="N42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),35)</f>
-        <v>Apr.</v>
-[...4 lines deleted...]
-      <c r="R42" s="108" t="str">
+        <v>avr.</v>
+      </c>
+      <c r="O42" s="110"/>
+      <c r="P42" s="110"/>
+      <c r="Q42" s="110"/>
+      <c r="R42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),36)</f>
-        <v>Mai</v>
-[...4 lines deleted...]
-      <c r="V42" s="108" t="str">
+        <v>mai</v>
+      </c>
+      <c r="S42" s="110"/>
+      <c r="T42" s="110"/>
+      <c r="U42" s="110"/>
+      <c r="V42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),37)</f>
-        <v>Juni</v>
-[...4 lines deleted...]
-      <c r="Z42" s="108" t="str">
+        <v>juin</v>
+      </c>
+      <c r="W42" s="110"/>
+      <c r="X42" s="110"/>
+      <c r="Y42" s="110"/>
+      <c r="Z42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),38)</f>
-        <v>Juli</v>
-[...4 lines deleted...]
-      <c r="AD42" s="108" t="str">
+        <v>juil.</v>
+      </c>
+      <c r="AA42" s="110"/>
+      <c r="AB42" s="110"/>
+      <c r="AC42" s="110"/>
+      <c r="AD42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),39)</f>
-        <v>Aug.</v>
-[...4 lines deleted...]
-      <c r="AH42" s="108" t="str">
+        <v>août</v>
+      </c>
+      <c r="AE42" s="110"/>
+      <c r="AF42" s="110"/>
+      <c r="AG42" s="110"/>
+      <c r="AH42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),40)</f>
-        <v>Sept.</v>
-[...4 lines deleted...]
-      <c r="AL42" s="108" t="str">
+        <v>sept.</v>
+      </c>
+      <c r="AI42" s="110"/>
+      <c r="AJ42" s="110"/>
+      <c r="AK42" s="110"/>
+      <c r="AL42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),41)</f>
-        <v>Okt.</v>
-[...4 lines deleted...]
-      <c r="AP42" s="108" t="str">
+        <v>oct.</v>
+      </c>
+      <c r="AM42" s="110"/>
+      <c r="AN42" s="110"/>
+      <c r="AO42" s="110"/>
+      <c r="AP42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),42)</f>
-        <v>Nov.</v>
-[...4 lines deleted...]
-      <c r="AT42" s="108" t="str">
+        <v>nov.</v>
+      </c>
+      <c r="AQ42" s="110"/>
+      <c r="AR42" s="110"/>
+      <c r="AS42" s="110"/>
+      <c r="AT42" s="110" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),43)</f>
-        <v>Dez.</v>
-[...11 lines deleted...]
-      <c r="BE42" s="121"/>
+        <v>déc.</v>
+      </c>
+      <c r="AU42" s="110"/>
+      <c r="AV42" s="110"/>
+      <c r="AW42" s="110"/>
+      <c r="AX42" s="123"/>
+      <c r="AY42" s="123"/>
+      <c r="AZ42" s="123"/>
+      <c r="BA42" s="123"/>
+      <c r="BB42" s="123"/>
+      <c r="BC42" s="123"/>
+      <c r="BD42" s="123"/>
+      <c r="BE42" s="123"/>
       <c r="BF42" s="47"/>
     </row>
-    <row r="43" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="23"/>
-      <c r="B43" s="200"/>
-[...46 lines deleted...]
-      <c r="AW43" s="200"/>
+      <c r="B43" s="149"/>
+      <c r="C43" s="149"/>
+      <c r="D43" s="149"/>
+      <c r="E43" s="149"/>
+      <c r="F43" s="149"/>
+      <c r="G43" s="149"/>
+      <c r="H43" s="149"/>
+      <c r="I43" s="149"/>
+      <c r="J43" s="149"/>
+      <c r="K43" s="149"/>
+      <c r="L43" s="149"/>
+      <c r="M43" s="149"/>
+      <c r="N43" s="149"/>
+      <c r="O43" s="149"/>
+      <c r="P43" s="149"/>
+      <c r="Q43" s="149"/>
+      <c r="R43" s="149"/>
+      <c r="S43" s="149"/>
+      <c r="T43" s="149"/>
+      <c r="U43" s="149"/>
+      <c r="V43" s="149"/>
+      <c r="W43" s="149"/>
+      <c r="X43" s="149"/>
+      <c r="Y43" s="149"/>
+      <c r="Z43" s="149"/>
+      <c r="AA43" s="149"/>
+      <c r="AB43" s="149"/>
+      <c r="AC43" s="149"/>
+      <c r="AD43" s="149"/>
+      <c r="AE43" s="149"/>
+      <c r="AF43" s="149"/>
+      <c r="AG43" s="149"/>
+      <c r="AH43" s="149"/>
+      <c r="AI43" s="149"/>
+      <c r="AJ43" s="149"/>
+      <c r="AK43" s="149"/>
+      <c r="AL43" s="149"/>
+      <c r="AM43" s="149"/>
+      <c r="AN43" s="149"/>
+      <c r="AO43" s="149"/>
+      <c r="AP43" s="149"/>
+      <c r="AQ43" s="149"/>
+      <c r="AR43" s="149"/>
+      <c r="AS43" s="149"/>
+      <c r="AT43" s="149"/>
+      <c r="AU43" s="149"/>
+      <c r="AV43" s="149"/>
+      <c r="AW43" s="149"/>
       <c r="AX43" s="39"/>
       <c r="AY43" s="39"/>
       <c r="AZ43" s="39"/>
       <c r="BA43" s="39"/>
       <c r="BB43" s="39"/>
       <c r="BC43" s="39"/>
       <c r="BD43" s="39"/>
       <c r="BE43" s="39"/>
       <c r="BF43" s="24"/>
     </row>
-    <row r="44" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="95"/>
       <c r="C44" s="95"/>
       <c r="D44" s="95"/>
       <c r="E44" s="95"/>
       <c r="F44" s="95"/>
       <c r="G44" s="95"/>
       <c r="H44" s="95"/>
       <c r="I44" s="95"/>
       <c r="J44" s="95"/>
       <c r="K44" s="95"/>
       <c r="L44" s="95"/>
       <c r="M44" s="95"/>
       <c r="N44" s="95"/>
       <c r="O44" s="95"/>
       <c r="P44" s="95"/>
       <c r="Q44" s="95"/>
       <c r="R44" s="95"/>
       <c r="S44" s="95"/>
       <c r="T44" s="95"/>
       <c r="U44" s="95"/>
       <c r="V44" s="95"/>
       <c r="W44" s="95"/>
       <c r="X44" s="95"/>
       <c r="Y44" s="95"/>
       <c r="Z44" s="95"/>
@@ -9052,56 +9188,56 @@
       <c r="AH44" s="95"/>
       <c r="AI44" s="95"/>
       <c r="AJ44" s="95"/>
       <c r="AK44" s="95"/>
       <c r="AL44" s="95"/>
       <c r="AM44" s="95"/>
       <c r="AN44" s="95"/>
       <c r="AO44" s="95"/>
       <c r="AP44" s="95"/>
       <c r="AQ44" s="95"/>
       <c r="AR44" s="95"/>
       <c r="AS44" s="95"/>
       <c r="AT44" s="95"/>
       <c r="AU44" s="95"/>
       <c r="AV44" s="95"/>
       <c r="AW44" s="95"/>
       <c r="AX44" s="47"/>
       <c r="AY44" s="47"/>
       <c r="AZ44" s="47"/>
       <c r="BA44" s="47"/>
       <c r="BB44" s="47"/>
       <c r="BC44" s="47"/>
       <c r="BD44" s="47"/>
       <c r="BE44" s="47"/>
     </row>
-    <row r="45" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="95"/>
       <c r="C45" s="95"/>
       <c r="D45" s="96" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),80)</f>
-        <v>Mit meiner Unterschrift bestätige ich, dass die Anlage zum Zeitpunkt der Unterzeichnung nicht in Betrieb ist.</v>
+        <v>Par ma signature, je certifie que l’installation n’est pas en service à ce jour.</v>
       </c>
       <c r="E45" s="95"/>
       <c r="F45" s="95"/>
       <c r="G45" s="95"/>
       <c r="H45" s="95"/>
       <c r="I45" s="95"/>
       <c r="J45" s="95"/>
       <c r="K45" s="95"/>
       <c r="L45" s="95"/>
       <c r="M45" s="95"/>
       <c r="N45" s="95"/>
       <c r="O45" s="95"/>
       <c r="P45" s="95"/>
       <c r="Q45" s="95"/>
       <c r="R45" s="95"/>
       <c r="S45" s="95"/>
       <c r="T45" s="95"/>
       <c r="U45" s="95"/>
       <c r="V45" s="95"/>
       <c r="W45" s="95"/>
       <c r="X45" s="95"/>
       <c r="Y45" s="95"/>
       <c r="Z45" s="95"/>
       <c r="AA45" s="95"/>
       <c r="AB45" s="95"/>
@@ -9113,1699 +9249,1705 @@
       <c r="AH45" s="95"/>
       <c r="AI45" s="95"/>
       <c r="AJ45" s="95"/>
       <c r="AK45" s="95"/>
       <c r="AL45" s="95"/>
       <c r="AM45" s="95"/>
       <c r="AN45" s="95"/>
       <c r="AO45" s="95"/>
       <c r="AP45" s="95"/>
       <c r="AQ45" s="95"/>
       <c r="AR45" s="95"/>
       <c r="AS45" s="95"/>
       <c r="AT45" s="95"/>
       <c r="AU45" s="95"/>
       <c r="AV45" s="95"/>
       <c r="AW45" s="95"/>
       <c r="AX45" s="47"/>
       <c r="AY45" s="47"/>
       <c r="AZ45" s="47"/>
       <c r="BA45" s="47"/>
       <c r="BB45" s="47"/>
       <c r="BC45" s="47"/>
       <c r="BD45" s="47"/>
       <c r="BE45" s="47"/>
     </row>
-    <row r="46" spans="1:58" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...61 lines deleted...]
-      <c r="B47" s="31" t="str">
+    <row r="46" spans="1:58" ht="5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="95"/>
+      <c r="C46" s="95"/>
+      <c r="D46" s="96"/>
+      <c r="E46" s="95"/>
+      <c r="F46" s="95"/>
+      <c r="G46" s="95"/>
+      <c r="H46" s="95"/>
+      <c r="I46" s="95"/>
+      <c r="J46" s="95"/>
+      <c r="K46" s="95"/>
+      <c r="L46" s="95"/>
+      <c r="M46" s="95"/>
+      <c r="N46" s="95"/>
+      <c r="O46" s="95"/>
+      <c r="P46" s="95"/>
+      <c r="Q46" s="95"/>
+      <c r="R46" s="95"/>
+      <c r="S46" s="95"/>
+      <c r="T46" s="95"/>
+      <c r="U46" s="95"/>
+      <c r="V46" s="95"/>
+      <c r="W46" s="95"/>
+      <c r="X46" s="95"/>
+      <c r="Y46" s="95"/>
+      <c r="Z46" s="95"/>
+      <c r="AA46" s="95"/>
+      <c r="AB46" s="95"/>
+      <c r="AC46" s="95"/>
+      <c r="AD46" s="95"/>
+      <c r="AE46" s="95"/>
+      <c r="AF46" s="95"/>
+      <c r="AG46" s="95"/>
+      <c r="AH46" s="95"/>
+      <c r="AI46" s="95"/>
+      <c r="AJ46" s="95"/>
+      <c r="AK46" s="95"/>
+      <c r="AL46" s="95"/>
+      <c r="AM46" s="95"/>
+      <c r="AN46" s="95"/>
+      <c r="AO46" s="95"/>
+      <c r="AP46" s="95"/>
+      <c r="AQ46" s="95"/>
+      <c r="AR46" s="95"/>
+      <c r="AS46" s="95"/>
+      <c r="AT46" s="95"/>
+      <c r="AU46" s="95"/>
+      <c r="AV46" s="95"/>
+      <c r="AW46" s="95"/>
+      <c r="AX46" s="47"/>
+      <c r="AY46" s="47"/>
+      <c r="AZ46" s="47"/>
+      <c r="BA46" s="47"/>
+      <c r="BB46" s="47"/>
+      <c r="BC46" s="47"/>
+      <c r="BD46" s="47"/>
+      <c r="BE46" s="47"/>
+    </row>
+    <row r="47" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="95"/>
+      <c r="C47" s="95"/>
+      <c r="D47" s="96" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),85)</f>
+        <v xml:space="preserve">Par ma signature, je certifie que le bâtiment n’est pas soumis à une obligation de production propre d'électricité au sens de </v>
+      </c>
+      <c r="E47" s="95"/>
+      <c r="F47" s="95"/>
+      <c r="G47" s="95"/>
+      <c r="H47" s="95"/>
+      <c r="I47" s="95"/>
+      <c r="J47" s="95"/>
+      <c r="K47" s="95"/>
+      <c r="L47" s="95"/>
+      <c r="M47" s="95"/>
+      <c r="N47" s="95"/>
+      <c r="O47" s="95"/>
+      <c r="P47" s="95"/>
+      <c r="Q47" s="95"/>
+      <c r="R47" s="95"/>
+      <c r="S47" s="95"/>
+      <c r="T47" s="95"/>
+      <c r="U47" s="95"/>
+      <c r="V47" s="95"/>
+      <c r="W47" s="95"/>
+      <c r="X47" s="95"/>
+      <c r="Y47" s="95"/>
+      <c r="Z47" s="95"/>
+      <c r="AA47" s="95"/>
+      <c r="AB47" s="95"/>
+      <c r="AC47" s="95"/>
+      <c r="AD47" s="95"/>
+      <c r="AE47" s="95"/>
+      <c r="AF47" s="95"/>
+      <c r="AG47" s="95"/>
+      <c r="AH47" s="95"/>
+      <c r="AI47" s="95"/>
+      <c r="AJ47" s="95"/>
+      <c r="AK47" s="95"/>
+      <c r="AL47" s="95"/>
+      <c r="AM47" s="95"/>
+      <c r="AN47" s="95"/>
+      <c r="AO47" s="95"/>
+      <c r="AP47" s="95"/>
+      <c r="AQ47" s="95"/>
+      <c r="AR47" s="95"/>
+      <c r="AS47" s="95"/>
+      <c r="AT47" s="95"/>
+      <c r="AU47" s="95"/>
+      <c r="AV47" s="95"/>
+      <c r="AW47" s="95"/>
+      <c r="AX47" s="47"/>
+      <c r="AY47" s="47"/>
+      <c r="AZ47" s="47"/>
+      <c r="BA47" s="47"/>
+      <c r="BB47" s="47"/>
+      <c r="BC47" s="47"/>
+      <c r="BD47" s="47"/>
+      <c r="BE47" s="47"/>
+    </row>
+    <row r="48" spans="1:58" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="95"/>
+      <c r="C48" s="95"/>
+      <c r="D48" s="96" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),86)</f>
+        <v>la LcEne et de l'OcEne.</v>
+      </c>
+      <c r="E48" s="95"/>
+      <c r="F48" s="95"/>
+      <c r="G48" s="95"/>
+      <c r="H48" s="95"/>
+      <c r="I48" s="95"/>
+      <c r="J48" s="95"/>
+      <c r="K48" s="95"/>
+      <c r="L48" s="95"/>
+      <c r="M48" s="95"/>
+      <c r="N48" s="95"/>
+      <c r="O48" s="95"/>
+      <c r="P48" s="95"/>
+      <c r="Q48" s="95"/>
+      <c r="R48" s="95"/>
+      <c r="S48" s="95"/>
+      <c r="T48" s="95"/>
+      <c r="U48" s="95"/>
+      <c r="V48" s="95"/>
+      <c r="W48" s="95"/>
+      <c r="X48" s="95"/>
+      <c r="Y48" s="95"/>
+      <c r="Z48" s="95"/>
+      <c r="AA48" s="95"/>
+      <c r="AB48" s="95"/>
+      <c r="AC48" s="95"/>
+      <c r="AD48" s="95"/>
+      <c r="AE48" s="95"/>
+      <c r="AF48" s="95"/>
+      <c r="AG48" s="95"/>
+      <c r="AH48" s="95"/>
+      <c r="AI48" s="95"/>
+      <c r="AJ48" s="95"/>
+      <c r="AK48" s="95"/>
+      <c r="AL48" s="95"/>
+      <c r="AM48" s="95"/>
+      <c r="AN48" s="95"/>
+      <c r="AO48" s="95"/>
+      <c r="AP48" s="95"/>
+      <c r="AQ48" s="95"/>
+      <c r="AR48" s="95"/>
+      <c r="AS48" s="95"/>
+      <c r="AT48" s="95"/>
+      <c r="AU48" s="95"/>
+      <c r="AV48" s="95"/>
+      <c r="AW48" s="95"/>
+      <c r="AX48" s="47"/>
+      <c r="AY48" s="47"/>
+      <c r="AZ48" s="47"/>
+      <c r="BA48" s="47"/>
+      <c r="BB48" s="47"/>
+      <c r="BC48" s="47"/>
+      <c r="BD48" s="47"/>
+      <c r="BE48" s="47"/>
+    </row>
+    <row r="49" spans="1:59" ht="5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A49" s="23"/>
+      <c r="B49" s="56"/>
+      <c r="C49" s="56"/>
+      <c r="D49" s="56"/>
+      <c r="E49" s="56"/>
+      <c r="F49" s="56"/>
+      <c r="G49" s="56"/>
+      <c r="H49" s="56"/>
+      <c r="I49" s="56"/>
+      <c r="J49" s="56"/>
+      <c r="K49" s="56"/>
+      <c r="L49" s="56"/>
+      <c r="M49" s="56"/>
+      <c r="N49" s="56"/>
+      <c r="O49" s="56"/>
+      <c r="P49" s="56"/>
+      <c r="Q49" s="56"/>
+      <c r="R49" s="56"/>
+      <c r="S49" s="56"/>
+      <c r="T49" s="56"/>
+      <c r="U49" s="56"/>
+      <c r="V49" s="56"/>
+      <c r="W49" s="56"/>
+      <c r="X49" s="56"/>
+      <c r="Y49" s="56"/>
+      <c r="Z49" s="56"/>
+      <c r="AA49" s="56"/>
+      <c r="AB49" s="56"/>
+      <c r="AC49" s="56"/>
+      <c r="AD49" s="56"/>
+      <c r="AE49" s="56"/>
+      <c r="AF49" s="56"/>
+      <c r="AG49" s="56"/>
+      <c r="AH49" s="56"/>
+      <c r="AI49" s="56"/>
+      <c r="AJ49" s="56"/>
+      <c r="AK49" s="56"/>
+      <c r="AL49" s="56"/>
+      <c r="AM49" s="56"/>
+      <c r="AN49" s="56"/>
+      <c r="AO49" s="56"/>
+      <c r="AP49" s="56"/>
+      <c r="AQ49" s="56"/>
+      <c r="AR49" s="56"/>
+      <c r="AS49" s="56"/>
+      <c r="AT49" s="56"/>
+      <c r="AU49" s="56"/>
+      <c r="AV49" s="56"/>
+      <c r="AW49" s="56"/>
+      <c r="AX49" s="56"/>
+      <c r="AY49" s="56"/>
+      <c r="AZ49" s="56"/>
+      <c r="BA49" s="56"/>
+      <c r="BB49" s="56"/>
+      <c r="BC49" s="56"/>
+      <c r="BD49" s="56"/>
+      <c r="BE49" s="56"/>
+      <c r="BF49" s="24"/>
+    </row>
+    <row r="50" spans="1:59" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="23"/>
+      <c r="B50" s="31" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),53)</f>
-        <v>Administrative und finanzielle Angaben zur Anlage</v>
-[...235 lines deleted...]
-    <row r="51" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>Données administratives et financières de l'installation</v>
+      </c>
+      <c r="C50" s="31"/>
+      <c r="D50" s="31"/>
+      <c r="E50" s="31"/>
+      <c r="F50" s="31"/>
+      <c r="G50" s="31"/>
+      <c r="H50" s="31"/>
+      <c r="I50" s="31"/>
+      <c r="J50" s="31"/>
+      <c r="K50" s="31"/>
+      <c r="L50" s="31"/>
+      <c r="M50" s="31"/>
+      <c r="N50" s="31"/>
+      <c r="O50" s="31"/>
+      <c r="P50" s="31"/>
+      <c r="Q50" s="31"/>
+      <c r="R50" s="31"/>
+      <c r="S50" s="31"/>
+      <c r="T50" s="31"/>
+      <c r="U50" s="31"/>
+      <c r="V50" s="31"/>
+      <c r="W50" s="31"/>
+      <c r="X50" s="31"/>
+      <c r="Y50" s="31"/>
+      <c r="Z50" s="31"/>
+      <c r="AA50" s="31"/>
+      <c r="AB50" s="31"/>
+      <c r="AC50" s="31"/>
+      <c r="AD50" s="31"/>
+      <c r="AE50" s="31"/>
+      <c r="AF50" s="31"/>
+      <c r="AG50" s="31"/>
+      <c r="AH50" s="31"/>
+      <c r="AI50" s="31"/>
+      <c r="AJ50" s="31"/>
+      <c r="AK50" s="31"/>
+      <c r="AL50" s="31"/>
+      <c r="AM50" s="38"/>
+      <c r="AN50" s="38"/>
+      <c r="AO50" s="38"/>
+      <c r="AP50" s="38"/>
+      <c r="AQ50" s="38"/>
+      <c r="AR50" s="38"/>
+      <c r="AS50" s="38"/>
+      <c r="AT50" s="38"/>
+      <c r="AU50" s="38"/>
+      <c r="AV50" s="38"/>
+      <c r="AW50" s="38"/>
+      <c r="AX50" s="38"/>
+      <c r="AY50" s="38"/>
+      <c r="BA50" s="58"/>
+      <c r="BB50" s="38"/>
+      <c r="BC50" s="38"/>
+      <c r="BD50" s="38"/>
+      <c r="BE50" s="38"/>
+      <c r="BF50" s="24"/>
+    </row>
+    <row r="51" spans="1:59" ht="10" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="23"/>
-      <c r="B51" s="70" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="B51" s="32"/>
       <c r="C51" s="38"/>
       <c r="D51" s="38"/>
       <c r="E51" s="38"/>
       <c r="F51" s="38"/>
       <c r="G51" s="38"/>
       <c r="H51" s="38"/>
       <c r="I51" s="38"/>
       <c r="J51" s="38"/>
       <c r="K51" s="38"/>
       <c r="L51" s="38"/>
       <c r="M51" s="38"/>
       <c r="N51" s="38"/>
       <c r="O51" s="38"/>
       <c r="P51" s="38"/>
       <c r="Q51" s="38"/>
       <c r="R51" s="38"/>
       <c r="S51" s="38"/>
       <c r="T51" s="38"/>
       <c r="U51" s="38"/>
       <c r="V51" s="38"/>
       <c r="W51" s="38"/>
       <c r="X51" s="38"/>
       <c r="Y51" s="38"/>
       <c r="Z51" s="38"/>
       <c r="AA51" s="38"/>
       <c r="AB51" s="38"/>
       <c r="AC51" s="38"/>
       <c r="AD51" s="38"/>
       <c r="AE51" s="38"/>
       <c r="AF51" s="38"/>
       <c r="AG51" s="38"/>
       <c r="AH51" s="38"/>
       <c r="AI51" s="38"/>
       <c r="AJ51" s="38"/>
       <c r="AK51" s="38"/>
       <c r="AL51" s="38"/>
       <c r="AM51" s="38"/>
       <c r="AN51" s="38"/>
       <c r="AO51" s="38"/>
       <c r="AP51" s="38"/>
       <c r="AQ51" s="38"/>
       <c r="AR51" s="38"/>
       <c r="AS51" s="38"/>
       <c r="AT51" s="38"/>
       <c r="AU51" s="38"/>
       <c r="AV51" s="38"/>
       <c r="AW51" s="38"/>
       <c r="AX51" s="38"/>
-      <c r="AY51" s="38"/>
       <c r="AZ51" s="58"/>
       <c r="BA51" s="38"/>
       <c r="BB51" s="38"/>
       <c r="BC51" s="38"/>
       <c r="BD51" s="38"/>
-      <c r="BE51" s="38"/>
-[...128 lines deleted...]
-    <row r="54" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="BE51" s="24"/>
+    </row>
+    <row r="52" spans="1:59" s="66" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="63"/>
+      <c r="B52" s="64" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),49)&amp;" :"</f>
+        <v>Le promoteur est le propriétaire du bien-fonds :</v>
+      </c>
+      <c r="C52" s="65"/>
+      <c r="D52" s="65"/>
+      <c r="E52" s="65"/>
+      <c r="F52" s="65"/>
+      <c r="G52" s="65"/>
+      <c r="H52" s="65"/>
+      <c r="I52" s="65"/>
+      <c r="J52" s="65"/>
+      <c r="K52" s="65"/>
+      <c r="L52" s="65"/>
+      <c r="N52" s="65"/>
+      <c r="O52" s="65"/>
+      <c r="P52" s="65"/>
+      <c r="Q52" s="65"/>
+      <c r="R52" s="65"/>
+      <c r="S52" s="65"/>
+      <c r="T52" s="65"/>
+      <c r="W52" s="87" t="str">
+        <f ca="1">"   "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),50)</f>
+        <v xml:space="preserve">   oui</v>
+      </c>
+      <c r="Z52" s="65" t="str">
+        <f ca="1">"   "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),51)</f>
+        <v xml:space="preserve">   non</v>
+      </c>
+      <c r="AA52" s="65"/>
+      <c r="AC52" s="65"/>
+      <c r="AD52" s="65"/>
+      <c r="AE52" s="65"/>
+      <c r="AF52" s="65"/>
+      <c r="AG52" s="65"/>
+      <c r="AH52" s="65"/>
+      <c r="AI52" s="65"/>
+      <c r="AJ52" s="65"/>
+      <c r="AK52" s="65"/>
+      <c r="AL52" s="65"/>
+      <c r="AM52" s="65"/>
+      <c r="AN52" s="65"/>
+      <c r="AO52" s="65"/>
+      <c r="AP52" s="65"/>
+      <c r="AQ52" s="65"/>
+      <c r="AR52" s="65"/>
+      <c r="AS52" s="65"/>
+      <c r="AT52" s="65"/>
+      <c r="AU52" s="65"/>
+      <c r="AV52" s="65"/>
+      <c r="AW52" s="65"/>
+      <c r="AX52" s="65"/>
+      <c r="AY52" s="67"/>
+      <c r="AZ52" s="65"/>
+      <c r="BA52" s="65"/>
+      <c r="BB52" s="65"/>
+      <c r="BC52" s="65"/>
+      <c r="BD52" s="65"/>
+      <c r="BE52" s="68"/>
+    </row>
+    <row r="53" spans="1:59" s="66" customFormat="1" ht="10" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="63"/>
+      <c r="B53" s="69"/>
+      <c r="C53" s="65"/>
+      <c r="D53" s="65"/>
+      <c r="E53" s="65"/>
+      <c r="F53" s="65"/>
+      <c r="G53" s="65"/>
+      <c r="H53" s="65"/>
+      <c r="I53" s="65"/>
+      <c r="J53" s="65"/>
+      <c r="K53" s="65"/>
+      <c r="L53" s="65"/>
+      <c r="N53" s="65"/>
+      <c r="O53" s="65"/>
+      <c r="P53" s="65"/>
+      <c r="Q53" s="65"/>
+      <c r="R53" s="65"/>
+      <c r="S53" s="65"/>
+      <c r="T53" s="65"/>
+      <c r="U53" s="65"/>
+      <c r="V53" s="65"/>
+      <c r="W53" s="65"/>
+      <c r="X53" s="65"/>
+      <c r="Y53" s="65"/>
+      <c r="Z53" s="65"/>
+      <c r="AA53" s="65"/>
+      <c r="AB53" s="65"/>
+      <c r="AC53" s="65"/>
+      <c r="AD53" s="65"/>
+      <c r="AE53" s="65"/>
+      <c r="AF53" s="65"/>
+      <c r="AG53" s="65"/>
+      <c r="AH53" s="65"/>
+      <c r="AI53" s="65"/>
+      <c r="AJ53" s="65"/>
+      <c r="AK53" s="65"/>
+      <c r="AL53" s="65"/>
+      <c r="AM53" s="65"/>
+      <c r="AN53" s="65"/>
+      <c r="AO53" s="65"/>
+      <c r="AP53" s="65"/>
+      <c r="AQ53" s="65"/>
+      <c r="AR53" s="65"/>
+      <c r="AS53" s="65"/>
+      <c r="AT53" s="65"/>
+      <c r="AU53" s="65"/>
+      <c r="AV53" s="65"/>
+      <c r="AW53" s="65"/>
+      <c r="AX53" s="65"/>
+      <c r="AY53" s="67"/>
+      <c r="AZ53" s="65"/>
+      <c r="BA53" s="65"/>
+      <c r="BB53" s="65"/>
+      <c r="BC53" s="65"/>
+      <c r="BD53" s="65"/>
+      <c r="BE53" s="68"/>
+    </row>
+    <row r="54" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A54" s="23"/>
-      <c r="B54" s="45"/>
-[...56 lines deleted...]
-    <row r="55" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B54" s="70" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),52)&amp;" :"</f>
+        <v>Si propriétaire du bien-fonds différent :</v>
+      </c>
+      <c r="C54" s="38"/>
+      <c r="D54" s="38"/>
+      <c r="E54" s="38"/>
+      <c r="F54" s="38"/>
+      <c r="G54" s="38"/>
+      <c r="H54" s="38"/>
+      <c r="I54" s="38"/>
+      <c r="J54" s="38"/>
+      <c r="K54" s="38"/>
+      <c r="L54" s="38"/>
+      <c r="M54" s="38"/>
+      <c r="N54" s="38"/>
+      <c r="O54" s="38"/>
+      <c r="P54" s="38"/>
+      <c r="Q54" s="38"/>
+      <c r="R54" s="38"/>
+      <c r="S54" s="38"/>
+      <c r="T54" s="38"/>
+      <c r="U54" s="38"/>
+      <c r="V54" s="38"/>
+      <c r="W54" s="38"/>
+      <c r="X54" s="38"/>
+      <c r="Y54" s="38"/>
+      <c r="Z54" s="38"/>
+      <c r="AA54" s="38"/>
+      <c r="AB54" s="38"/>
+      <c r="AC54" s="38"/>
+      <c r="AD54" s="38"/>
+      <c r="AE54" s="38"/>
+      <c r="AF54" s="38"/>
+      <c r="AG54" s="38"/>
+      <c r="AH54" s="38"/>
+      <c r="AI54" s="38"/>
+      <c r="AJ54" s="38"/>
+      <c r="AK54" s="38"/>
+      <c r="AL54" s="38"/>
+      <c r="AM54" s="38"/>
+      <c r="AN54" s="38"/>
+      <c r="AO54" s="38"/>
+      <c r="AP54" s="38"/>
+      <c r="AQ54" s="38"/>
+      <c r="AR54" s="38"/>
+      <c r="AS54" s="38"/>
+      <c r="AT54" s="38"/>
+      <c r="AU54" s="38"/>
+      <c r="AV54" s="38"/>
+      <c r="AW54" s="38"/>
+      <c r="AX54" s="38"/>
+      <c r="AY54" s="38"/>
+      <c r="AZ54" s="58"/>
+      <c r="BA54" s="38"/>
+      <c r="BB54" s="38"/>
+      <c r="BC54" s="38"/>
+      <c r="BD54" s="38"/>
+      <c r="BE54" s="38"/>
+      <c r="BF54" s="24"/>
+    </row>
+    <row r="55" spans="1:59" ht="10" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A55" s="23"/>
-      <c r="B55" s="34" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="B55" s="71"/>
       <c r="C55" s="38"/>
       <c r="D55" s="38"/>
       <c r="E55" s="38"/>
       <c r="F55" s="38"/>
       <c r="G55" s="38"/>
       <c r="H55" s="38"/>
       <c r="I55" s="38"/>
       <c r="J55" s="38"/>
-      <c r="K55" s="46"/>
-[...31 lines deleted...]
-      <c r="BE55" s="39"/>
+      <c r="K55" s="38"/>
+      <c r="L55" s="38"/>
+      <c r="M55" s="38"/>
+      <c r="N55" s="38"/>
+      <c r="O55" s="38"/>
+      <c r="P55" s="38"/>
+      <c r="Q55" s="38"/>
+      <c r="R55" s="38"/>
+      <c r="S55" s="38"/>
+      <c r="T55" s="38"/>
+      <c r="U55" s="38"/>
+      <c r="V55" s="38"/>
+      <c r="W55" s="38"/>
+      <c r="X55" s="38"/>
+      <c r="Y55" s="38"/>
+      <c r="Z55" s="38"/>
+      <c r="AA55" s="38"/>
+      <c r="AB55" s="38"/>
+      <c r="AC55" s="38"/>
+      <c r="AD55" s="38"/>
+      <c r="AE55" s="38"/>
+      <c r="AF55" s="38"/>
+      <c r="AG55" s="38"/>
+      <c r="AH55" s="38"/>
+      <c r="AI55" s="38"/>
+      <c r="AJ55" s="38"/>
+      <c r="AK55" s="38"/>
+      <c r="AL55" s="38"/>
+      <c r="AM55" s="38"/>
+      <c r="AN55" s="38"/>
+      <c r="AO55" s="38"/>
+      <c r="AP55" s="38"/>
+      <c r="AQ55" s="38"/>
+      <c r="AR55" s="38"/>
+      <c r="AS55" s="38"/>
+      <c r="AT55" s="38"/>
+      <c r="AU55" s="38"/>
+      <c r="AV55" s="38"/>
+      <c r="AW55" s="38"/>
+      <c r="AX55" s="38"/>
+      <c r="AY55" s="38"/>
+      <c r="AZ55" s="58"/>
+      <c r="BA55" s="38"/>
+      <c r="BB55" s="38"/>
+      <c r="BC55" s="38"/>
+      <c r="BD55" s="38"/>
+      <c r="BE55" s="38"/>
       <c r="BF55" s="24"/>
     </row>
-    <row r="56" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="23"/>
-      <c r="B56" s="34"/>
-[...33 lines deleted...]
-      <c r="AJ56" s="49"/>
+      <c r="B56" s="108" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),15)&amp;" :"</f>
+        <v>Raison sociale :</v>
+      </c>
+      <c r="C56" s="108"/>
+      <c r="D56" s="108"/>
+      <c r="E56" s="108"/>
+      <c r="F56" s="108"/>
+      <c r="G56" s="108"/>
+      <c r="H56" s="108"/>
+      <c r="I56" s="108"/>
+      <c r="J56" s="108"/>
+      <c r="K56" s="38"/>
+      <c r="L56" s="168"/>
+      <c r="M56" s="169"/>
+      <c r="N56" s="169"/>
+      <c r="O56" s="169"/>
+      <c r="P56" s="169"/>
+      <c r="Q56" s="169"/>
+      <c r="R56" s="169"/>
+      <c r="S56" s="169"/>
+      <c r="T56" s="169"/>
+      <c r="U56" s="169"/>
+      <c r="V56" s="169"/>
+      <c r="W56" s="169"/>
+      <c r="X56" s="169"/>
+      <c r="Y56" s="169"/>
+      <c r="Z56" s="169"/>
+      <c r="AA56" s="169"/>
+      <c r="AB56" s="169"/>
+      <c r="AC56" s="169"/>
+      <c r="AD56" s="169"/>
+      <c r="AE56" s="169"/>
+      <c r="AF56" s="169"/>
+      <c r="AG56" s="169"/>
+      <c r="AH56" s="169"/>
+      <c r="AI56" s="169"/>
+      <c r="AJ56" s="170"/>
       <c r="AK56" s="39"/>
+      <c r="AL56" s="39" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),19)&amp;" :"</f>
+        <v>N°IDE :</v>
+      </c>
+      <c r="AM56" s="39"/>
+      <c r="AN56" s="43"/>
+      <c r="AO56" s="43"/>
+      <c r="AP56" s="150"/>
+      <c r="AQ56" s="151"/>
+      <c r="AR56" s="151"/>
+      <c r="AS56" s="151"/>
+      <c r="AT56" s="151"/>
+      <c r="AU56" s="151"/>
+      <c r="AV56" s="152"/>
+      <c r="AW56" s="44"/>
+      <c r="AX56" s="44"/>
+      <c r="AY56" s="44"/>
       <c r="AZ56" s="39"/>
       <c r="BA56" s="39"/>
       <c r="BB56" s="39"/>
       <c r="BC56" s="39"/>
       <c r="BD56" s="39"/>
       <c r="BE56" s="39"/>
       <c r="BF56" s="24"/>
     </row>
-    <row r="57" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="23"/>
-      <c r="B57" s="34" t="str">
-[...62 lines deleted...]
-    <row r="58" spans="1:59" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B57" s="45"/>
+      <c r="C57" s="46"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="46"/>
+      <c r="F57" s="46"/>
+      <c r="G57" s="46"/>
+      <c r="H57" s="46"/>
+      <c r="I57" s="46"/>
+      <c r="J57" s="46"/>
+      <c r="K57" s="46"/>
+      <c r="L57" s="44"/>
+      <c r="M57" s="44"/>
+      <c r="N57" s="44"/>
+      <c r="O57" s="44"/>
+      <c r="P57" s="44"/>
+      <c r="Q57" s="44"/>
+      <c r="R57" s="44"/>
+      <c r="S57" s="44"/>
+      <c r="T57" s="44"/>
+      <c r="U57" s="44"/>
+      <c r="V57" s="44"/>
+      <c r="W57" s="44"/>
+      <c r="X57" s="44"/>
+      <c r="Y57" s="44"/>
+      <c r="Z57" s="44"/>
+      <c r="AA57" s="44"/>
+      <c r="AB57" s="44"/>
+      <c r="AC57" s="44"/>
+      <c r="AD57" s="44"/>
+      <c r="AE57" s="44"/>
+      <c r="AF57" s="44"/>
+      <c r="AG57" s="44"/>
+      <c r="AH57" s="44"/>
+      <c r="AI57" s="44"/>
+      <c r="AJ57" s="44"/>
+      <c r="AK57" s="47"/>
+      <c r="AL57" s="47"/>
+      <c r="AM57" s="47"/>
+      <c r="AN57" s="44"/>
+      <c r="AO57" s="44"/>
+      <c r="AP57" s="44"/>
+      <c r="AQ57" s="44"/>
+      <c r="AR57" s="44"/>
+      <c r="AS57" s="44"/>
+      <c r="AT57" s="44"/>
+      <c r="AU57" s="44"/>
+      <c r="AV57" s="44"/>
+      <c r="AW57" s="44"/>
+      <c r="AX57" s="44"/>
+      <c r="AY57" s="44"/>
+      <c r="AZ57" s="47"/>
+      <c r="BA57" s="47"/>
+      <c r="BB57" s="47"/>
+      <c r="BC57" s="47"/>
+      <c r="BD57" s="47"/>
+      <c r="BE57" s="47"/>
+    </row>
+    <row r="58" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="23"/>
-      <c r="B58" s="34"/>
+      <c r="B58" s="34" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),14)&amp;" :"</f>
+        <v>Nom / Prénom :</v>
+      </c>
       <c r="C58" s="38"/>
       <c r="D58" s="38"/>
       <c r="E58" s="38"/>
       <c r="F58" s="38"/>
       <c r="G58" s="38"/>
       <c r="H58" s="38"/>
       <c r="I58" s="38"/>
       <c r="J58" s="38"/>
-      <c r="K58" s="25"/>
-[...23 lines deleted...]
-      <c r="AJ58" s="52"/>
+      <c r="K58" s="46"/>
+      <c r="L58" s="133"/>
+      <c r="M58" s="125"/>
+      <c r="N58" s="125"/>
+      <c r="O58" s="125"/>
+      <c r="P58" s="125"/>
+      <c r="Q58" s="125"/>
+      <c r="R58" s="125"/>
+      <c r="S58" s="125"/>
+      <c r="T58" s="125"/>
+      <c r="U58" s="125"/>
+      <c r="V58" s="125"/>
+      <c r="W58" s="125"/>
+      <c r="X58" s="125"/>
+      <c r="Y58" s="125"/>
+      <c r="Z58" s="125"/>
+      <c r="AA58" s="125"/>
+      <c r="AB58" s="125"/>
+      <c r="AC58" s="125"/>
+      <c r="AD58" s="125"/>
+      <c r="AE58" s="125"/>
+      <c r="AF58" s="125"/>
+      <c r="AG58" s="125"/>
+      <c r="AH58" s="125"/>
+      <c r="AI58" s="125"/>
+      <c r="AJ58" s="126"/>
       <c r="AK58" s="39"/>
-      <c r="AL58" s="39"/>
-[...12 lines deleted...]
-      <c r="AY58" s="39"/>
       <c r="AZ58" s="39"/>
       <c r="BA58" s="39"/>
       <c r="BB58" s="39"/>
       <c r="BC58" s="39"/>
       <c r="BD58" s="39"/>
       <c r="BE58" s="39"/>
       <c r="BF58" s="24"/>
     </row>
-    <row r="59" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="23"/>
-      <c r="B59" s="34" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="B59" s="34"/>
       <c r="C59" s="38"/>
       <c r="D59" s="38"/>
       <c r="E59" s="38"/>
       <c r="F59" s="38"/>
       <c r="G59" s="38"/>
       <c r="H59" s="38"/>
       <c r="I59" s="38"/>
       <c r="J59" s="38"/>
-      <c r="K59" s="38"/>
-[...26 lines deleted...]
-        <f ca="1">IF(L59="",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),24),IF(
+      <c r="K59" s="46"/>
+      <c r="L59" s="48"/>
+      <c r="M59" s="48"/>
+      <c r="N59" s="48"/>
+      <c r="O59" s="48"/>
+      <c r="P59" s="49"/>
+      <c r="Q59" s="49"/>
+      <c r="R59" s="49"/>
+      <c r="S59" s="49"/>
+      <c r="T59" s="49"/>
+      <c r="U59" s="49"/>
+      <c r="V59" s="49"/>
+      <c r="W59" s="49"/>
+      <c r="X59" s="49"/>
+      <c r="Y59" s="49"/>
+      <c r="Z59" s="49"/>
+      <c r="AA59" s="49"/>
+      <c r="AB59" s="49"/>
+      <c r="AC59" s="49"/>
+      <c r="AD59" s="49"/>
+      <c r="AE59" s="49"/>
+      <c r="AF59" s="49"/>
+      <c r="AG59" s="49"/>
+      <c r="AH59" s="49"/>
+      <c r="AI59" s="49"/>
+      <c r="AJ59" s="49"/>
+      <c r="AK59" s="39"/>
+      <c r="AZ59" s="39"/>
+      <c r="BA59" s="39"/>
+      <c r="BB59" s="39"/>
+      <c r="BC59" s="39"/>
+      <c r="BD59" s="39"/>
+      <c r="BE59" s="39"/>
+      <c r="BF59" s="24"/>
+    </row>
+    <row r="60" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="23"/>
+      <c r="B60" s="34" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),17)&amp;" :"</f>
+        <v>NPA :</v>
+      </c>
+      <c r="C60" s="38"/>
+      <c r="D60" s="38"/>
+      <c r="E60" s="38"/>
+      <c r="F60" s="38"/>
+      <c r="G60" s="38"/>
+      <c r="H60" s="38"/>
+      <c r="I60" s="38"/>
+      <c r="J60" s="38"/>
+      <c r="K60" s="25"/>
+      <c r="L60" s="133"/>
+      <c r="M60" s="125"/>
+      <c r="N60" s="125"/>
+      <c r="O60" s="126"/>
+      <c r="P60" s="50"/>
+      <c r="Q60" s="25"/>
+      <c r="R60" s="34" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),18)&amp;" :"</f>
+        <v>Lieu :</v>
+      </c>
+      <c r="S60" s="34"/>
+      <c r="T60" s="47"/>
+      <c r="U60" s="253"/>
+      <c r="V60" s="254"/>
+      <c r="W60" s="254"/>
+      <c r="X60" s="254"/>
+      <c r="Y60" s="254"/>
+      <c r="Z60" s="254"/>
+      <c r="AA60" s="254"/>
+      <c r="AB60" s="254"/>
+      <c r="AC60" s="254"/>
+      <c r="AD60" s="254"/>
+      <c r="AE60" s="254"/>
+      <c r="AF60" s="254"/>
+      <c r="AG60" s="254"/>
+      <c r="AH60" s="254"/>
+      <c r="AI60" s="254"/>
+      <c r="AJ60" s="255"/>
+      <c r="AK60" s="39"/>
+      <c r="AL60" s="39"/>
+      <c r="AM60" s="39"/>
+      <c r="AN60" s="39"/>
+      <c r="AO60" s="39"/>
+      <c r="AP60" s="39"/>
+      <c r="AQ60" s="39"/>
+      <c r="AR60" s="39"/>
+      <c r="AS60" s="39"/>
+      <c r="AT60" s="39"/>
+      <c r="AU60" s="39"/>
+      <c r="AV60" s="39"/>
+      <c r="AW60" s="39"/>
+      <c r="AX60" s="39"/>
+      <c r="AY60" s="39"/>
+      <c r="AZ60" s="39"/>
+      <c r="BA60" s="39"/>
+      <c r="BB60" s="24"/>
+      <c r="BC60" s="25"/>
+      <c r="BD60" s="25"/>
+      <c r="BE60" s="25"/>
+    </row>
+    <row r="61" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="23"/>
+      <c r="B61" s="34"/>
+      <c r="C61" s="38"/>
+      <c r="D61" s="38"/>
+      <c r="E61" s="38"/>
+      <c r="F61" s="38"/>
+      <c r="G61" s="38"/>
+      <c r="H61" s="38"/>
+      <c r="I61" s="38"/>
+      <c r="J61" s="38"/>
+      <c r="K61" s="25"/>
+      <c r="L61" s="51"/>
+      <c r="M61" s="51"/>
+      <c r="N61" s="51"/>
+      <c r="O61" s="51"/>
+      <c r="P61" s="51"/>
+      <c r="Q61" s="51"/>
+      <c r="R61" s="51"/>
+      <c r="S61" s="51"/>
+      <c r="T61" s="51"/>
+      <c r="U61" s="25"/>
+      <c r="V61" s="45"/>
+      <c r="X61" s="47"/>
+      <c r="Y61" s="52"/>
+      <c r="Z61" s="52"/>
+      <c r="AA61" s="52"/>
+      <c r="AB61" s="52"/>
+      <c r="AC61" s="52"/>
+      <c r="AD61" s="52"/>
+      <c r="AE61" s="52"/>
+      <c r="AF61" s="52"/>
+      <c r="AG61" s="52"/>
+      <c r="AH61" s="52"/>
+      <c r="AI61" s="52"/>
+      <c r="AJ61" s="52"/>
+      <c r="AK61" s="39"/>
+      <c r="AL61" s="39"/>
+      <c r="AM61" s="39"/>
+      <c r="AN61" s="39"/>
+      <c r="AO61" s="39"/>
+      <c r="AP61" s="39"/>
+      <c r="AQ61" s="39"/>
+      <c r="AR61" s="39"/>
+      <c r="AS61" s="39"/>
+      <c r="AT61" s="39"/>
+      <c r="AU61" s="39"/>
+      <c r="AV61" s="39"/>
+      <c r="AW61" s="39"/>
+      <c r="AX61" s="39"/>
+      <c r="AY61" s="39"/>
+      <c r="AZ61" s="39"/>
+      <c r="BA61" s="39"/>
+      <c r="BB61" s="39"/>
+      <c r="BC61" s="39"/>
+      <c r="BD61" s="39"/>
+      <c r="BE61" s="39"/>
+      <c r="BF61" s="24"/>
+    </row>
+    <row r="62" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="23"/>
+      <c r="B62" s="34" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),21)&amp;" :"</f>
+        <v>E-mail :</v>
+      </c>
+      <c r="C62" s="38"/>
+      <c r="D62" s="38"/>
+      <c r="E62" s="38"/>
+      <c r="F62" s="38"/>
+      <c r="G62" s="38"/>
+      <c r="H62" s="38"/>
+      <c r="I62" s="38"/>
+      <c r="J62" s="38"/>
+      <c r="K62" s="38"/>
+      <c r="L62" s="124"/>
+      <c r="M62" s="125"/>
+      <c r="N62" s="125"/>
+      <c r="O62" s="125"/>
+      <c r="P62" s="125"/>
+      <c r="Q62" s="125"/>
+      <c r="R62" s="125"/>
+      <c r="S62" s="125"/>
+      <c r="T62" s="125"/>
+      <c r="U62" s="125"/>
+      <c r="V62" s="125"/>
+      <c r="W62" s="125"/>
+      <c r="X62" s="125"/>
+      <c r="Y62" s="125"/>
+      <c r="Z62" s="125"/>
+      <c r="AA62" s="125"/>
+      <c r="AB62" s="125"/>
+      <c r="AC62" s="125"/>
+      <c r="AD62" s="125"/>
+      <c r="AE62" s="125"/>
+      <c r="AF62" s="125"/>
+      <c r="AG62" s="125"/>
+      <c r="AH62" s="125"/>
+      <c r="AI62" s="125"/>
+      <c r="AJ62" s="126"/>
+      <c r="AK62" s="131" t="str">
+        <f ca="1">IF(L62="",INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),24),IF(
   AND(
-    (LEN(L59)-LEN(SUBSTITUTE(L59,"@","")))=1,
-[...5 lines deleted...]
-    ISERROR(SEARCH(" ",L59))
+    (LEN(L62)-LEN(SUBSTITUTE(L62,"@","")))=1,
+    IFERROR(FIND("@",L62),0)&gt;1,
+    IFERROR(MID(L62,IFERROR(FIND("@",L62),0)-1,1)&lt;&gt;".",FALSE),
+    IFERROR(MID(L62,IFERROR(FIND("@",L62),0)+1,1)&lt;&gt;".",FALSE),
+    IFERROR(SEARCH(".",L62,IFERROR(FIND("@",L62),0)+2),0)&gt;0,
+    IFERROR(LEN(L62)-FIND("#",SUBSTITUTE(L62,".","#",LEN(L62)-LEN(SUBSTITUTE(L62,".",""))))&gt;=2,FALSE),
+    ISERROR(SEARCH(" ",L62))
   ),
   "",
   INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),23)
 ))</f>
-        <v>* Erfassungsformat: xyz@abc.ch</v>
-[...213 lines deleted...]
-    <row r="63" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>* format de saisie xyz@abc.ch</v>
+      </c>
+      <c r="AL62" s="132"/>
+      <c r="AM62" s="132"/>
+      <c r="AN62" s="132"/>
+      <c r="AO62" s="132"/>
+      <c r="AP62" s="132"/>
+      <c r="AQ62" s="132"/>
+      <c r="AR62" s="132"/>
+      <c r="AS62" s="132"/>
+      <c r="AT62" s="132"/>
+      <c r="AU62" s="132"/>
+      <c r="AV62" s="132"/>
+      <c r="AW62" s="132"/>
+      <c r="AX62" s="132"/>
+      <c r="AY62" s="132"/>
+      <c r="AZ62" s="132"/>
+      <c r="BA62" s="132"/>
+      <c r="BB62" s="132"/>
+      <c r="BC62" s="132"/>
+      <c r="BD62" s="132"/>
+      <c r="BE62" s="132"/>
+      <c r="BF62" s="132"/>
+    </row>
+    <row r="63" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A63" s="23"/>
-      <c r="B63" s="38" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="B63" s="38"/>
       <c r="C63" s="23"/>
       <c r="D63" s="23"/>
       <c r="E63" s="23"/>
       <c r="F63" s="23"/>
       <c r="G63" s="23"/>
       <c r="H63" s="23"/>
       <c r="I63" s="23"/>
       <c r="J63" s="23"/>
       <c r="K63" s="23"/>
       <c r="L63" s="23"/>
       <c r="M63" s="23"/>
       <c r="N63" s="23"/>
       <c r="O63" s="23"/>
-      <c r="Q63" s="74"/>
-[...8 lines deleted...]
-      <c r="Z63" s="253"/>
+      <c r="P63" s="23"/>
+      <c r="Q63" s="23"/>
+      <c r="R63" s="23"/>
+      <c r="S63" s="23"/>
+      <c r="T63" s="23"/>
+      <c r="U63" s="23"/>
+      <c r="V63" s="23"/>
+      <c r="W63" s="23"/>
+      <c r="X63" s="23"/>
+      <c r="Y63" s="23"/>
+      <c r="Z63" s="23"/>
       <c r="AA63" s="23"/>
       <c r="AB63" s="23"/>
       <c r="AC63" s="23"/>
       <c r="AD63" s="23"/>
       <c r="AE63" s="23"/>
       <c r="AF63" s="23"/>
       <c r="AG63" s="23"/>
       <c r="AH63" s="23"/>
-      <c r="AI63" s="23"/>
+      <c r="AI63" s="72"/>
       <c r="AJ63" s="72"/>
-      <c r="AK63" s="72"/>
+      <c r="AK63" s="23"/>
       <c r="AL63" s="23"/>
       <c r="AM63" s="23"/>
-      <c r="AN63" s="23"/>
-      <c r="AO63" s="55"/>
+      <c r="AN63" s="55" t="str">
+        <f>IF(BH63=TRUE,"Joindre justificatif EN-VS-110","")</f>
+        <v/>
+      </c>
+      <c r="AO63" s="23"/>
       <c r="AP63" s="23"/>
       <c r="AQ63" s="23"/>
       <c r="AR63" s="23"/>
       <c r="AS63" s="23"/>
       <c r="AT63" s="23"/>
       <c r="AU63" s="23"/>
       <c r="AV63" s="23"/>
       <c r="AW63" s="23"/>
       <c r="AX63" s="23"/>
       <c r="AY63" s="23"/>
       <c r="AZ63" s="23"/>
       <c r="BA63" s="23"/>
       <c r="BB63" s="23"/>
       <c r="BC63" s="23"/>
       <c r="BD63" s="23"/>
       <c r="BE63" s="23"/>
-      <c r="BF63" s="23"/>
-[...2 lines deleted...]
-    <row r="64" spans="1:59" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="BF63" s="24"/>
+    </row>
+    <row r="64" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" s="23"/>
-      <c r="B64" s="56"/>
-[...57 lines deleted...]
-    <row r="65" spans="1:58" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B64" s="38" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),54)&amp;" :"</f>
+        <v>N° de dossier e-construction de l'installation PV :</v>
+      </c>
+      <c r="C64" s="23"/>
+      <c r="D64" s="23"/>
+      <c r="E64" s="23"/>
+      <c r="F64" s="23"/>
+      <c r="G64" s="23"/>
+      <c r="H64" s="23"/>
+      <c r="I64" s="23"/>
+      <c r="J64" s="23"/>
+      <c r="K64" s="23"/>
+      <c r="L64" s="23"/>
+      <c r="M64" s="23"/>
+      <c r="N64" s="23"/>
+      <c r="O64" s="23"/>
+      <c r="P64" s="23"/>
+      <c r="Q64" s="23"/>
+      <c r="R64" s="23"/>
+      <c r="S64" s="23"/>
+      <c r="T64" s="23"/>
+      <c r="U64" s="23"/>
+      <c r="V64" s="228"/>
+      <c r="W64" s="229"/>
+      <c r="X64" s="229"/>
+      <c r="Y64" s="229"/>
+      <c r="Z64" s="229"/>
+      <c r="AA64" s="229"/>
+      <c r="AB64" s="229"/>
+      <c r="AC64" s="229"/>
+      <c r="AD64" s="229"/>
+      <c r="AE64" s="229"/>
+      <c r="AF64" s="229"/>
+      <c r="AG64" s="229"/>
+      <c r="AH64" s="229"/>
+      <c r="AI64" s="229"/>
+      <c r="AJ64" s="230"/>
+      <c r="AK64" s="53" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!$B$4&amp;"]"),56)</f>
+        <v>* format de saisie 2025-1234</v>
+      </c>
+      <c r="AM64" s="23"/>
+      <c r="AN64" s="23"/>
+      <c r="AO64" s="55"/>
+      <c r="AP64" s="23"/>
+      <c r="AQ64" s="23"/>
+      <c r="AR64" s="23"/>
+      <c r="AS64" s="23"/>
+      <c r="AT64" s="23"/>
+      <c r="AU64" s="23"/>
+      <c r="AV64" s="23"/>
+      <c r="AW64" s="23"/>
+      <c r="AX64" s="23"/>
+      <c r="AY64" s="23"/>
+      <c r="AZ64" s="23"/>
+      <c r="BA64" s="23"/>
+      <c r="BB64" s="23"/>
+      <c r="BC64" s="23"/>
+      <c r="BD64" s="23"/>
+      <c r="BE64" s="23"/>
+      <c r="BF64" s="23"/>
+      <c r="BG64" s="24"/>
+    </row>
+    <row r="65" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A65" s="23"/>
       <c r="B65" s="38"/>
-      <c r="C65" s="38"/>
-[...56 lines deleted...]
-    <row r="66" spans="1:58" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C65" s="23"/>
+      <c r="D65" s="23"/>
+      <c r="E65" s="23"/>
+      <c r="F65" s="23"/>
+      <c r="G65" s="23"/>
+      <c r="H65" s="23"/>
+      <c r="I65" s="23"/>
+      <c r="J65" s="23"/>
+      <c r="K65" s="23"/>
+      <c r="L65" s="23"/>
+      <c r="M65" s="23"/>
+      <c r="N65" s="23"/>
+      <c r="O65" s="23"/>
+      <c r="P65" s="23"/>
+      <c r="Q65" s="23"/>
+      <c r="R65" s="23"/>
+      <c r="S65" s="23"/>
+      <c r="T65" s="23"/>
+      <c r="U65" s="23"/>
+      <c r="V65" s="73"/>
+      <c r="W65" s="73"/>
+      <c r="X65" s="73"/>
+      <c r="Y65" s="73"/>
+      <c r="Z65" s="73"/>
+      <c r="AA65" s="73"/>
+      <c r="AB65" s="73"/>
+      <c r="AC65" s="73"/>
+      <c r="AD65" s="73"/>
+      <c r="AE65" s="73"/>
+      <c r="AF65" s="73"/>
+      <c r="AG65" s="73"/>
+      <c r="AH65" s="73"/>
+      <c r="AI65" s="73"/>
+      <c r="AJ65" s="73"/>
+      <c r="AK65" s="73"/>
+      <c r="AL65" s="53"/>
+      <c r="AM65" s="23"/>
+      <c r="AN65" s="23"/>
+      <c r="AO65" s="55"/>
+      <c r="AP65" s="23"/>
+      <c r="AQ65" s="23"/>
+      <c r="AR65" s="23"/>
+      <c r="AS65" s="23"/>
+      <c r="AT65" s="23"/>
+      <c r="AU65" s="23"/>
+      <c r="AV65" s="23"/>
+      <c r="AW65" s="23"/>
+      <c r="AX65" s="23"/>
+      <c r="AY65" s="23"/>
+      <c r="AZ65" s="23"/>
+      <c r="BA65" s="23"/>
+      <c r="BB65" s="23"/>
+      <c r="BC65" s="23"/>
+      <c r="BD65" s="23"/>
+      <c r="BE65" s="23"/>
+      <c r="BF65" s="23"/>
+      <c r="BG65" s="24"/>
+    </row>
+    <row r="66" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A66" s="23"/>
-      <c r="B66" s="250" t="str">
+      <c r="B66" s="38" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),55)&amp;" :"</f>
+        <v>Date de l'autorisation de construire :</v>
+      </c>
+      <c r="C66" s="23"/>
+      <c r="D66" s="23"/>
+      <c r="E66" s="23"/>
+      <c r="F66" s="23"/>
+      <c r="G66" s="23"/>
+      <c r="H66" s="23"/>
+      <c r="I66" s="23"/>
+      <c r="J66" s="23"/>
+      <c r="K66" s="23"/>
+      <c r="L66" s="23"/>
+      <c r="M66" s="23"/>
+      <c r="N66" s="23"/>
+      <c r="O66" s="23"/>
+      <c r="Q66" s="74"/>
+      <c r="R66" s="74"/>
+      <c r="S66" s="74"/>
+      <c r="T66" s="74"/>
+      <c r="U66" s="75"/>
+      <c r="V66" s="250"/>
+      <c r="W66" s="251"/>
+      <c r="X66" s="251"/>
+      <c r="Y66" s="251"/>
+      <c r="Z66" s="252"/>
+      <c r="AA66" s="23"/>
+      <c r="AB66" s="23"/>
+      <c r="AC66" s="23"/>
+      <c r="AD66" s="23"/>
+      <c r="AE66" s="23"/>
+      <c r="AF66" s="23"/>
+      <c r="AG66" s="23"/>
+      <c r="AH66" s="23"/>
+      <c r="AI66" s="23"/>
+      <c r="AJ66" s="72"/>
+      <c r="AK66" s="72"/>
+      <c r="AL66" s="23"/>
+      <c r="AM66" s="23"/>
+      <c r="AN66" s="23"/>
+      <c r="AO66" s="55"/>
+      <c r="AP66" s="23"/>
+      <c r="AQ66" s="23"/>
+      <c r="AR66" s="23"/>
+      <c r="AS66" s="23"/>
+      <c r="AT66" s="23"/>
+      <c r="AU66" s="23"/>
+      <c r="AV66" s="23"/>
+      <c r="AW66" s="23"/>
+      <c r="AX66" s="23"/>
+      <c r="AY66" s="23"/>
+      <c r="AZ66" s="23"/>
+      <c r="BA66" s="23"/>
+      <c r="BB66" s="23"/>
+      <c r="BC66" s="23"/>
+      <c r="BD66" s="23"/>
+      <c r="BE66" s="23"/>
+      <c r="BF66" s="23"/>
+      <c r="BG66" s="24"/>
+    </row>
+    <row r="67" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="23"/>
+      <c r="B67" s="38"/>
+      <c r="C67" s="23"/>
+      <c r="D67" s="23"/>
+      <c r="E67" s="23"/>
+      <c r="F67" s="23"/>
+      <c r="G67" s="23"/>
+      <c r="H67" s="23"/>
+      <c r="I67" s="23"/>
+      <c r="J67" s="23"/>
+      <c r="K67" s="23"/>
+      <c r="L67" s="23"/>
+      <c r="M67" s="23"/>
+      <c r="N67" s="23"/>
+      <c r="O67" s="23"/>
+      <c r="Q67" s="74"/>
+      <c r="R67" s="74"/>
+      <c r="S67" s="74"/>
+      <c r="T67" s="74"/>
+      <c r="U67" s="74"/>
+      <c r="V67" s="98"/>
+      <c r="W67" s="98"/>
+      <c r="X67" s="98"/>
+      <c r="Y67" s="98"/>
+      <c r="Z67" s="98"/>
+      <c r="AA67" s="23"/>
+      <c r="AB67" s="23"/>
+      <c r="AC67" s="23"/>
+      <c r="AD67" s="23"/>
+      <c r="AE67" s="23"/>
+      <c r="AF67" s="23"/>
+      <c r="AG67" s="23"/>
+      <c r="AH67" s="23"/>
+      <c r="AI67" s="23"/>
+      <c r="AJ67" s="72"/>
+      <c r="AK67" s="72"/>
+      <c r="AL67" s="23"/>
+      <c r="AM67" s="23"/>
+      <c r="AN67" s="23"/>
+      <c r="AO67" s="55"/>
+      <c r="AP67" s="23"/>
+      <c r="AQ67" s="23"/>
+      <c r="AR67" s="23"/>
+      <c r="AS67" s="23"/>
+      <c r="AT67" s="23"/>
+      <c r="AU67" s="23"/>
+      <c r="AV67" s="23"/>
+      <c r="AW67" s="23"/>
+      <c r="AX67" s="23"/>
+      <c r="AY67" s="23"/>
+      <c r="AZ67" s="23"/>
+      <c r="BA67" s="23"/>
+      <c r="BB67" s="23"/>
+      <c r="BC67" s="23"/>
+      <c r="BD67" s="23"/>
+      <c r="BE67" s="23"/>
+      <c r="BF67" s="23"/>
+      <c r="BG67" s="24"/>
+    </row>
+    <row r="68" spans="1:59" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="23"/>
+      <c r="B68" s="38" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),81)&amp;" :"</f>
+        <v>Etat actuel de l'installation :</v>
+      </c>
+      <c r="C68" s="23"/>
+      <c r="D68" s="23"/>
+      <c r="E68" s="23"/>
+      <c r="F68" s="23"/>
+      <c r="G68" s="23"/>
+      <c r="H68" s="23"/>
+      <c r="I68" s="23"/>
+      <c r="J68" s="23"/>
+      <c r="K68" s="23"/>
+      <c r="L68" s="23"/>
+      <c r="M68" s="23"/>
+      <c r="N68" s="165"/>
+      <c r="O68" s="166"/>
+      <c r="P68" s="166"/>
+      <c r="Q68" s="166"/>
+      <c r="R68" s="166"/>
+      <c r="S68" s="166"/>
+      <c r="T68" s="166"/>
+      <c r="U68" s="167"/>
+      <c r="V68" s="98"/>
+      <c r="W68" s="98"/>
+      <c r="X68" s="98"/>
+      <c r="Y68" s="98"/>
+      <c r="Z68" s="98"/>
+      <c r="AA68" s="23"/>
+      <c r="AB68" s="23" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),84)&amp;" :"</f>
+        <v>Date de mise en service prévue (indicatif) :</v>
+      </c>
+      <c r="AC68" s="23"/>
+      <c r="AD68" s="23"/>
+      <c r="AE68" s="23"/>
+      <c r="AF68" s="23"/>
+      <c r="AG68" s="23"/>
+      <c r="AH68" s="23"/>
+      <c r="AI68" s="23"/>
+      <c r="AJ68" s="72"/>
+      <c r="AK68" s="72"/>
+      <c r="AL68" s="23"/>
+      <c r="AM68" s="23"/>
+      <c r="AN68" s="23"/>
+      <c r="AO68" s="55"/>
+      <c r="AP68" s="23"/>
+      <c r="AQ68" s="23"/>
+      <c r="AR68" s="23"/>
+      <c r="AS68" s="23"/>
+      <c r="AT68" s="23"/>
+      <c r="AU68" s="23"/>
+      <c r="AV68" s="23"/>
+      <c r="AW68" s="250"/>
+      <c r="AX68" s="251"/>
+      <c r="AY68" s="251"/>
+      <c r="AZ68" s="251"/>
+      <c r="BA68" s="252"/>
+      <c r="BB68" s="23"/>
+      <c r="BC68" s="23"/>
+      <c r="BD68" s="23"/>
+      <c r="BE68" s="23"/>
+      <c r="BF68" s="23"/>
+      <c r="BG68" s="24"/>
+    </row>
+    <row r="69" spans="1:59" ht="5.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A69" s="23"/>
+      <c r="B69" s="56"/>
+      <c r="C69" s="56"/>
+      <c r="D69" s="56"/>
+      <c r="E69" s="56"/>
+      <c r="F69" s="56"/>
+      <c r="G69" s="56"/>
+      <c r="H69" s="56"/>
+      <c r="I69" s="56"/>
+      <c r="J69" s="56"/>
+      <c r="K69" s="56"/>
+      <c r="L69" s="56"/>
+      <c r="M69" s="56"/>
+      <c r="N69" s="56"/>
+      <c r="O69" s="56"/>
+      <c r="P69" s="56"/>
+      <c r="Q69" s="56"/>
+      <c r="R69" s="56"/>
+      <c r="S69" s="56"/>
+      <c r="T69" s="56"/>
+      <c r="U69" s="56"/>
+      <c r="V69" s="56"/>
+      <c r="W69" s="56"/>
+      <c r="X69" s="56"/>
+      <c r="Y69" s="56"/>
+      <c r="Z69" s="56"/>
+      <c r="AA69" s="56"/>
+      <c r="AB69" s="56"/>
+      <c r="AC69" s="56"/>
+      <c r="AD69" s="56"/>
+      <c r="AE69" s="56"/>
+      <c r="AF69" s="56"/>
+      <c r="AG69" s="56"/>
+      <c r="AH69" s="56"/>
+      <c r="AI69" s="56"/>
+      <c r="AJ69" s="56"/>
+      <c r="AK69" s="56"/>
+      <c r="AL69" s="56"/>
+      <c r="AM69" s="56"/>
+      <c r="AN69" s="56"/>
+      <c r="AO69" s="56"/>
+      <c r="AP69" s="56"/>
+      <c r="AQ69" s="56"/>
+      <c r="AR69" s="56"/>
+      <c r="AS69" s="56"/>
+      <c r="AT69" s="56"/>
+      <c r="AU69" s="56"/>
+      <c r="AV69" s="56"/>
+      <c r="AW69" s="56"/>
+      <c r="AX69" s="56"/>
+      <c r="AY69" s="56"/>
+      <c r="AZ69" s="56"/>
+      <c r="BA69" s="56"/>
+      <c r="BB69" s="56"/>
+      <c r="BC69" s="56"/>
+      <c r="BD69" s="56"/>
+      <c r="BE69" s="56"/>
+      <c r="BF69" s="24"/>
+    </row>
+    <row r="70" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="23"/>
+      <c r="B70" s="38"/>
+      <c r="C70" s="38"/>
+      <c r="D70" s="38"/>
+      <c r="E70" s="38"/>
+      <c r="F70" s="38"/>
+      <c r="G70" s="38"/>
+      <c r="H70" s="38"/>
+      <c r="I70" s="38"/>
+      <c r="J70" s="38"/>
+      <c r="K70" s="38"/>
+      <c r="L70" s="38"/>
+      <c r="M70" s="38"/>
+      <c r="N70" s="38"/>
+      <c r="O70" s="38"/>
+      <c r="P70" s="38"/>
+      <c r="Q70" s="38"/>
+      <c r="R70" s="38"/>
+      <c r="S70" s="38"/>
+      <c r="T70" s="38"/>
+      <c r="U70" s="38"/>
+      <c r="V70" s="38"/>
+      <c r="W70" s="38"/>
+      <c r="X70" s="38"/>
+      <c r="Y70" s="38"/>
+      <c r="Z70" s="38"/>
+      <c r="AA70" s="38"/>
+      <c r="AB70" s="38"/>
+      <c r="AC70" s="38"/>
+      <c r="AD70" s="38"/>
+      <c r="AE70" s="38"/>
+      <c r="AF70" s="38"/>
+      <c r="AG70" s="38"/>
+      <c r="AH70" s="38"/>
+      <c r="AI70" s="38"/>
+      <c r="AJ70" s="38"/>
+      <c r="AK70" s="38"/>
+      <c r="AL70" s="38"/>
+      <c r="AM70" s="38"/>
+      <c r="AN70" s="38"/>
+      <c r="AO70" s="38"/>
+      <c r="AP70" s="38"/>
+      <c r="AQ70" s="38"/>
+      <c r="AR70" s="38"/>
+      <c r="AS70" s="38"/>
+      <c r="AT70" s="38"/>
+      <c r="AU70" s="38"/>
+      <c r="AV70" s="38"/>
+      <c r="AW70" s="38"/>
+      <c r="AX70" s="38"/>
+      <c r="AY70" s="38"/>
+      <c r="AZ70" s="38"/>
+      <c r="BA70" s="38"/>
+      <c r="BB70" s="38"/>
+      <c r="BC70" s="38"/>
+      <c r="BD70" s="38"/>
+      <c r="BE70" s="38"/>
+      <c r="BF70" s="24"/>
+    </row>
+    <row r="71" spans="1:59" ht="20.149999999999999" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="23"/>
+      <c r="B71" s="249" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),57)&amp;" :"</f>
-        <v>Beilagen gemäss den erfassten Angaben :</v>
-[...121 lines deleted...]
-      <c r="C68" s="92" t="str">
+        <v>Annexes à fournir dans le cadre de ce formulaire selon les informations saisies :</v>
+      </c>
+      <c r="C71" s="249"/>
+      <c r="D71" s="249"/>
+      <c r="E71" s="249"/>
+      <c r="F71" s="249"/>
+      <c r="G71" s="249"/>
+      <c r="H71" s="249"/>
+      <c r="I71" s="249"/>
+      <c r="J71" s="249"/>
+      <c r="K71" s="249"/>
+      <c r="L71" s="249"/>
+      <c r="M71" s="249"/>
+      <c r="N71" s="249"/>
+      <c r="O71" s="249"/>
+      <c r="P71" s="249"/>
+      <c r="Q71" s="249"/>
+      <c r="R71" s="249"/>
+      <c r="S71" s="249"/>
+      <c r="T71" s="249"/>
+      <c r="U71" s="249"/>
+      <c r="V71" s="249"/>
+      <c r="W71" s="249"/>
+      <c r="X71" s="249"/>
+      <c r="Y71" s="249"/>
+      <c r="Z71" s="249"/>
+      <c r="AA71" s="249"/>
+      <c r="AB71" s="249"/>
+      <c r="AC71" s="249"/>
+      <c r="AD71" s="249"/>
+      <c r="AE71" s="249"/>
+      <c r="AF71" s="249"/>
+      <c r="AG71" s="249"/>
+      <c r="AH71" s="249"/>
+      <c r="AI71" s="249"/>
+      <c r="AJ71" s="249"/>
+      <c r="AK71" s="249"/>
+      <c r="AL71" s="249"/>
+      <c r="AM71" s="249"/>
+      <c r="AN71" s="249"/>
+      <c r="AO71" s="249"/>
+      <c r="AP71" s="249"/>
+      <c r="AQ71" s="249"/>
+      <c r="AR71" s="249"/>
+      <c r="AS71" s="249"/>
+      <c r="AT71" s="249"/>
+      <c r="AU71" s="249"/>
+      <c r="AV71" s="249"/>
+      <c r="AW71" s="249"/>
+      <c r="AX71" s="249"/>
+      <c r="AY71" s="249"/>
+      <c r="AZ71" s="249"/>
+      <c r="BA71" s="249"/>
+      <c r="BB71" s="249"/>
+      <c r="BC71" s="249"/>
+      <c r="BD71" s="249"/>
+      <c r="BE71" s="249"/>
+      <c r="BF71" s="24"/>
+    </row>
+    <row r="72" spans="1:59" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="23"/>
+      <c r="B72" s="91"/>
+      <c r="C72" s="91"/>
+      <c r="D72" s="91"/>
+      <c r="E72" s="91"/>
+      <c r="F72" s="91"/>
+      <c r="G72" s="91"/>
+      <c r="H72" s="91"/>
+      <c r="I72" s="91"/>
+      <c r="J72" s="91"/>
+      <c r="K72" s="91"/>
+      <c r="L72" s="91"/>
+      <c r="M72" s="91"/>
+      <c r="N72" s="91"/>
+      <c r="O72" s="91"/>
+      <c r="P72" s="91"/>
+      <c r="Q72" s="91"/>
+      <c r="R72" s="91"/>
+      <c r="S72" s="91"/>
+      <c r="T72" s="91"/>
+      <c r="U72" s="91"/>
+      <c r="V72" s="91"/>
+      <c r="W72" s="91"/>
+      <c r="X72" s="91"/>
+      <c r="Y72" s="91"/>
+      <c r="Z72" s="91"/>
+      <c r="AA72" s="91"/>
+      <c r="AB72" s="91"/>
+      <c r="AC72" s="91"/>
+      <c r="AD72" s="91"/>
+      <c r="AE72" s="91"/>
+      <c r="AF72" s="91"/>
+      <c r="AG72" s="91"/>
+      <c r="AH72" s="91"/>
+      <c r="AI72" s="91"/>
+      <c r="AJ72" s="91"/>
+      <c r="AK72" s="91"/>
+      <c r="AL72" s="91"/>
+      <c r="AM72" s="91"/>
+      <c r="AN72" s="91"/>
+      <c r="AO72" s="91"/>
+      <c r="AP72" s="91"/>
+      <c r="AQ72" s="91"/>
+      <c r="AR72" s="91"/>
+      <c r="AS72" s="91"/>
+      <c r="AT72" s="91"/>
+      <c r="AU72" s="91"/>
+      <c r="AV72" s="91"/>
+      <c r="AW72" s="91"/>
+      <c r="AX72" s="91"/>
+      <c r="AY72" s="91"/>
+      <c r="AZ72" s="91"/>
+      <c r="BA72" s="91"/>
+      <c r="BB72" s="91"/>
+      <c r="BC72" s="91"/>
+      <c r="BD72" s="91"/>
+      <c r="BE72" s="91"/>
+      <c r="BF72" s="24"/>
+    </row>
+    <row r="73" spans="1:59" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="23"/>
+      <c r="B73" s="94"/>
+      <c r="C73" s="92" t="str">
         <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),58)</f>
-        <v>• Kopie der Baubewilligung</v>
-[...301 lines deleted...]
-      <c r="C73" s="92"/>
+        <v>• Copie de l'autorisation de construire</v>
+      </c>
       <c r="E73" s="93"/>
       <c r="F73" s="93"/>
       <c r="G73" s="93"/>
       <c r="H73" s="90"/>
       <c r="I73" s="90"/>
       <c r="J73" s="90"/>
       <c r="K73" s="90"/>
       <c r="L73" s="90"/>
       <c r="M73" s="90"/>
       <c r="N73" s="90"/>
       <c r="O73" s="90"/>
       <c r="P73" s="90"/>
       <c r="Q73" s="90"/>
       <c r="R73" s="90"/>
       <c r="S73" s="90"/>
       <c r="T73" s="90"/>
       <c r="U73" s="90"/>
       <c r="V73" s="90"/>
       <c r="W73" s="90"/>
       <c r="X73" s="90"/>
       <c r="Y73" s="90"/>
       <c r="Z73" s="90"/>
       <c r="AA73" s="90"/>
       <c r="AB73" s="90"/>
       <c r="AC73" s="90"/>
@@ -10817,57 +10959,54 @@
       <c r="AI73" s="90"/>
       <c r="AJ73" s="90"/>
       <c r="AK73" s="90"/>
       <c r="AL73" s="90"/>
       <c r="AM73" s="90"/>
       <c r="AN73" s="90"/>
       <c r="AO73" s="90"/>
       <c r="AP73" s="90"/>
       <c r="AQ73" s="90"/>
       <c r="AR73" s="90"/>
       <c r="AS73" s="90"/>
       <c r="AT73" s="90"/>
       <c r="AU73" s="90"/>
       <c r="AV73" s="90"/>
       <c r="AW73" s="90"/>
       <c r="AX73" s="90"/>
       <c r="AY73" s="90"/>
       <c r="AZ73" s="90"/>
       <c r="BA73" s="90"/>
       <c r="BB73" s="90"/>
       <c r="BC73" s="90"/>
       <c r="BD73" s="90"/>
       <c r="BE73" s="90"/>
       <c r="BF73" s="24"/>
     </row>
-    <row r="74" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:59" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A74" s="23"/>
-      <c r="B74" s="90"/>
-[...3 lines deleted...]
-      </c>
+      <c r="B74" s="94"/>
+      <c r="C74" s="92"/>
       <c r="E74" s="93"/>
       <c r="F74" s="93"/>
       <c r="G74" s="93"/>
       <c r="H74" s="90"/>
       <c r="I74" s="90"/>
       <c r="J74" s="90"/>
       <c r="K74" s="90"/>
       <c r="L74" s="90"/>
       <c r="M74" s="90"/>
       <c r="N74" s="90"/>
       <c r="O74" s="90"/>
       <c r="P74" s="90"/>
       <c r="Q74" s="90"/>
       <c r="R74" s="90"/>
       <c r="S74" s="90"/>
       <c r="T74" s="90"/>
       <c r="U74" s="90"/>
       <c r="V74" s="90"/>
       <c r="W74" s="90"/>
       <c r="X74" s="90"/>
       <c r="Y74" s="90"/>
       <c r="Z74" s="90"/>
       <c r="AA74" s="90"/>
       <c r="AB74" s="90"/>
       <c r="AC74" s="90"/>
@@ -10879,116 +11018,116 @@
       <c r="AI74" s="90"/>
       <c r="AJ74" s="90"/>
       <c r="AK74" s="90"/>
       <c r="AL74" s="90"/>
       <c r="AM74" s="90"/>
       <c r="AN74" s="90"/>
       <c r="AO74" s="90"/>
       <c r="AP74" s="90"/>
       <c r="AQ74" s="90"/>
       <c r="AR74" s="90"/>
       <c r="AS74" s="90"/>
       <c r="AT74" s="90"/>
       <c r="AU74" s="90"/>
       <c r="AV74" s="90"/>
       <c r="AW74" s="90"/>
       <c r="AX74" s="90"/>
       <c r="AY74" s="90"/>
       <c r="AZ74" s="90"/>
       <c r="BA74" s="90"/>
       <c r="BB74" s="90"/>
       <c r="BC74" s="90"/>
       <c r="BD74" s="90"/>
       <c r="BE74" s="90"/>
       <c r="BF74" s="24"/>
     </row>
-    <row r="75" spans="1:58" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:59" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A75" s="23"/>
       <c r="B75" s="90"/>
-      <c r="C75" s="92"/>
+      <c r="C75" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),59)</f>
+        <v>• Plan de situation de l'installation</v>
+      </c>
       <c r="E75" s="93"/>
       <c r="F75" s="93"/>
       <c r="G75" s="93"/>
       <c r="H75" s="90"/>
       <c r="I75" s="90"/>
       <c r="J75" s="90"/>
       <c r="K75" s="90"/>
       <c r="L75" s="90"/>
       <c r="M75" s="90"/>
       <c r="N75" s="90"/>
       <c r="O75" s="90"/>
       <c r="P75" s="90"/>
       <c r="Q75" s="90"/>
       <c r="R75" s="90"/>
       <c r="S75" s="90"/>
       <c r="T75" s="90"/>
       <c r="U75" s="90"/>
       <c r="V75" s="90"/>
       <c r="W75" s="90"/>
       <c r="X75" s="90"/>
       <c r="Y75" s="90"/>
       <c r="Z75" s="90"/>
       <c r="AA75" s="90"/>
       <c r="AB75" s="90"/>
       <c r="AC75" s="90"/>
       <c r="AD75" s="90"/>
       <c r="AE75" s="90"/>
       <c r="AF75" s="90"/>
       <c r="AG75" s="90"/>
-      <c r="AH75" s="90"/>
+      <c r="AH75" s="99"/>
       <c r="AI75" s="90"/>
       <c r="AJ75" s="90"/>
       <c r="AK75" s="90"/>
       <c r="AL75" s="90"/>
       <c r="AM75" s="90"/>
       <c r="AN75" s="90"/>
       <c r="AO75" s="90"/>
       <c r="AP75" s="90"/>
       <c r="AQ75" s="90"/>
       <c r="AR75" s="90"/>
       <c r="AS75" s="90"/>
       <c r="AT75" s="90"/>
       <c r="AU75" s="90"/>
       <c r="AV75" s="90"/>
       <c r="AW75" s="90"/>
       <c r="AX75" s="90"/>
       <c r="AY75" s="90"/>
       <c r="AZ75" s="90"/>
       <c r="BA75" s="90"/>
       <c r="BB75" s="90"/>
       <c r="BC75" s="90"/>
       <c r="BD75" s="90"/>
       <c r="BE75" s="90"/>
       <c r="BF75" s="24"/>
     </row>
-    <row r="76" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:59" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A76" s="23"/>
       <c r="B76" s="90"/>
-      <c r="C76" s="92" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="C76" s="92"/>
       <c r="E76" s="93"/>
       <c r="F76" s="93"/>
       <c r="G76" s="93"/>
       <c r="H76" s="90"/>
       <c r="I76" s="90"/>
       <c r="J76" s="90"/>
       <c r="K76" s="90"/>
       <c r="L76" s="90"/>
       <c r="M76" s="90"/>
       <c r="N76" s="90"/>
       <c r="O76" s="90"/>
       <c r="P76" s="90"/>
       <c r="Q76" s="90"/>
       <c r="R76" s="90"/>
       <c r="S76" s="90"/>
       <c r="T76" s="90"/>
       <c r="U76" s="90"/>
       <c r="V76" s="90"/>
       <c r="W76" s="90"/>
       <c r="X76" s="90"/>
       <c r="Y76" s="90"/>
       <c r="Z76" s="90"/>
       <c r="AA76" s="90"/>
       <c r="AB76" s="90"/>
       <c r="AC76" s="90"/>
@@ -11000,54 +11139,57 @@
       <c r="AI76" s="90"/>
       <c r="AJ76" s="90"/>
       <c r="AK76" s="90"/>
       <c r="AL76" s="90"/>
       <c r="AM76" s="90"/>
       <c r="AN76" s="90"/>
       <c r="AO76" s="90"/>
       <c r="AP76" s="90"/>
       <c r="AQ76" s="90"/>
       <c r="AR76" s="90"/>
       <c r="AS76" s="90"/>
       <c r="AT76" s="90"/>
       <c r="AU76" s="90"/>
       <c r="AV76" s="90"/>
       <c r="AW76" s="90"/>
       <c r="AX76" s="90"/>
       <c r="AY76" s="90"/>
       <c r="AZ76" s="90"/>
       <c r="BA76" s="90"/>
       <c r="BB76" s="90"/>
       <c r="BC76" s="90"/>
       <c r="BD76" s="90"/>
       <c r="BE76" s="90"/>
       <c r="BF76" s="24"/>
     </row>
-    <row r="77" spans="1:58" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:59" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A77" s="23"/>
       <c r="B77" s="90"/>
-      <c r="C77" s="92"/>
+      <c r="C77" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),60)</f>
+        <v>• Fiche technique des panneaux</v>
+      </c>
       <c r="E77" s="93"/>
       <c r="F77" s="93"/>
       <c r="G77" s="93"/>
       <c r="H77" s="90"/>
       <c r="I77" s="90"/>
       <c r="J77" s="90"/>
       <c r="K77" s="90"/>
       <c r="L77" s="90"/>
       <c r="M77" s="90"/>
       <c r="N77" s="90"/>
       <c r="O77" s="90"/>
       <c r="P77" s="90"/>
       <c r="Q77" s="90"/>
       <c r="R77" s="90"/>
       <c r="S77" s="90"/>
       <c r="T77" s="90"/>
       <c r="U77" s="90"/>
       <c r="V77" s="90"/>
       <c r="W77" s="90"/>
       <c r="X77" s="90"/>
       <c r="Y77" s="90"/>
       <c r="Z77" s="90"/>
       <c r="AA77" s="90"/>
       <c r="AB77" s="90"/>
       <c r="AC77" s="90"/>
@@ -11059,57 +11201,54 @@
       <c r="AI77" s="90"/>
       <c r="AJ77" s="90"/>
       <c r="AK77" s="90"/>
       <c r="AL77" s="90"/>
       <c r="AM77" s="90"/>
       <c r="AN77" s="90"/>
       <c r="AO77" s="90"/>
       <c r="AP77" s="90"/>
       <c r="AQ77" s="90"/>
       <c r="AR77" s="90"/>
       <c r="AS77" s="90"/>
       <c r="AT77" s="90"/>
       <c r="AU77" s="90"/>
       <c r="AV77" s="90"/>
       <c r="AW77" s="90"/>
       <c r="AX77" s="90"/>
       <c r="AY77" s="90"/>
       <c r="AZ77" s="90"/>
       <c r="BA77" s="90"/>
       <c r="BB77" s="90"/>
       <c r="BC77" s="90"/>
       <c r="BD77" s="90"/>
       <c r="BE77" s="90"/>
       <c r="BF77" s="24"/>
     </row>
-    <row r="78" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:59" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A78" s="23"/>
       <c r="B78" s="90"/>
-      <c r="C78" s="92" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="C78" s="92"/>
       <c r="E78" s="93"/>
       <c r="F78" s="93"/>
       <c r="G78" s="93"/>
       <c r="H78" s="90"/>
       <c r="I78" s="90"/>
       <c r="J78" s="90"/>
       <c r="K78" s="90"/>
       <c r="L78" s="90"/>
       <c r="M78" s="90"/>
       <c r="N78" s="90"/>
       <c r="O78" s="90"/>
       <c r="P78" s="90"/>
       <c r="Q78" s="90"/>
       <c r="R78" s="90"/>
       <c r="S78" s="90"/>
       <c r="T78" s="90"/>
       <c r="U78" s="90"/>
       <c r="V78" s="90"/>
       <c r="W78" s="90"/>
       <c r="X78" s="90"/>
       <c r="Y78" s="90"/>
       <c r="Z78" s="90"/>
       <c r="AA78" s="90"/>
       <c r="AB78" s="90"/>
       <c r="AC78" s="90"/>
@@ -11121,54 +11260,57 @@
       <c r="AI78" s="90"/>
       <c r="AJ78" s="90"/>
       <c r="AK78" s="90"/>
       <c r="AL78" s="90"/>
       <c r="AM78" s="90"/>
       <c r="AN78" s="90"/>
       <c r="AO78" s="90"/>
       <c r="AP78" s="90"/>
       <c r="AQ78" s="90"/>
       <c r="AR78" s="90"/>
       <c r="AS78" s="90"/>
       <c r="AT78" s="90"/>
       <c r="AU78" s="90"/>
       <c r="AV78" s="90"/>
       <c r="AW78" s="90"/>
       <c r="AX78" s="90"/>
       <c r="AY78" s="90"/>
       <c r="AZ78" s="90"/>
       <c r="BA78" s="90"/>
       <c r="BB78" s="90"/>
       <c r="BC78" s="90"/>
       <c r="BD78" s="90"/>
       <c r="BE78" s="90"/>
       <c r="BF78" s="24"/>
     </row>
-    <row r="79" spans="1:58" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:59" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A79" s="23"/>
       <c r="B79" s="90"/>
-      <c r="C79" s="92"/>
+      <c r="C79" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),61)</f>
+        <v>• Plans de calepinage de l'installation</v>
+      </c>
       <c r="E79" s="93"/>
       <c r="F79" s="93"/>
       <c r="G79" s="93"/>
       <c r="H79" s="90"/>
       <c r="I79" s="90"/>
       <c r="J79" s="90"/>
       <c r="K79" s="90"/>
       <c r="L79" s="90"/>
       <c r="M79" s="90"/>
       <c r="N79" s="90"/>
       <c r="O79" s="90"/>
       <c r="P79" s="90"/>
       <c r="Q79" s="90"/>
       <c r="R79" s="90"/>
       <c r="S79" s="90"/>
       <c r="T79" s="90"/>
       <c r="U79" s="90"/>
       <c r="V79" s="90"/>
       <c r="W79" s="90"/>
       <c r="X79" s="90"/>
       <c r="Y79" s="90"/>
       <c r="Z79" s="90"/>
       <c r="AA79" s="90"/>
       <c r="AB79" s="90"/>
       <c r="AC79" s="90"/>
@@ -11180,180 +11322,175 @@
       <c r="AI79" s="90"/>
       <c r="AJ79" s="90"/>
       <c r="AK79" s="90"/>
       <c r="AL79" s="90"/>
       <c r="AM79" s="90"/>
       <c r="AN79" s="90"/>
       <c r="AO79" s="90"/>
       <c r="AP79" s="90"/>
       <c r="AQ79" s="90"/>
       <c r="AR79" s="90"/>
       <c r="AS79" s="90"/>
       <c r="AT79" s="90"/>
       <c r="AU79" s="90"/>
       <c r="AV79" s="90"/>
       <c r="AW79" s="90"/>
       <c r="AX79" s="90"/>
       <c r="AY79" s="90"/>
       <c r="AZ79" s="90"/>
       <c r="BA79" s="90"/>
       <c r="BB79" s="90"/>
       <c r="BC79" s="90"/>
       <c r="BD79" s="90"/>
       <c r="BE79" s="90"/>
       <c r="BF79" s="24"/>
     </row>
-    <row r="80" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:59" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A80" s="23"/>
       <c r="B80" s="90"/>
-      <c r="C80" s="92" t="str">
-[...47 lines deleted...]
-      <c r="AV80" s="92"/>
+      <c r="C80" s="92"/>
+      <c r="E80" s="93"/>
+      <c r="F80" s="93"/>
+      <c r="G80" s="93"/>
+      <c r="H80" s="90"/>
+      <c r="I80" s="90"/>
+      <c r="J80" s="90"/>
+      <c r="K80" s="90"/>
+      <c r="L80" s="90"/>
+      <c r="M80" s="90"/>
+      <c r="N80" s="90"/>
+      <c r="O80" s="90"/>
+      <c r="P80" s="90"/>
+      <c r="Q80" s="90"/>
+      <c r="R80" s="90"/>
+      <c r="S80" s="90"/>
+      <c r="T80" s="90"/>
+      <c r="U80" s="90"/>
+      <c r="V80" s="90"/>
+      <c r="W80" s="90"/>
+      <c r="X80" s="90"/>
+      <c r="Y80" s="90"/>
+      <c r="Z80" s="90"/>
+      <c r="AA80" s="90"/>
+      <c r="AB80" s="90"/>
+      <c r="AC80" s="90"/>
+      <c r="AD80" s="90"/>
+      <c r="AE80" s="90"/>
+      <c r="AF80" s="90"/>
+      <c r="AG80" s="90"/>
+      <c r="AH80" s="90"/>
+      <c r="AI80" s="90"/>
+      <c r="AJ80" s="90"/>
+      <c r="AK80" s="90"/>
+      <c r="AL80" s="90"/>
+      <c r="AM80" s="90"/>
+      <c r="AN80" s="90"/>
+      <c r="AO80" s="90"/>
+      <c r="AP80" s="90"/>
+      <c r="AQ80" s="90"/>
+      <c r="AR80" s="90"/>
+      <c r="AS80" s="90"/>
+      <c r="AT80" s="90"/>
+      <c r="AU80" s="90"/>
+      <c r="AV80" s="90"/>
       <c r="AW80" s="90"/>
       <c r="AX80" s="90"/>
       <c r="AY80" s="90"/>
       <c r="AZ80" s="90"/>
       <c r="BA80" s="90"/>
       <c r="BB80" s="90"/>
       <c r="BC80" s="90"/>
       <c r="BD80" s="90"/>
       <c r="BE80" s="90"/>
       <c r="BF80" s="24"/>
     </row>
-    <row r="81" spans="1:58" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A81" s="23"/>
       <c r="B81" s="90"/>
-      <c r="C81" s="92"/>
-[...44 lines deleted...]
-      <c r="AV81" s="92"/>
+      <c r="C81" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),62)</f>
+        <v>• Simulation avec production d'électricité mensuelle et annuelle</v>
+      </c>
+      <c r="E81" s="93"/>
+      <c r="F81" s="93"/>
+      <c r="G81" s="93"/>
+      <c r="H81" s="90"/>
+      <c r="I81" s="90"/>
+      <c r="J81" s="90"/>
+      <c r="K81" s="90"/>
+      <c r="L81" s="90"/>
+      <c r="M81" s="90"/>
+      <c r="N81" s="90"/>
+      <c r="O81" s="90"/>
+      <c r="P81" s="90"/>
+      <c r="Q81" s="90"/>
+      <c r="R81" s="90"/>
+      <c r="S81" s="90"/>
+      <c r="T81" s="90"/>
+      <c r="U81" s="90"/>
+      <c r="V81" s="90"/>
+      <c r="W81" s="90"/>
+      <c r="X81" s="90"/>
+      <c r="Y81" s="90"/>
+      <c r="Z81" s="90"/>
+      <c r="AA81" s="90"/>
+      <c r="AB81" s="90"/>
+      <c r="AC81" s="90"/>
+      <c r="AD81" s="90"/>
+      <c r="AE81" s="90"/>
+      <c r="AF81" s="90"/>
+      <c r="AG81" s="90"/>
+      <c r="AH81" s="90"/>
+      <c r="AI81" s="90"/>
+      <c r="AJ81" s="90"/>
+      <c r="AK81" s="90"/>
+      <c r="AL81" s="90"/>
+      <c r="AM81" s="90"/>
+      <c r="AN81" s="90"/>
+      <c r="AO81" s="90"/>
+      <c r="AP81" s="90"/>
+      <c r="AQ81" s="90"/>
+      <c r="AR81" s="90"/>
+      <c r="AS81" s="90"/>
+      <c r="AT81" s="90"/>
+      <c r="AU81" s="90"/>
+      <c r="AV81" s="90"/>
       <c r="AW81" s="90"/>
       <c r="AX81" s="90"/>
       <c r="AY81" s="90"/>
       <c r="AZ81" s="90"/>
       <c r="BA81" s="90"/>
       <c r="BB81" s="90"/>
       <c r="BC81" s="90"/>
       <c r="BD81" s="90"/>
       <c r="BE81" s="90"/>
       <c r="BF81" s="24"/>
     </row>
-    <row r="82" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:58" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A82" s="23"/>
       <c r="B82" s="90"/>
-      <c r="C82" s="92" t="str">
-[...2 lines deleted...]
-      </c>
+      <c r="C82" s="92"/>
       <c r="E82" s="93"/>
       <c r="F82" s="93"/>
       <c r="G82" s="93"/>
       <c r="H82" s="90"/>
       <c r="I82" s="90"/>
       <c r="J82" s="90"/>
       <c r="K82" s="90"/>
       <c r="L82" s="90"/>
       <c r="M82" s="90"/>
       <c r="N82" s="90"/>
       <c r="O82" s="90"/>
       <c r="P82" s="90"/>
       <c r="Q82" s="90"/>
       <c r="R82" s="90"/>
       <c r="S82" s="90"/>
       <c r="T82" s="90"/>
       <c r="U82" s="90"/>
       <c r="V82" s="90"/>
       <c r="W82" s="90"/>
       <c r="X82" s="90"/>
       <c r="Y82" s="90"/>
       <c r="Z82" s="90"/>
       <c r="AA82" s="90"/>
       <c r="AB82" s="90"/>
       <c r="AC82" s="90"/>
@@ -11365,1485 +11502,1818 @@
       <c r="AI82" s="90"/>
       <c r="AJ82" s="90"/>
       <c r="AK82" s="90"/>
       <c r="AL82" s="90"/>
       <c r="AM82" s="90"/>
       <c r="AN82" s="90"/>
       <c r="AO82" s="90"/>
       <c r="AP82" s="90"/>
       <c r="AQ82" s="90"/>
       <c r="AR82" s="90"/>
       <c r="AS82" s="90"/>
       <c r="AT82" s="90"/>
       <c r="AU82" s="90"/>
       <c r="AV82" s="90"/>
       <c r="AW82" s="90"/>
       <c r="AX82" s="90"/>
       <c r="AY82" s="90"/>
       <c r="AZ82" s="90"/>
       <c r="BA82" s="90"/>
       <c r="BB82" s="90"/>
       <c r="BC82" s="90"/>
       <c r="BD82" s="90"/>
       <c r="BE82" s="90"/>
       <c r="BF82" s="24"/>
     </row>
-    <row r="83" spans="1:58" ht="5.0999999999999996" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A83" s="23"/>
-      <c r="B83" s="30"/>
-[...54 lines deleted...]
-      <c r="BE83" s="30"/>
+      <c r="B83" s="90"/>
+      <c r="C83" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),78)</f>
+        <v>• Schéma électrique de l'installation</v>
+      </c>
+      <c r="E83" s="93"/>
+      <c r="F83" s="93"/>
+      <c r="G83" s="93"/>
+      <c r="H83" s="90"/>
+      <c r="I83" s="90"/>
+      <c r="J83" s="90"/>
+      <c r="K83" s="90"/>
+      <c r="L83" s="90"/>
+      <c r="M83" s="90"/>
+      <c r="N83" s="90"/>
+      <c r="O83" s="90"/>
+      <c r="P83" s="90"/>
+      <c r="Q83" s="90"/>
+      <c r="R83" s="90"/>
+      <c r="S83" s="90"/>
+      <c r="T83" s="90"/>
+      <c r="U83" s="90"/>
+      <c r="V83" s="90"/>
+      <c r="W83" s="90"/>
+      <c r="X83" s="90"/>
+      <c r="Y83" s="90"/>
+      <c r="Z83" s="90"/>
+      <c r="AA83" s="90"/>
+      <c r="AB83" s="90"/>
+      <c r="AC83" s="90"/>
+      <c r="AD83" s="90"/>
+      <c r="AE83" s="90"/>
+      <c r="AF83" s="90"/>
+      <c r="AG83" s="90"/>
+      <c r="AH83" s="90"/>
+      <c r="AI83" s="90"/>
+      <c r="AJ83" s="90"/>
+      <c r="AK83" s="90"/>
+      <c r="AL83" s="90"/>
+      <c r="AM83" s="90"/>
+      <c r="AN83" s="90"/>
+      <c r="AO83" s="90"/>
+      <c r="AP83" s="90"/>
+      <c r="AQ83" s="90"/>
+      <c r="AR83" s="90"/>
+      <c r="AS83" s="90"/>
+      <c r="AT83" s="90"/>
+      <c r="AU83" s="90"/>
+      <c r="AV83" s="90"/>
+      <c r="AW83" s="90"/>
+      <c r="AX83" s="90"/>
+      <c r="AY83" s="90"/>
+      <c r="AZ83" s="90"/>
+      <c r="BA83" s="90"/>
+      <c r="BB83" s="90"/>
+      <c r="BC83" s="90"/>
+      <c r="BD83" s="90"/>
+      <c r="BE83" s="90"/>
       <c r="BF83" s="24"/>
     </row>
-    <row r="84" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:58" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A84" s="23"/>
-      <c r="B84" s="23"/>
-[...54 lines deleted...]
-      <c r="BE84" s="23"/>
+      <c r="B84" s="90"/>
+      <c r="C84" s="92"/>
+      <c r="E84" s="93"/>
+      <c r="F84" s="93"/>
+      <c r="G84" s="93"/>
+      <c r="H84" s="90"/>
+      <c r="I84" s="90"/>
+      <c r="J84" s="90"/>
+      <c r="K84" s="90"/>
+      <c r="L84" s="90"/>
+      <c r="M84" s="90"/>
+      <c r="N84" s="90"/>
+      <c r="O84" s="90"/>
+      <c r="P84" s="90"/>
+      <c r="Q84" s="90"/>
+      <c r="R84" s="90"/>
+      <c r="S84" s="90"/>
+      <c r="T84" s="90"/>
+      <c r="U84" s="90"/>
+      <c r="V84" s="90"/>
+      <c r="W84" s="90"/>
+      <c r="X84" s="90"/>
+      <c r="Y84" s="90"/>
+      <c r="Z84" s="90"/>
+      <c r="AA84" s="90"/>
+      <c r="AB84" s="90"/>
+      <c r="AC84" s="90"/>
+      <c r="AD84" s="90"/>
+      <c r="AE84" s="90"/>
+      <c r="AF84" s="90"/>
+      <c r="AG84" s="90"/>
+      <c r="AH84" s="90"/>
+      <c r="AI84" s="90"/>
+      <c r="AJ84" s="90"/>
+      <c r="AK84" s="90"/>
+      <c r="AL84" s="90"/>
+      <c r="AM84" s="90"/>
+      <c r="AN84" s="90"/>
+      <c r="AO84" s="90"/>
+      <c r="AP84" s="90"/>
+      <c r="AQ84" s="90"/>
+      <c r="AR84" s="90"/>
+      <c r="AS84" s="90"/>
+      <c r="AT84" s="90"/>
+      <c r="AU84" s="90"/>
+      <c r="AV84" s="90"/>
+      <c r="AW84" s="90"/>
+      <c r="AX84" s="90"/>
+      <c r="AY84" s="90"/>
+      <c r="AZ84" s="90"/>
+      <c r="BA84" s="90"/>
+      <c r="BB84" s="90"/>
+      <c r="BC84" s="90"/>
+      <c r="BD84" s="90"/>
+      <c r="BE84" s="90"/>
       <c r="BF84" s="24"/>
     </row>
-    <row r="85" spans="1:58" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A85" s="23"/>
-      <c r="B85" s="32" t="str">
+      <c r="B85" s="90"/>
+      <c r="C85" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),79)</f>
+        <v>• Coûts de l'installation / Montant de la subvention Pronovo</v>
+      </c>
+      <c r="D85" s="92"/>
+      <c r="E85" s="92"/>
+      <c r="F85" s="92"/>
+      <c r="G85" s="92"/>
+      <c r="H85" s="92"/>
+      <c r="I85" s="92"/>
+      <c r="J85" s="92"/>
+      <c r="K85" s="92"/>
+      <c r="L85" s="92"/>
+      <c r="M85" s="92"/>
+      <c r="N85" s="92"/>
+      <c r="O85" s="92"/>
+      <c r="P85" s="92"/>
+      <c r="Q85" s="92"/>
+      <c r="R85" s="92"/>
+      <c r="S85" s="92"/>
+      <c r="T85" s="92"/>
+      <c r="U85" s="92"/>
+      <c r="V85" s="92"/>
+      <c r="W85" s="92"/>
+      <c r="X85" s="92"/>
+      <c r="Y85" s="92"/>
+      <c r="Z85" s="92"/>
+      <c r="AA85" s="92"/>
+      <c r="AB85" s="92"/>
+      <c r="AC85" s="92"/>
+      <c r="AD85" s="92"/>
+      <c r="AE85" s="92"/>
+      <c r="AF85" s="92"/>
+      <c r="AG85" s="92"/>
+      <c r="AH85" s="92"/>
+      <c r="AI85" s="92"/>
+      <c r="AJ85" s="92"/>
+      <c r="AK85" s="92"/>
+      <c r="AL85" s="92"/>
+      <c r="AM85" s="92"/>
+      <c r="AN85" s="92"/>
+      <c r="AO85" s="92"/>
+      <c r="AP85" s="92"/>
+      <c r="AQ85" s="92"/>
+      <c r="AR85" s="92"/>
+      <c r="AS85" s="92"/>
+      <c r="AT85" s="92"/>
+      <c r="AU85" s="92"/>
+      <c r="AV85" s="92"/>
+      <c r="AW85" s="90"/>
+      <c r="AX85" s="90"/>
+      <c r="AY85" s="90"/>
+      <c r="AZ85" s="90"/>
+      <c r="BA85" s="90"/>
+      <c r="BB85" s="90"/>
+      <c r="BC85" s="90"/>
+      <c r="BD85" s="90"/>
+      <c r="BE85" s="90"/>
+      <c r="BF85" s="24"/>
+    </row>
+    <row r="86" spans="1:58" ht="8.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="23"/>
+      <c r="B86" s="90"/>
+      <c r="C86" s="92"/>
+      <c r="D86" s="92"/>
+      <c r="E86" s="92"/>
+      <c r="F86" s="92"/>
+      <c r="G86" s="92"/>
+      <c r="H86" s="92"/>
+      <c r="I86" s="92"/>
+      <c r="J86" s="92"/>
+      <c r="K86" s="92"/>
+      <c r="L86" s="92"/>
+      <c r="M86" s="92"/>
+      <c r="N86" s="92"/>
+      <c r="O86" s="92"/>
+      <c r="P86" s="92"/>
+      <c r="Q86" s="92"/>
+      <c r="R86" s="92"/>
+      <c r="S86" s="92"/>
+      <c r="T86" s="92"/>
+      <c r="U86" s="92"/>
+      <c r="V86" s="92"/>
+      <c r="W86" s="92"/>
+      <c r="X86" s="92"/>
+      <c r="Y86" s="92"/>
+      <c r="Z86" s="92"/>
+      <c r="AA86" s="92"/>
+      <c r="AB86" s="92"/>
+      <c r="AC86" s="92"/>
+      <c r="AD86" s="92"/>
+      <c r="AE86" s="92"/>
+      <c r="AF86" s="92"/>
+      <c r="AG86" s="92"/>
+      <c r="AH86" s="92"/>
+      <c r="AI86" s="92"/>
+      <c r="AJ86" s="92"/>
+      <c r="AK86" s="92"/>
+      <c r="AL86" s="92"/>
+      <c r="AM86" s="92"/>
+      <c r="AN86" s="92"/>
+      <c r="AO86" s="92"/>
+      <c r="AP86" s="92"/>
+      <c r="AQ86" s="92"/>
+      <c r="AR86" s="92"/>
+      <c r="AS86" s="92"/>
+      <c r="AT86" s="92"/>
+      <c r="AU86" s="92"/>
+      <c r="AV86" s="92"/>
+      <c r="AW86" s="90"/>
+      <c r="AX86" s="90"/>
+      <c r="AY86" s="90"/>
+      <c r="AZ86" s="90"/>
+      <c r="BA86" s="90"/>
+      <c r="BB86" s="90"/>
+      <c r="BC86" s="90"/>
+      <c r="BD86" s="90"/>
+      <c r="BE86" s="90"/>
+      <c r="BF86" s="24"/>
+    </row>
+    <row r="87" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="23"/>
+      <c r="B87" s="90"/>
+      <c r="C87" s="92" t="str">
+        <f ca="1">"• "&amp;INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B$4&amp;"]"),63)</f>
+        <v>• Accord signé par le propriétaire du bien-fonds</v>
+      </c>
+      <c r="E87" s="93"/>
+      <c r="F87" s="93"/>
+      <c r="G87" s="93"/>
+      <c r="H87" s="90"/>
+      <c r="I87" s="90"/>
+      <c r="J87" s="90"/>
+      <c r="K87" s="90"/>
+      <c r="L87" s="90"/>
+      <c r="M87" s="90"/>
+      <c r="N87" s="90"/>
+      <c r="O87" s="90"/>
+      <c r="P87" s="90"/>
+      <c r="Q87" s="90"/>
+      <c r="R87" s="90"/>
+      <c r="S87" s="90"/>
+      <c r="T87" s="90"/>
+      <c r="U87" s="90"/>
+      <c r="V87" s="90"/>
+      <c r="W87" s="90"/>
+      <c r="X87" s="90"/>
+      <c r="Y87" s="90"/>
+      <c r="Z87" s="90"/>
+      <c r="AA87" s="90"/>
+      <c r="AB87" s="90"/>
+      <c r="AC87" s="90"/>
+      <c r="AD87" s="90"/>
+      <c r="AE87" s="90"/>
+      <c r="AF87" s="90"/>
+      <c r="AG87" s="90"/>
+      <c r="AH87" s="90"/>
+      <c r="AI87" s="90"/>
+      <c r="AJ87" s="90"/>
+      <c r="AK87" s="90"/>
+      <c r="AL87" s="90"/>
+      <c r="AM87" s="90"/>
+      <c r="AN87" s="90"/>
+      <c r="AO87" s="90"/>
+      <c r="AP87" s="90"/>
+      <c r="AQ87" s="90"/>
+      <c r="AR87" s="90"/>
+      <c r="AS87" s="90"/>
+      <c r="AT87" s="90"/>
+      <c r="AU87" s="90"/>
+      <c r="AV87" s="90"/>
+      <c r="AW87" s="90"/>
+      <c r="AX87" s="90"/>
+      <c r="AY87" s="90"/>
+      <c r="AZ87" s="90"/>
+      <c r="BA87" s="90"/>
+      <c r="BB87" s="90"/>
+      <c r="BC87" s="90"/>
+      <c r="BD87" s="90"/>
+      <c r="BE87" s="90"/>
+      <c r="BF87" s="24"/>
+    </row>
+    <row r="88" spans="1:58" ht="5.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A88" s="23"/>
+      <c r="B88" s="30"/>
+      <c r="C88" s="30"/>
+      <c r="D88" s="30"/>
+      <c r="E88" s="30"/>
+      <c r="F88" s="30"/>
+      <c r="G88" s="30"/>
+      <c r="H88" s="30"/>
+      <c r="I88" s="30"/>
+      <c r="J88" s="30"/>
+      <c r="K88" s="30"/>
+      <c r="L88" s="30"/>
+      <c r="M88" s="30"/>
+      <c r="N88" s="30"/>
+      <c r="O88" s="30"/>
+      <c r="P88" s="30"/>
+      <c r="Q88" s="30"/>
+      <c r="R88" s="30"/>
+      <c r="S88" s="30"/>
+      <c r="T88" s="30"/>
+      <c r="U88" s="30"/>
+      <c r="V88" s="30"/>
+      <c r="W88" s="30"/>
+      <c r="X88" s="30"/>
+      <c r="Y88" s="30"/>
+      <c r="Z88" s="30"/>
+      <c r="AA88" s="30"/>
+      <c r="AB88" s="30"/>
+      <c r="AC88" s="30"/>
+      <c r="AD88" s="30"/>
+      <c r="AE88" s="30"/>
+      <c r="AF88" s="30"/>
+      <c r="AG88" s="30"/>
+      <c r="AH88" s="30"/>
+      <c r="AI88" s="30"/>
+      <c r="AJ88" s="30"/>
+      <c r="AK88" s="30"/>
+      <c r="AL88" s="30"/>
+      <c r="AM88" s="30"/>
+      <c r="AN88" s="30"/>
+      <c r="AO88" s="30"/>
+      <c r="AP88" s="30"/>
+      <c r="AQ88" s="30"/>
+      <c r="AR88" s="30"/>
+      <c r="AS88" s="30"/>
+      <c r="AT88" s="30"/>
+      <c r="AU88" s="30"/>
+      <c r="AV88" s="30"/>
+      <c r="AW88" s="30"/>
+      <c r="AX88" s="30"/>
+      <c r="AY88" s="30"/>
+      <c r="AZ88" s="30"/>
+      <c r="BA88" s="30"/>
+      <c r="BB88" s="30"/>
+      <c r="BC88" s="30"/>
+      <c r="BD88" s="30"/>
+      <c r="BE88" s="30"/>
+      <c r="BF88" s="24"/>
+    </row>
+    <row r="89" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="23"/>
+      <c r="B89" s="23"/>
+      <c r="C89" s="23"/>
+      <c r="D89" s="23"/>
+      <c r="E89" s="23"/>
+      <c r="F89" s="23"/>
+      <c r="G89" s="23"/>
+      <c r="H89" s="23"/>
+      <c r="I89" s="23"/>
+      <c r="J89" s="23"/>
+      <c r="K89" s="23"/>
+      <c r="L89" s="23"/>
+      <c r="M89" s="23"/>
+      <c r="N89" s="23"/>
+      <c r="O89" s="23"/>
+      <c r="P89" s="23"/>
+      <c r="Q89" s="23"/>
+      <c r="R89" s="23"/>
+      <c r="S89" s="23"/>
+      <c r="T89" s="23"/>
+      <c r="U89" s="23"/>
+      <c r="V89" s="23"/>
+      <c r="W89" s="23"/>
+      <c r="X89" s="23"/>
+      <c r="Y89" s="23"/>
+      <c r="Z89" s="23"/>
+      <c r="AA89" s="23"/>
+      <c r="AB89" s="23"/>
+      <c r="AC89" s="23"/>
+      <c r="AD89" s="23"/>
+      <c r="AE89" s="23"/>
+      <c r="AF89" s="23"/>
+      <c r="AG89" s="23"/>
+      <c r="AH89" s="23"/>
+      <c r="AI89" s="23"/>
+      <c r="AJ89" s="23"/>
+      <c r="AK89" s="23"/>
+      <c r="AL89" s="23"/>
+      <c r="AM89" s="23"/>
+      <c r="AN89" s="23"/>
+      <c r="AO89" s="23"/>
+      <c r="AP89" s="23"/>
+      <c r="AQ89" s="23"/>
+      <c r="AR89" s="23"/>
+      <c r="AS89" s="23"/>
+      <c r="AT89" s="23"/>
+      <c r="AU89" s="23"/>
+      <c r="AV89" s="23"/>
+      <c r="AW89" s="23"/>
+      <c r="AX89" s="23"/>
+      <c r="AY89" s="23"/>
+      <c r="AZ89" s="23"/>
+      <c r="BA89" s="23"/>
+      <c r="BB89" s="23"/>
+      <c r="BC89" s="23"/>
+      <c r="BD89" s="23"/>
+      <c r="BE89" s="23"/>
+      <c r="BF89" s="24"/>
+    </row>
+    <row r="90" spans="1:58" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="23"/>
+      <c r="B90" s="32" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),64)&amp;":"</f>
-        <v>Unterschriften:</v>
-[...8 lines deleted...]
-      <c r="K85" s="235" t="str">
+        <v>Signatures:</v>
+      </c>
+      <c r="C90" s="32"/>
+      <c r="E90" s="32"/>
+      <c r="F90" s="32"/>
+      <c r="G90" s="32"/>
+      <c r="H90" s="32"/>
+      <c r="I90" s="32"/>
+      <c r="J90" s="76"/>
+      <c r="K90" s="231" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),69)&amp;" :"</f>
-        <v>Formular erstellt von :</v>
-[...26 lines deleted...]
-      <c r="AK85" s="223" t="str">
+        <v>Formulaire établi par :</v>
+      </c>
+      <c r="L90" s="232"/>
+      <c r="M90" s="232"/>
+      <c r="N90" s="232"/>
+      <c r="O90" s="232"/>
+      <c r="P90" s="232"/>
+      <c r="Q90" s="232"/>
+      <c r="R90" s="232"/>
+      <c r="S90" s="232"/>
+      <c r="T90" s="232"/>
+      <c r="U90" s="232"/>
+      <c r="V90" s="232"/>
+      <c r="W90" s="232"/>
+      <c r="X90" s="232"/>
+      <c r="Y90" s="232"/>
+      <c r="Z90" s="232"/>
+      <c r="AA90" s="232"/>
+      <c r="AB90" s="232"/>
+      <c r="AC90" s="232"/>
+      <c r="AD90" s="232"/>
+      <c r="AE90" s="232"/>
+      <c r="AF90" s="232"/>
+      <c r="AG90" s="232"/>
+      <c r="AH90" s="232"/>
+      <c r="AI90" s="232"/>
+      <c r="AJ90" s="233"/>
+      <c r="AK90" s="156" t="str">
         <f ca="1">UPPER(INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),70))</f>
-        <v>VON DER ZUSTÄNDIGEN BEHÖRDE AUSZUFÜLLEN</v>
-[...60 lines deleted...]
-      <c r="AK86" s="226" t="str">
+        <v>À REMPLIR PAR L'AUTORITÉ COMPÉTENTE</v>
+      </c>
+      <c r="AL90" s="157"/>
+      <c r="AM90" s="157"/>
+      <c r="AN90" s="157"/>
+      <c r="AO90" s="157"/>
+      <c r="AP90" s="157"/>
+      <c r="AQ90" s="157"/>
+      <c r="AR90" s="157"/>
+      <c r="AS90" s="157"/>
+      <c r="AT90" s="157"/>
+      <c r="AU90" s="157"/>
+      <c r="AV90" s="157"/>
+      <c r="AW90" s="157"/>
+      <c r="AX90" s="157"/>
+      <c r="AY90" s="157"/>
+      <c r="AZ90" s="157"/>
+      <c r="BA90" s="157"/>
+      <c r="BB90" s="157"/>
+      <c r="BC90" s="157"/>
+      <c r="BD90" s="157"/>
+      <c r="BE90" s="158"/>
+      <c r="BF90" s="24"/>
+    </row>
+    <row r="91" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="23"/>
+      <c r="B91" s="32"/>
+      <c r="C91" s="32"/>
+      <c r="D91" s="32"/>
+      <c r="E91" s="32"/>
+      <c r="F91" s="32"/>
+      <c r="G91" s="32"/>
+      <c r="H91" s="32"/>
+      <c r="I91" s="32"/>
+      <c r="J91" s="32"/>
+      <c r="K91" s="234"/>
+      <c r="L91" s="235"/>
+      <c r="M91" s="235"/>
+      <c r="N91" s="235"/>
+      <c r="O91" s="235"/>
+      <c r="P91" s="235"/>
+      <c r="Q91" s="235"/>
+      <c r="R91" s="235"/>
+      <c r="S91" s="235"/>
+      <c r="T91" s="235"/>
+      <c r="U91" s="235"/>
+      <c r="V91" s="235"/>
+      <c r="W91" s="235"/>
+      <c r="X91" s="235"/>
+      <c r="Y91" s="235"/>
+      <c r="Z91" s="235"/>
+      <c r="AA91" s="235"/>
+      <c r="AB91" s="235"/>
+      <c r="AC91" s="235"/>
+      <c r="AD91" s="235"/>
+      <c r="AE91" s="235"/>
+      <c r="AF91" s="235"/>
+      <c r="AG91" s="235"/>
+      <c r="AH91" s="235"/>
+      <c r="AI91" s="235"/>
+      <c r="AJ91" s="236"/>
+      <c r="AK91" s="159" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),71)</f>
-        <v>(oder deren Beauftragte)</v>
-[...329 lines deleted...]
-      <c r="BE91" s="136"/>
+        <v>(ou son délégué)</v>
+      </c>
+      <c r="AL91" s="160"/>
+      <c r="AM91" s="160"/>
+      <c r="AN91" s="160"/>
+      <c r="AO91" s="160"/>
+      <c r="AP91" s="160"/>
+      <c r="AQ91" s="160"/>
+      <c r="AR91" s="160"/>
+      <c r="AS91" s="160"/>
+      <c r="AT91" s="160"/>
+      <c r="AU91" s="160"/>
+      <c r="AV91" s="160"/>
+      <c r="AW91" s="160"/>
+      <c r="AX91" s="160"/>
+      <c r="AY91" s="160"/>
+      <c r="AZ91" s="160"/>
+      <c r="BA91" s="160"/>
+      <c r="BB91" s="160"/>
+      <c r="BC91" s="160"/>
+      <c r="BD91" s="160"/>
+      <c r="BE91" s="161"/>
       <c r="BF91" s="24"/>
     </row>
     <row r="92" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="23"/>
-      <c r="B92" s="104" t="str">
-[...57 lines deleted...]
-      <c r="BE92" s="117"/>
+      <c r="B92" s="77"/>
+      <c r="C92" s="77"/>
+      <c r="D92" s="77"/>
+      <c r="E92" s="77"/>
+      <c r="F92" s="77"/>
+      <c r="G92" s="77"/>
+      <c r="H92" s="77"/>
+      <c r="I92" s="77"/>
+      <c r="J92" s="77"/>
+      <c r="K92" s="234"/>
+      <c r="L92" s="235"/>
+      <c r="M92" s="235"/>
+      <c r="N92" s="235"/>
+      <c r="O92" s="235"/>
+      <c r="P92" s="235"/>
+      <c r="Q92" s="235"/>
+      <c r="R92" s="235"/>
+      <c r="S92" s="235"/>
+      <c r="T92" s="235"/>
+      <c r="U92" s="235"/>
+      <c r="V92" s="235"/>
+      <c r="W92" s="235"/>
+      <c r="X92" s="235"/>
+      <c r="Y92" s="235"/>
+      <c r="Z92" s="235"/>
+      <c r="AA92" s="235"/>
+      <c r="AB92" s="235"/>
+      <c r="AC92" s="235"/>
+      <c r="AD92" s="235"/>
+      <c r="AE92" s="235"/>
+      <c r="AF92" s="235"/>
+      <c r="AG92" s="235"/>
+      <c r="AH92" s="235"/>
+      <c r="AI92" s="235"/>
+      <c r="AJ92" s="236"/>
+      <c r="AK92" s="162" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),72)</f>
+        <v>Le formulaire est certifié complet et correct</v>
+      </c>
+      <c r="AL92" s="163"/>
+      <c r="AM92" s="163"/>
+      <c r="AN92" s="163"/>
+      <c r="AO92" s="163"/>
+      <c r="AP92" s="163"/>
+      <c r="AQ92" s="163"/>
+      <c r="AR92" s="163"/>
+      <c r="AS92" s="163"/>
+      <c r="AT92" s="163"/>
+      <c r="AU92" s="163"/>
+      <c r="AV92" s="163"/>
+      <c r="AW92" s="163"/>
+      <c r="AX92" s="163"/>
+      <c r="AY92" s="163"/>
+      <c r="AZ92" s="163"/>
+      <c r="BA92" s="163"/>
+      <c r="BB92" s="163"/>
+      <c r="BC92" s="163"/>
+      <c r="BD92" s="163"/>
+      <c r="BE92" s="164"/>
       <c r="BF92" s="24"/>
     </row>
-    <row r="93" spans="1:58" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="23"/>
-      <c r="B93" s="81"/>
-[...54 lines deleted...]
-      <c r="BE93" s="136"/>
+      <c r="B93" s="77"/>
+      <c r="C93" s="77"/>
+      <c r="D93" s="77"/>
+      <c r="E93" s="77"/>
+      <c r="F93" s="77"/>
+      <c r="G93" s="77"/>
+      <c r="H93" s="77"/>
+      <c r="I93" s="77"/>
+      <c r="J93" s="77"/>
+      <c r="K93" s="237"/>
+      <c r="L93" s="238"/>
+      <c r="M93" s="238"/>
+      <c r="N93" s="238"/>
+      <c r="O93" s="238"/>
+      <c r="P93" s="238"/>
+      <c r="Q93" s="238"/>
+      <c r="R93" s="238"/>
+      <c r="S93" s="238"/>
+      <c r="T93" s="238"/>
+      <c r="U93" s="238"/>
+      <c r="V93" s="238"/>
+      <c r="W93" s="238"/>
+      <c r="X93" s="238"/>
+      <c r="Y93" s="238"/>
+      <c r="Z93" s="238"/>
+      <c r="AA93" s="238"/>
+      <c r="AB93" s="238"/>
+      <c r="AC93" s="238"/>
+      <c r="AD93" s="238"/>
+      <c r="AE93" s="238"/>
+      <c r="AF93" s="238"/>
+      <c r="AG93" s="238"/>
+      <c r="AH93" s="238"/>
+      <c r="AI93" s="238"/>
+      <c r="AJ93" s="239"/>
+      <c r="AK93" s="78"/>
+      <c r="AL93" s="79"/>
+      <c r="AM93" s="79"/>
+      <c r="AN93" s="79"/>
+      <c r="AO93" s="79"/>
+      <c r="AP93" s="79"/>
+      <c r="AQ93" s="79"/>
+      <c r="AR93" s="79"/>
+      <c r="AS93" s="79"/>
+      <c r="AT93" s="79"/>
+      <c r="AU93" s="79"/>
+      <c r="AV93" s="79"/>
+      <c r="AW93" s="79"/>
+      <c r="AX93" s="79"/>
+      <c r="AY93" s="79"/>
+      <c r="AZ93" s="79"/>
+      <c r="BA93" s="79"/>
+      <c r="BB93" s="79"/>
+      <c r="BC93" s="79"/>
+      <c r="BD93" s="79"/>
+      <c r="BE93" s="80"/>
       <c r="BF93" s="24"/>
     </row>
-    <row r="94" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A94" s="23"/>
       <c r="B94" s="106" t="str">
-        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),67)&amp;":"</f>
-        <v>Tel. / E-Mail:</v>
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),65)</f>
+        <v>Nom et adresse</v>
       </c>
       <c r="C94" s="106"/>
       <c r="D94" s="106"/>
       <c r="E94" s="106"/>
       <c r="F94" s="106"/>
       <c r="G94" s="106"/>
       <c r="H94" s="106"/>
       <c r="I94" s="106"/>
       <c r="J94" s="107"/>
-      <c r="K94" s="98"/>
-[...45 lines deleted...]
-      <c r="BE94" s="103"/>
+      <c r="K94" s="240"/>
+      <c r="L94" s="241"/>
+      <c r="M94" s="241"/>
+      <c r="N94" s="241"/>
+      <c r="O94" s="241"/>
+      <c r="P94" s="241"/>
+      <c r="Q94" s="241"/>
+      <c r="R94" s="241"/>
+      <c r="S94" s="241"/>
+      <c r="T94" s="241"/>
+      <c r="U94" s="241"/>
+      <c r="V94" s="241"/>
+      <c r="W94" s="241"/>
+      <c r="X94" s="241"/>
+      <c r="Y94" s="241"/>
+      <c r="Z94" s="241"/>
+      <c r="AA94" s="241"/>
+      <c r="AB94" s="241"/>
+      <c r="AC94" s="241"/>
+      <c r="AD94" s="241"/>
+      <c r="AE94" s="241"/>
+      <c r="AF94" s="241"/>
+      <c r="AG94" s="241"/>
+      <c r="AH94" s="241"/>
+      <c r="AI94" s="241"/>
+      <c r="AJ94" s="242"/>
+      <c r="AK94" s="134"/>
+      <c r="AL94" s="135"/>
+      <c r="AM94" s="135"/>
+      <c r="AN94" s="135"/>
+      <c r="AO94" s="135"/>
+      <c r="AP94" s="135"/>
+      <c r="AQ94" s="135"/>
+      <c r="AR94" s="135"/>
+      <c r="AS94" s="135"/>
+      <c r="AT94" s="135"/>
+      <c r="AU94" s="135"/>
+      <c r="AV94" s="135"/>
+      <c r="AW94" s="135"/>
+      <c r="AX94" s="135"/>
+      <c r="AY94" s="135"/>
+      <c r="AZ94" s="135"/>
+      <c r="BA94" s="135"/>
+      <c r="BB94" s="135"/>
+      <c r="BC94" s="135"/>
+      <c r="BD94" s="135"/>
+      <c r="BE94" s="136"/>
       <c r="BF94" s="24"/>
     </row>
-    <row r="95" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A95" s="23"/>
-      <c r="B95" s="104" t="str">
+      <c r="B95" s="106" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),66)&amp;":"</f>
+        <v>de l'entreprise:</v>
+      </c>
+      <c r="C95" s="106"/>
+      <c r="D95" s="106"/>
+      <c r="E95" s="106"/>
+      <c r="F95" s="106"/>
+      <c r="G95" s="106"/>
+      <c r="H95" s="106"/>
+      <c r="I95" s="106"/>
+      <c r="J95" s="107"/>
+      <c r="K95" s="243"/>
+      <c r="L95" s="244"/>
+      <c r="M95" s="244"/>
+      <c r="N95" s="244"/>
+      <c r="O95" s="244"/>
+      <c r="P95" s="244"/>
+      <c r="Q95" s="244"/>
+      <c r="R95" s="244"/>
+      <c r="S95" s="244"/>
+      <c r="T95" s="244"/>
+      <c r="U95" s="244"/>
+      <c r="V95" s="244"/>
+      <c r="W95" s="244"/>
+      <c r="X95" s="244"/>
+      <c r="Y95" s="244"/>
+      <c r="Z95" s="244"/>
+      <c r="AA95" s="244"/>
+      <c r="AB95" s="244"/>
+      <c r="AC95" s="244"/>
+      <c r="AD95" s="244"/>
+      <c r="AE95" s="244"/>
+      <c r="AF95" s="244"/>
+      <c r="AG95" s="244"/>
+      <c r="AH95" s="244"/>
+      <c r="AI95" s="244"/>
+      <c r="AJ95" s="245"/>
+      <c r="AK95" s="137"/>
+      <c r="AL95" s="138"/>
+      <c r="AM95" s="138"/>
+      <c r="AN95" s="138"/>
+      <c r="AO95" s="138"/>
+      <c r="AP95" s="138"/>
+      <c r="AQ95" s="138"/>
+      <c r="AR95" s="138"/>
+      <c r="AS95" s="138"/>
+      <c r="AT95" s="138"/>
+      <c r="AU95" s="138"/>
+      <c r="AV95" s="138"/>
+      <c r="AW95" s="138"/>
+      <c r="AX95" s="138"/>
+      <c r="AY95" s="138"/>
+      <c r="AZ95" s="138"/>
+      <c r="BA95" s="138"/>
+      <c r="BB95" s="138"/>
+      <c r="BC95" s="138"/>
+      <c r="BD95" s="138"/>
+      <c r="BE95" s="139"/>
+      <c r="BF95" s="24"/>
+    </row>
+    <row r="96" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="23"/>
+      <c r="B96" s="81"/>
+      <c r="C96" s="81"/>
+      <c r="D96" s="81"/>
+      <c r="E96" s="81"/>
+      <c r="F96" s="81"/>
+      <c r="G96" s="81"/>
+      <c r="H96" s="81"/>
+      <c r="I96" s="81"/>
+      <c r="J96" s="82"/>
+      <c r="K96" s="246"/>
+      <c r="L96" s="247"/>
+      <c r="M96" s="247"/>
+      <c r="N96" s="247"/>
+      <c r="O96" s="247"/>
+      <c r="P96" s="247"/>
+      <c r="Q96" s="247"/>
+      <c r="R96" s="247"/>
+      <c r="S96" s="247"/>
+      <c r="T96" s="247"/>
+      <c r="U96" s="247"/>
+      <c r="V96" s="247"/>
+      <c r="W96" s="247"/>
+      <c r="X96" s="247"/>
+      <c r="Y96" s="247"/>
+      <c r="Z96" s="247"/>
+      <c r="AA96" s="247"/>
+      <c r="AB96" s="247"/>
+      <c r="AC96" s="247"/>
+      <c r="AD96" s="247"/>
+      <c r="AE96" s="247"/>
+      <c r="AF96" s="247"/>
+      <c r="AG96" s="247"/>
+      <c r="AH96" s="247"/>
+      <c r="AI96" s="247"/>
+      <c r="AJ96" s="248"/>
+      <c r="AK96" s="140"/>
+      <c r="AL96" s="141"/>
+      <c r="AM96" s="141"/>
+      <c r="AN96" s="141"/>
+      <c r="AO96" s="141"/>
+      <c r="AP96" s="141"/>
+      <c r="AQ96" s="141"/>
+      <c r="AR96" s="141"/>
+      <c r="AS96" s="141"/>
+      <c r="AT96" s="141"/>
+      <c r="AU96" s="141"/>
+      <c r="AV96" s="141"/>
+      <c r="AW96" s="141"/>
+      <c r="AX96" s="141"/>
+      <c r="AY96" s="141"/>
+      <c r="AZ96" s="141"/>
+      <c r="BA96" s="141"/>
+      <c r="BB96" s="141"/>
+      <c r="BC96" s="141"/>
+      <c r="BD96" s="141"/>
+      <c r="BE96" s="142"/>
+      <c r="BF96" s="24"/>
+    </row>
+    <row r="97" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="23"/>
+      <c r="B97" s="106" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),73)&amp;":"</f>
+        <v>Responsable:</v>
+      </c>
+      <c r="C97" s="106"/>
+      <c r="D97" s="106"/>
+      <c r="E97" s="106"/>
+      <c r="F97" s="106"/>
+      <c r="G97" s="106"/>
+      <c r="H97" s="106"/>
+      <c r="I97" s="106"/>
+      <c r="J97" s="107"/>
+      <c r="K97" s="256"/>
+      <c r="L97" s="257"/>
+      <c r="M97" s="257"/>
+      <c r="N97" s="257"/>
+      <c r="O97" s="257"/>
+      <c r="P97" s="257"/>
+      <c r="Q97" s="257"/>
+      <c r="R97" s="257"/>
+      <c r="S97" s="257"/>
+      <c r="T97" s="257"/>
+      <c r="U97" s="257"/>
+      <c r="V97" s="257"/>
+      <c r="W97" s="257"/>
+      <c r="X97" s="257"/>
+      <c r="Y97" s="257"/>
+      <c r="Z97" s="257"/>
+      <c r="AA97" s="257"/>
+      <c r="AB97" s="257"/>
+      <c r="AC97" s="257"/>
+      <c r="AD97" s="257"/>
+      <c r="AE97" s="257"/>
+      <c r="AF97" s="257"/>
+      <c r="AG97" s="257"/>
+      <c r="AH97" s="257"/>
+      <c r="AI97" s="257"/>
+      <c r="AJ97" s="258"/>
+      <c r="AK97" s="117"/>
+      <c r="AL97" s="118"/>
+      <c r="AM97" s="118"/>
+      <c r="AN97" s="118"/>
+      <c r="AO97" s="118"/>
+      <c r="AP97" s="118"/>
+      <c r="AQ97" s="118"/>
+      <c r="AR97" s="118"/>
+      <c r="AS97" s="118"/>
+      <c r="AT97" s="118"/>
+      <c r="AU97" s="118"/>
+      <c r="AV97" s="118"/>
+      <c r="AW97" s="118"/>
+      <c r="AX97" s="118"/>
+      <c r="AY97" s="118"/>
+      <c r="AZ97" s="118"/>
+      <c r="BA97" s="118"/>
+      <c r="BB97" s="118"/>
+      <c r="BC97" s="118"/>
+      <c r="BD97" s="118"/>
+      <c r="BE97" s="119"/>
+      <c r="BF97" s="24"/>
+    </row>
+    <row r="98" spans="1:58" ht="5.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="23"/>
+      <c r="B98" s="81"/>
+      <c r="C98" s="81"/>
+      <c r="D98" s="81"/>
+      <c r="E98" s="81"/>
+      <c r="F98" s="81"/>
+      <c r="G98" s="81"/>
+      <c r="H98" s="81"/>
+      <c r="I98" s="81"/>
+      <c r="J98" s="82"/>
+      <c r="K98" s="246"/>
+      <c r="L98" s="247"/>
+      <c r="M98" s="247"/>
+      <c r="N98" s="247"/>
+      <c r="O98" s="247"/>
+      <c r="P98" s="247"/>
+      <c r="Q98" s="247"/>
+      <c r="R98" s="247"/>
+      <c r="S98" s="247"/>
+      <c r="T98" s="247"/>
+      <c r="U98" s="247"/>
+      <c r="V98" s="247"/>
+      <c r="W98" s="247"/>
+      <c r="X98" s="247"/>
+      <c r="Y98" s="247"/>
+      <c r="Z98" s="247"/>
+      <c r="AA98" s="247"/>
+      <c r="AB98" s="247"/>
+      <c r="AC98" s="247"/>
+      <c r="AD98" s="247"/>
+      <c r="AE98" s="247"/>
+      <c r="AF98" s="247"/>
+      <c r="AG98" s="247"/>
+      <c r="AH98" s="247"/>
+      <c r="AI98" s="247"/>
+      <c r="AJ98" s="248"/>
+      <c r="AK98" s="140"/>
+      <c r="AL98" s="141"/>
+      <c r="AM98" s="141"/>
+      <c r="AN98" s="141"/>
+      <c r="AO98" s="141"/>
+      <c r="AP98" s="141"/>
+      <c r="AQ98" s="141"/>
+      <c r="AR98" s="141"/>
+      <c r="AS98" s="141"/>
+      <c r="AT98" s="141"/>
+      <c r="AU98" s="141"/>
+      <c r="AV98" s="141"/>
+      <c r="AW98" s="141"/>
+      <c r="AX98" s="141"/>
+      <c r="AY98" s="141"/>
+      <c r="AZ98" s="141"/>
+      <c r="BA98" s="141"/>
+      <c r="BB98" s="141"/>
+      <c r="BC98" s="141"/>
+      <c r="BD98" s="141"/>
+      <c r="BE98" s="142"/>
+      <c r="BF98" s="24"/>
+    </row>
+    <row r="99" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="23"/>
+      <c r="B99" s="108" t="str">
+        <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),67)&amp;":"</f>
+        <v>tél / mail:</v>
+      </c>
+      <c r="C99" s="108"/>
+      <c r="D99" s="108"/>
+      <c r="E99" s="108"/>
+      <c r="F99" s="108"/>
+      <c r="G99" s="108"/>
+      <c r="H99" s="108"/>
+      <c r="I99" s="108"/>
+      <c r="J99" s="109"/>
+      <c r="K99" s="100"/>
+      <c r="L99" s="101"/>
+      <c r="M99" s="101"/>
+      <c r="N99" s="101"/>
+      <c r="O99" s="101"/>
+      <c r="P99" s="101"/>
+      <c r="Q99" s="101"/>
+      <c r="R99" s="101"/>
+      <c r="S99" s="101"/>
+      <c r="T99" s="101"/>
+      <c r="U99" s="101"/>
+      <c r="V99" s="101"/>
+      <c r="W99" s="101"/>
+      <c r="X99" s="101"/>
+      <c r="Y99" s="101"/>
+      <c r="Z99" s="101"/>
+      <c r="AA99" s="101"/>
+      <c r="AB99" s="101"/>
+      <c r="AC99" s="101"/>
+      <c r="AD99" s="101"/>
+      <c r="AE99" s="101"/>
+      <c r="AF99" s="101"/>
+      <c r="AG99" s="101"/>
+      <c r="AH99" s="101"/>
+      <c r="AI99" s="101"/>
+      <c r="AJ99" s="102"/>
+      <c r="AK99" s="103"/>
+      <c r="AL99" s="104"/>
+      <c r="AM99" s="104"/>
+      <c r="AN99" s="104"/>
+      <c r="AO99" s="104"/>
+      <c r="AP99" s="104"/>
+      <c r="AQ99" s="104"/>
+      <c r="AR99" s="104"/>
+      <c r="AS99" s="104"/>
+      <c r="AT99" s="104"/>
+      <c r="AU99" s="104"/>
+      <c r="AV99" s="104"/>
+      <c r="AW99" s="104"/>
+      <c r="AX99" s="104"/>
+      <c r="AY99" s="104"/>
+      <c r="AZ99" s="104"/>
+      <c r="BA99" s="104"/>
+      <c r="BB99" s="104"/>
+      <c r="BC99" s="104"/>
+      <c r="BD99" s="104"/>
+      <c r="BE99" s="105"/>
+      <c r="BF99" s="24"/>
+    </row>
+    <row r="100" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="23"/>
+      <c r="B100" s="106" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),68)&amp;":"</f>
-        <v>Ort und Datum:</v>
-[...235 lines deleted...]
-      <c r="BE98" s="72" t="str">
+        <v>Lieu et date:</v>
+      </c>
+      <c r="C100" s="106"/>
+      <c r="D100" s="106"/>
+      <c r="E100" s="106"/>
+      <c r="F100" s="106"/>
+      <c r="G100" s="106"/>
+      <c r="H100" s="106"/>
+      <c r="I100" s="106"/>
+      <c r="J100" s="107"/>
+      <c r="K100" s="111"/>
+      <c r="L100" s="112"/>
+      <c r="M100" s="112"/>
+      <c r="N100" s="112"/>
+      <c r="O100" s="112"/>
+      <c r="P100" s="112"/>
+      <c r="Q100" s="112"/>
+      <c r="R100" s="112"/>
+      <c r="S100" s="112"/>
+      <c r="T100" s="112"/>
+      <c r="U100" s="112"/>
+      <c r="V100" s="112"/>
+      <c r="W100" s="112"/>
+      <c r="X100" s="112"/>
+      <c r="Y100" s="112"/>
+      <c r="Z100" s="112"/>
+      <c r="AA100" s="112"/>
+      <c r="AB100" s="112"/>
+      <c r="AC100" s="112"/>
+      <c r="AD100" s="112"/>
+      <c r="AE100" s="112"/>
+      <c r="AF100" s="112"/>
+      <c r="AG100" s="112"/>
+      <c r="AH100" s="112"/>
+      <c r="AI100" s="112"/>
+      <c r="AJ100" s="113"/>
+      <c r="AK100" s="117"/>
+      <c r="AL100" s="118"/>
+      <c r="AM100" s="118"/>
+      <c r="AN100" s="118"/>
+      <c r="AO100" s="118"/>
+      <c r="AP100" s="118"/>
+      <c r="AQ100" s="118"/>
+      <c r="AR100" s="118"/>
+      <c r="AS100" s="118"/>
+      <c r="AT100" s="118"/>
+      <c r="AU100" s="118"/>
+      <c r="AV100" s="118"/>
+      <c r="AW100" s="118"/>
+      <c r="AX100" s="118"/>
+      <c r="AY100" s="118"/>
+      <c r="AZ100" s="118"/>
+      <c r="BA100" s="118"/>
+      <c r="BB100" s="118"/>
+      <c r="BC100" s="118"/>
+      <c r="BD100" s="118"/>
+      <c r="BE100" s="119"/>
+      <c r="BF100" s="24"/>
+    </row>
+    <row r="101" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="23"/>
+      <c r="B101" s="106"/>
+      <c r="C101" s="106"/>
+      <c r="D101" s="106"/>
+      <c r="E101" s="106"/>
+      <c r="F101" s="106"/>
+      <c r="G101" s="106"/>
+      <c r="H101" s="106"/>
+      <c r="I101" s="106"/>
+      <c r="J101" s="107"/>
+      <c r="K101" s="114"/>
+      <c r="L101" s="115"/>
+      <c r="M101" s="115"/>
+      <c r="N101" s="115"/>
+      <c r="O101" s="115"/>
+      <c r="P101" s="115"/>
+      <c r="Q101" s="115"/>
+      <c r="R101" s="115"/>
+      <c r="S101" s="115"/>
+      <c r="T101" s="115"/>
+      <c r="U101" s="115"/>
+      <c r="V101" s="115"/>
+      <c r="W101" s="115"/>
+      <c r="X101" s="115"/>
+      <c r="Y101" s="115"/>
+      <c r="Z101" s="115"/>
+      <c r="AA101" s="115"/>
+      <c r="AB101" s="115"/>
+      <c r="AC101" s="115"/>
+      <c r="AD101" s="115"/>
+      <c r="AE101" s="115"/>
+      <c r="AF101" s="115"/>
+      <c r="AG101" s="115"/>
+      <c r="AH101" s="115"/>
+      <c r="AI101" s="115"/>
+      <c r="AJ101" s="116"/>
+      <c r="AK101" s="120"/>
+      <c r="AL101" s="121"/>
+      <c r="AM101" s="121"/>
+      <c r="AN101" s="121"/>
+      <c r="AO101" s="121"/>
+      <c r="AP101" s="121"/>
+      <c r="AQ101" s="121"/>
+      <c r="AR101" s="121"/>
+      <c r="AS101" s="121"/>
+      <c r="AT101" s="121"/>
+      <c r="AU101" s="121"/>
+      <c r="AV101" s="121"/>
+      <c r="AW101" s="121"/>
+      <c r="AX101" s="121"/>
+      <c r="AY101" s="121"/>
+      <c r="AZ101" s="121"/>
+      <c r="BA101" s="121"/>
+      <c r="BB101" s="121"/>
+      <c r="BC101" s="121"/>
+      <c r="BD101" s="121"/>
+      <c r="BE101" s="122"/>
+      <c r="BF101" s="24"/>
+    </row>
+    <row r="102" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="23"/>
+      <c r="B102" s="83"/>
+      <c r="C102" s="81"/>
+      <c r="D102" s="81"/>
+      <c r="E102" s="81"/>
+      <c r="F102" s="81"/>
+      <c r="G102" s="81"/>
+      <c r="H102" s="81"/>
+      <c r="I102" s="81"/>
+      <c r="J102" s="81"/>
+      <c r="K102" s="63"/>
+      <c r="L102" s="63"/>
+      <c r="M102" s="63"/>
+      <c r="N102" s="63"/>
+      <c r="O102" s="63"/>
+      <c r="P102" s="63"/>
+      <c r="Q102" s="63"/>
+      <c r="R102" s="63"/>
+      <c r="S102" s="63"/>
+      <c r="T102" s="63"/>
+      <c r="U102" s="63"/>
+      <c r="V102" s="63"/>
+      <c r="W102" s="63"/>
+      <c r="X102" s="63"/>
+      <c r="Y102" s="63"/>
+      <c r="Z102" s="63"/>
+      <c r="AA102" s="63"/>
+      <c r="AB102" s="63"/>
+      <c r="AC102" s="63"/>
+      <c r="AD102" s="63"/>
+      <c r="AE102" s="63"/>
+      <c r="AF102" s="63"/>
+      <c r="AG102" s="63"/>
+      <c r="AH102" s="63"/>
+      <c r="AI102" s="63"/>
+      <c r="AJ102" s="63"/>
+      <c r="AK102" s="26"/>
+      <c r="AL102" s="26"/>
+      <c r="AM102" s="26"/>
+      <c r="AN102" s="26"/>
+      <c r="AO102" s="26"/>
+      <c r="AP102" s="26"/>
+      <c r="AQ102" s="26"/>
+      <c r="AR102" s="26"/>
+      <c r="AS102" s="26"/>
+      <c r="AT102" s="26"/>
+      <c r="AU102" s="26"/>
+      <c r="AV102" s="26"/>
+      <c r="AW102" s="26"/>
+      <c r="AX102" s="26"/>
+      <c r="AY102" s="26"/>
+      <c r="AZ102" s="26"/>
+      <c r="BA102" s="26"/>
+      <c r="BB102" s="26"/>
+      <c r="BC102" s="26"/>
+      <c r="BD102" s="26"/>
+      <c r="BE102" s="72"/>
+      <c r="BF102" s="24"/>
+    </row>
+    <row r="103" spans="1:58" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="23"/>
+      <c r="B103" s="23"/>
+      <c r="C103" s="23"/>
+      <c r="D103" s="23"/>
+      <c r="E103" s="23"/>
+      <c r="F103" s="23"/>
+      <c r="G103" s="23"/>
+      <c r="H103" s="23"/>
+      <c r="I103" s="23"/>
+      <c r="J103" s="23"/>
+      <c r="K103" s="23"/>
+      <c r="L103" s="23"/>
+      <c r="M103" s="23"/>
+      <c r="N103" s="23"/>
+      <c r="O103" s="23"/>
+      <c r="P103" s="23"/>
+      <c r="Q103" s="23"/>
+      <c r="R103" s="23"/>
+      <c r="S103" s="23"/>
+      <c r="T103" s="23"/>
+      <c r="U103" s="23"/>
+      <c r="V103" s="23"/>
+      <c r="W103" s="23"/>
+      <c r="X103" s="23"/>
+      <c r="Y103" s="23"/>
+      <c r="Z103" s="23"/>
+      <c r="AA103" s="23"/>
+      <c r="AB103" s="23"/>
+      <c r="AC103" s="23"/>
+      <c r="AD103" s="23"/>
+      <c r="AE103" s="23"/>
+      <c r="AF103" s="23"/>
+      <c r="AG103" s="23"/>
+      <c r="AH103" s="23"/>
+      <c r="AI103" s="23"/>
+      <c r="AJ103" s="23"/>
+      <c r="AK103" s="23"/>
+      <c r="AL103" s="23"/>
+      <c r="AM103" s="23"/>
+      <c r="AN103" s="23"/>
+      <c r="AO103" s="23"/>
+      <c r="AP103" s="23"/>
+      <c r="AQ103" s="23"/>
+      <c r="AR103" s="23"/>
+      <c r="AS103" s="23"/>
+      <c r="AT103" s="23"/>
+      <c r="AU103" s="23"/>
+      <c r="AV103" s="23"/>
+      <c r="AW103" s="23"/>
+      <c r="AX103" s="23"/>
+      <c r="AY103" s="23"/>
+      <c r="AZ103" s="23"/>
+      <c r="BA103" s="23"/>
+      <c r="BB103" s="23"/>
+      <c r="BC103" s="23"/>
+      <c r="BD103" s="23"/>
+      <c r="BE103" s="72" t="str">
         <f ca="1">INDEX(INDIRECT("Tab_texte["&amp;'Textes FR-DE'!B4&amp;"]"),74)</f>
-        <v>Version vom 26. September 2025 (gültig bis 31.12.2025)</v>
-[...4 lines deleted...]
-    <row r="100" spans="1:58" x14ac:dyDescent="0.25"/>
+        <v>Version 11 novembre 2025 (valable jusqu'au 31.12.2025)</v>
+      </c>
+      <c r="BF103" s="24"/>
+    </row>
+    <row r="104" spans="1:58" x14ac:dyDescent="0.35"/>
+    <row r="105" spans="1:58" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Xa5X/W0lJGAjdcb3JUzAJOMzsrh/5yuf+FDwvS1kzF9f17rpIh3urv66Rz4qL5kc7Y875+4XfHcQIqWWMtZ9tA==" saltValue="TmhvlDSoWSPrVb0+vzP0Gg==" spinCount="100000" sheet="1" formatCells="0" selectLockedCells="1"/>
-[...9 lines deleted...]
-    <mergeCell ref="V63:Z63"/>
+  <sheetProtection formatCells="0" selectLockedCells="1"/>
+  <mergeCells count="82">
+    <mergeCell ref="B56:J56"/>
+    <mergeCell ref="B97:J97"/>
+    <mergeCell ref="V64:AJ64"/>
+    <mergeCell ref="K90:AJ93"/>
+    <mergeCell ref="K94:AJ96"/>
+    <mergeCell ref="B94:J94"/>
+    <mergeCell ref="B95:J95"/>
+    <mergeCell ref="B71:BE71"/>
+    <mergeCell ref="V66:Z66"/>
+    <mergeCell ref="L60:O60"/>
+    <mergeCell ref="U60:AJ60"/>
+    <mergeCell ref="AK97:BE98"/>
+    <mergeCell ref="K97:AJ98"/>
+    <mergeCell ref="AW68:BA68"/>
     <mergeCell ref="B43:E43"/>
     <mergeCell ref="B42:E42"/>
     <mergeCell ref="F42:I42"/>
     <mergeCell ref="J42:M42"/>
     <mergeCell ref="N42:Q42"/>
     <mergeCell ref="F43:I43"/>
     <mergeCell ref="J43:M43"/>
     <mergeCell ref="N43:Q43"/>
     <mergeCell ref="AM2:BE3"/>
     <mergeCell ref="I9:BE9"/>
     <mergeCell ref="B2:I5"/>
     <mergeCell ref="J2:X5"/>
     <mergeCell ref="Y2:AL5"/>
     <mergeCell ref="I7:Y7"/>
     <mergeCell ref="AO7:AT7"/>
     <mergeCell ref="AE7:AI7"/>
     <mergeCell ref="AM4:BE5"/>
     <mergeCell ref="AY7:BE7"/>
     <mergeCell ref="AM14:AO14"/>
     <mergeCell ref="AK29:BF29"/>
     <mergeCell ref="L21:AJ21"/>
     <mergeCell ref="L23:AJ23"/>
     <mergeCell ref="AP21:AV21"/>
     <mergeCell ref="P17:X18"/>
     <mergeCell ref="L25:O25"/>
     <mergeCell ref="U25:AJ25"/>
-    <mergeCell ref="L57:O57"/>
-    <mergeCell ref="U57:AJ57"/>
     <mergeCell ref="L27:V27"/>
     <mergeCell ref="L29:AJ29"/>
     <mergeCell ref="N38:R38"/>
-    <mergeCell ref="L53:AJ53"/>
+    <mergeCell ref="L56:AJ56"/>
     <mergeCell ref="V43:Y43"/>
     <mergeCell ref="Z43:AC43"/>
     <mergeCell ref="AD43:AG43"/>
     <mergeCell ref="AH43:AK43"/>
     <mergeCell ref="R42:U42"/>
     <mergeCell ref="R43:U43"/>
     <mergeCell ref="U37:AN37"/>
     <mergeCell ref="J36:L36"/>
-    <mergeCell ref="AK59:BF59"/>
-[...2 lines deleted...]
-    <mergeCell ref="AK92:BE93"/>
+    <mergeCell ref="AK62:BF62"/>
+    <mergeCell ref="L58:AJ58"/>
+    <mergeCell ref="AK94:BE96"/>
     <mergeCell ref="V36:X36"/>
     <mergeCell ref="AL36:AP36"/>
     <mergeCell ref="AP43:AS43"/>
     <mergeCell ref="AT43:AW43"/>
-    <mergeCell ref="AP53:AV53"/>
+    <mergeCell ref="AP56:AV56"/>
     <mergeCell ref="AL43:AO43"/>
     <mergeCell ref="AL38:AN38"/>
-    <mergeCell ref="K92:AJ93"/>
-[...6 lines deleted...]
-    <mergeCell ref="B94:J94"/>
+    <mergeCell ref="AK90:BE90"/>
+    <mergeCell ref="AK91:BE91"/>
+    <mergeCell ref="AK92:BE92"/>
+    <mergeCell ref="N68:U68"/>
+    <mergeCell ref="K99:AJ99"/>
+    <mergeCell ref="AK99:BE99"/>
+    <mergeCell ref="B100:J101"/>
+    <mergeCell ref="B99:J99"/>
     <mergeCell ref="AP42:AS42"/>
-    <mergeCell ref="K95:AJ96"/>
-    <mergeCell ref="AK95:BE96"/>
+    <mergeCell ref="K100:AJ101"/>
+    <mergeCell ref="AK100:BE101"/>
     <mergeCell ref="AT42:AW42"/>
     <mergeCell ref="AX42:BA42"/>
     <mergeCell ref="BB42:BE42"/>
     <mergeCell ref="V42:Y42"/>
     <mergeCell ref="Z42:AC42"/>
     <mergeCell ref="AD42:AG42"/>
     <mergeCell ref="AH42:AK42"/>
     <mergeCell ref="AL42:AO42"/>
-    <mergeCell ref="L59:AJ59"/>
+    <mergeCell ref="L62:AJ62"/>
   </mergeCells>
   <conditionalFormatting sqref="T37:AN37">
-    <cfRule type="expression" dxfId="7" priority="31">
+    <cfRule type="expression" dxfId="4" priority="31">
       <formula>$BI$37=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T39:AN39">
-    <cfRule type="expression" dxfId="6" priority="26">
+    <cfRule type="expression" dxfId="3" priority="26">
       <formula>$BI$39=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="6">
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalide / Ungültig " error="Veuillez saisir un code postal suisse valide à 4 chiffres (p. ex. 1950)._x000a__x000a_Bitte geben Sie eine gültige Schweizer PLZ mit 4 Ziffern ein (z. B. 1950)." sqref="L25:L26 M26:T26 P25 L57:L58 M58:T58 P57" xr:uid="{5E15C802-3FF0-4465-B483-8B228CD22EDF}">
+  <dataValidations count="7">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalide / Ungültig " error="Veuillez saisir un code postal suisse valide à 4 chiffres (p. ex. 1950)._x000a__x000a_Bitte geben Sie eine gültige Schweizer PLZ mit 4 Ziffern ein (z. B. 1950)." sqref="L25:L26 M26:T26 P25 L60:L61 M61:T61 P60" xr:uid="{5E15C802-3FF0-4465-B483-8B228CD22EDF}">
       <formula1>1000</formula1>
       <formula2>9999</formula2>
     </dataValidation>
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AN21:AN22 AW21:AY22 AO22:AV22 AN53:AN54 AW53:AY54 AO54:AV54" xr:uid="{CC5FE88C-0562-45C5-8739-DD8162A2EF14}">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AN21:AN22 AW21:AY22 AO22:AV22 AN56:AN57 AW56:AY57 AO57:AV57" xr:uid="{CC5FE88C-0562-45C5-8739-DD8162A2EF14}">
       <formula1>15</formula1>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="L27:V28" xr:uid="{F4023374-BD89-4A37-BB81-49C865FC6C9E}">
       <formula1>271000000</formula1>
       <formula2>799999999</formula2>
     </dataValidation>
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="V36:X36" xr:uid="{994EA1C3-2E3F-4A5C-9408-41A72C1DE686}">
       <formula1>100</formula1>
       <formula2>999</formula2>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J36:P36" xr:uid="{CD0E43D0-2F48-4B11-A8AA-72401EAAA830}">
       <formula1>1</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="AE7:AI7" xr:uid="{61A09560-287B-4970-B40B-112EC0A5CFD6}">
       <formula1>"VS,VD,BE,UR,TI"</formula1>
     </dataValidation>
+    <dataValidation type="date" operator="greaterThanOrEqual" allowBlank="1" showErrorMessage="1" errorTitle="Error" error="Veuillez saisir la date au format jj.mm.aa (exemple : 06.11.25)._x000a__x000a_Bitte geben Sie das Datum im Format TT.MM.JJ ein (Beispiel: 06.11.25)." sqref="AW68:BA68" xr:uid="{272819D5-CA7E-482A-A016-2DE0D2468624}">
+      <formula1>45967</formula1>
+    </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="59" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1052" r:id="rId4" name="Check Box 28">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor>
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
-                    <xdr:row>84</xdr:row>
-                    <xdr:rowOff>19050</xdr:rowOff>
+                    <xdr:row>86</xdr:row>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
-                    <xdr:row>84</xdr:row>
-                    <xdr:rowOff>171450</xdr:rowOff>
+                    <xdr:row>87</xdr:row>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1053" r:id="rId5" name="Check Box 29">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor>
                   <from>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
-                    <xdr:row>84</xdr:row>
-                    <xdr:rowOff>228600</xdr:rowOff>
+                    <xdr:row>88</xdr:row>
+                    <xdr:rowOff>6350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>0</xdr:col>
                     <xdr:colOff>209550</xdr:colOff>
-                    <xdr:row>84</xdr:row>
-                    <xdr:rowOff>342900</xdr:rowOff>
+                    <xdr:row>88</xdr:row>
+                    <xdr:rowOff>120650</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1088" r:id="rId6" name="Group Box 64">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor>
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>10</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1096" r:id="rId7" name="Option Button 72">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>16</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1097" r:id="rId8" name="Option Button 73">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>95250</xdr:colOff>
                     <xdr:row>10</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
                     <xdr:row>12</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3" r:id="rId9" name="Option Button 62">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>15</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>15</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5" r:id="rId10" name="Option Button 63">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>16</xdr:row>
-                    <xdr:rowOff>66675</xdr:rowOff>
+                    <xdr:rowOff>69850</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>15</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="6" r:id="rId11" name="groupe_statut_juridique">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1" sizeWithCells="1">
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>15</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>24</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
+                    <xdr:colOff>12700</xdr:colOff>
                     <xdr:row>18</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1098" r:id="rId12" name="Group Box 74">
               <controlPr defaultSize="0" autoFill="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
-                    <xdr:row>47</xdr:row>
+                    <xdr:row>50</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>28</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
-                    <xdr:row>49</xdr:row>
+                    <xdr:row>52</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1100" r:id="rId13" name="Option Button 76">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>24</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
-                    <xdr:row>47</xdr:row>
-                    <xdr:rowOff>123825</xdr:rowOff>
+                    <xdr:row>50</xdr:row>
+                    <xdr:rowOff>127000</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>25</xdr:col>
                     <xdr:colOff>57150</xdr:colOff>
-                    <xdr:row>49</xdr:row>
+                    <xdr:row>52</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1105" r:id="rId14" name="Check Box 81">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>44</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>45</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1104" r:id="rId15" name="Check Box 80">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>30</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>31</xdr:row>
-                    <xdr:rowOff>28575</xdr:rowOff>
+                    <xdr:rowOff>31750</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1107" r:id="rId16" name="Option Button 83">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>133350</xdr:colOff>
-                    <xdr:row>47</xdr:row>
+                    <xdr:row>50</xdr:row>
                     <xdr:rowOff>95250</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>23</xdr:col>
-                    <xdr:colOff>9525</xdr:colOff>
-                    <xdr:row>48</xdr:row>
+                    <xdr:colOff>12700</xdr:colOff>
+                    <xdr:row>51</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="1108" r:id="rId17" name="Check Box 84">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>1</xdr:col>
+                    <xdr:colOff>0</xdr:colOff>
+                    <xdr:row>45</xdr:row>
+                    <xdr:rowOff>44450</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>19050</xdr:colOff>
+                    <xdr:row>47</xdr:row>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="4" id="{9C24F426-3C74-4D43-AF0F-3E5CE70DC4D6}">
             <xm:f>'Textes FR-DE'!$B$7=2</xm:f>
             <x14:dxf>
               <font>
                 <b val="0"/>
                 <i val="0"/>
                 <strike/>
                 <color theme="0" tint="-0.34998626667073579"/>
               </font>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>B53:BF59</xm:sqref>
+          <xm:sqref>B56:BF62</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="1" id="{724031F1-0FE1-401C-AE07-B8A5396152E1}">
             <xm:f>'Textes FR-DE'!$B$7=2</xm:f>
             <x14:dxf>
               <font>
                 <color theme="0"/>
               </font>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>C82</xm:sqref>
+          <xm:sqref>C87</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="13" id="{3715E379-6726-4B04-817F-FDBC60D1D5C4}">
             <xm:f>'Textes FR-DE'!$B$5=2</xm:f>
             <x14:dxf>
               <font>
                 <color theme="1"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFFCC"/>
                 </patternFill>
               </fill>
               <border>
                 <left style="thin">
                   <color auto="1"/>
                 </left>
                 <right style="thin">
                   <color auto="1"/>
                 </right>
                 <top style="thin">
                   <color auto="1"/>
                 </top>
                 <bottom style="thin">
                   <color auto="1"/>
@@ -12859,83 +13329,83 @@
           <x14:cfRule type="expression" priority="3" id="{1E66160B-6E12-444A-8721-3EE974800638}">
             <xm:f>'Textes FR-DE'!$B$7=2</xm:f>
             <x14:dxf>
               <fill>
                 <patternFill patternType="lightUp">
                   <fgColor theme="0" tint="-0.14996795556505021"/>
                   <bgColor theme="0" tint="-0.24994659260841701"/>
                 </patternFill>
               </fill>
               <border>
                 <left style="thin">
                   <color auto="1"/>
                 </left>
                 <right style="thin">
                   <color auto="1"/>
                 </right>
                 <top style="thin">
                   <color auto="1"/>
                 </top>
                 <bottom style="thin">
                   <color auto="1"/>
                 </bottom>
               </border>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>L53:AJ53 AP53:AV53 L55:AJ55 L57:O57 U57:AJ57 L59:AJ59</xm:sqref>
+          <xm:sqref>L56:AJ56 AP56:AV56 L58:AJ58 L60:O60 U60:AJ60 L62:AJ62</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="6" id="{AD37D8C5-13B3-4A40-AAB3-01256017ED17}">
             <xm:f>'Textes FR-DE'!$B$5=2</xm:f>
             <x14:dxf>
               <font>
                 <color theme="1"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFFCC"/>
                 </patternFill>
               </fill>
               <border>
                 <left style="thin">
                   <color auto="1"/>
                 </left>
                 <right style="thin">
                   <color auto="1"/>
                 </right>
                 <top style="thin">
                   <color auto="1"/>
                 </top>
                 <bottom style="thin">
                   <color auto="1"/>
                 </bottom>
                 <vertical/>
                 <horizontal/>
               </border>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>L53:AJ53</xm:sqref>
+          <xm:sqref>L56:AJ56</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="16" id="{460F1146-554E-4944-84DA-CAB387E40F6C}">
             <xm:f>'Textes FR-DE'!$B$5=2</xm:f>
             <x14:dxf>
               <font>
                 <color theme="5"/>
               </font>
             </x14:dxf>
           </x14:cfRule>
           <xm:sqref>AP20</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="expression" priority="11" id="{6A63FF5E-41A0-4A3B-8635-E30DA5E1CC7C}">
             <xm:f>'Textes FR-DE'!$B$5=2</xm:f>
             <x14:dxf>
               <font>
                 <color theme="1"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFFCC"/>
                 </patternFill>
               </fill>
               <border>
@@ -12966,3141 +13436,3224 @@
                 <color theme="1"/>
               </font>
               <fill>
                 <patternFill>
                   <bgColor rgb="FFFFFFCC"/>
                 </patternFill>
               </fill>
               <border>
                 <left style="thin">
                   <color auto="1"/>
                 </left>
                 <right style="thin">
                   <color auto="1"/>
                 </right>
                 <top style="thin">
                   <color auto="1"/>
                 </top>
                 <bottom style="thin">
                   <color auto="1"/>
                 </bottom>
                 <vertical/>
                 <horizontal/>
               </border>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>AP53:AV53</xm:sqref>
+          <xm:sqref>AP56:AV56</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
+    </ext>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5E3FB411-C91A-4EBE-BE36-1345FDB7DF98}">
+          <x14:formula1>
+            <xm:f>INDIRECT("Etat_"&amp;'Textes FR-DE'!$B$4)</xm:f>
+          </x14:formula1>
+          <xm:sqref>N68:U68</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E248F6E-BD56-4A83-8938-5D742FC12EAB}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X65"/>
   <sheetViews>
     <sheetView topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E51" sqref="E51:G51"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="21" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="2" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="20" max="20" width="13.85546875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="4.1796875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="10.7265625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="5.1796875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="5.1796875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="3.26953125" style="3" customWidth="1"/>
+    <col min="7" max="8" width="4.81640625" style="3" customWidth="1"/>
+    <col min="9" max="19" width="11.453125" style="3" customWidth="1"/>
+    <col min="20" max="20" width="13.81640625" style="3" customWidth="1"/>
     <col min="21" max="24" width="0" style="2" hidden="1" customWidth="1"/>
-    <col min="25" max="16384" width="11.42578125" style="2" hidden="1"/>
+    <col min="25" max="16384" width="11.453125" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:20" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="E2" s="289" t="s">
+    <row r="1" spans="2:20" x14ac:dyDescent="0.5"/>
+    <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E2" s="294" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="289"/>
-[...12 lines deleted...]
-      <c r="S2" s="289"/>
+      <c r="F2" s="294"/>
+      <c r="G2" s="294"/>
+      <c r="H2" s="294"/>
+      <c r="I2" s="294"/>
+      <c r="J2" s="294"/>
+      <c r="K2" s="294"/>
+      <c r="L2" s="294"/>
+      <c r="M2" s="294"/>
+      <c r="N2" s="294"/>
+      <c r="O2" s="294"/>
+      <c r="P2" s="294"/>
+      <c r="Q2" s="294"/>
+      <c r="R2" s="294"/>
+      <c r="S2" s="294"/>
       <c r="T2" s="4"/>
     </row>
-    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="S3" s="289"/>
+    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E3" s="294"/>
+      <c r="F3" s="294"/>
+      <c r="G3" s="294"/>
+      <c r="H3" s="294"/>
+      <c r="I3" s="294"/>
+      <c r="J3" s="294"/>
+      <c r="K3" s="294"/>
+      <c r="L3" s="294"/>
+      <c r="M3" s="294"/>
+      <c r="N3" s="294"/>
+      <c r="O3" s="294"/>
+      <c r="P3" s="294"/>
+      <c r="Q3" s="294"/>
+      <c r="R3" s="294"/>
+      <c r="S3" s="294"/>
       <c r="T3" s="4"/>
     </row>
-    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="S4" s="289"/>
+    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E4" s="294"/>
+      <c r="F4" s="294"/>
+      <c r="G4" s="294"/>
+      <c r="H4" s="294"/>
+      <c r="I4" s="294"/>
+      <c r="J4" s="294"/>
+      <c r="K4" s="294"/>
+      <c r="L4" s="294"/>
+      <c r="M4" s="294"/>
+      <c r="N4" s="294"/>
+      <c r="O4" s="294"/>
+      <c r="P4" s="294"/>
+      <c r="Q4" s="294"/>
+      <c r="R4" s="294"/>
+      <c r="S4" s="294"/>
       <c r="T4" s="4"/>
     </row>
-    <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:20" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="18" t="s">
         <v>52</v>
       </c>
-      <c r="Q5" s="290" t="s">
+      <c r="Q5" s="295" t="s">
         <v>53</v>
       </c>
-      <c r="R5" s="290"/>
-[...4 lines deleted...]
-      <c r="B7" s="291" t="s">
+      <c r="R5" s="295"/>
+      <c r="S5" s="295"/>
+    </row>
+    <row r="6" spans="2:20" x14ac:dyDescent="0.5"/>
+    <row r="7" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B7" s="296" t="s">
         <v>3</v>
       </c>
-      <c r="C7" s="292"/>
+      <c r="C7" s="297"/>
       <c r="E7" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C8" s="294"/>
+    <row r="8" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B8" s="298"/>
+      <c r="C8" s="299"/>
       <c r="E8" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C9" s="294"/>
+    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B9" s="298"/>
+      <c r="C9" s="299"/>
       <c r="E9" s="8"/>
     </row>
-    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C10" s="294"/>
+    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B10" s="298"/>
+      <c r="C10" s="299"/>
       <c r="E10" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="F10" s="260" t="s">
+      <c r="F10" s="265" t="s">
         <v>7</v>
       </c>
-      <c r="G10" s="260"/>
-[...11 lines deleted...]
-      <c r="S10" s="260"/>
+      <c r="G10" s="265"/>
+      <c r="H10" s="265"/>
+      <c r="I10" s="265"/>
+      <c r="J10" s="265"/>
+      <c r="K10" s="265"/>
+      <c r="L10" s="265"/>
+      <c r="M10" s="265"/>
+      <c r="N10" s="265"/>
+      <c r="O10" s="265"/>
+      <c r="P10" s="265"/>
+      <c r="Q10" s="265"/>
+      <c r="R10" s="265"/>
+      <c r="S10" s="265"/>
       <c r="T10" s="10"/>
     </row>
-    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C11" s="294"/>
+    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B11" s="298"/>
+      <c r="C11" s="299"/>
       <c r="E11" s="9"/>
-      <c r="F11" s="260"/>
-[...12 lines deleted...]
-      <c r="S11" s="260"/>
+      <c r="F11" s="265"/>
+      <c r="G11" s="265"/>
+      <c r="H11" s="265"/>
+      <c r="I11" s="265"/>
+      <c r="J11" s="265"/>
+      <c r="K11" s="265"/>
+      <c r="L11" s="265"/>
+      <c r="M11" s="265"/>
+      <c r="N11" s="265"/>
+      <c r="O11" s="265"/>
+      <c r="P11" s="265"/>
+      <c r="Q11" s="265"/>
+      <c r="R11" s="265"/>
+      <c r="S11" s="265"/>
       <c r="T11" s="10"/>
     </row>
-    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C12" s="294"/>
+    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B12" s="298"/>
+      <c r="C12" s="299"/>
       <c r="E12" s="9"/>
-      <c r="F12" s="260"/>
-[...12 lines deleted...]
-      <c r="S12" s="260"/>
+      <c r="F12" s="265"/>
+      <c r="G12" s="265"/>
+      <c r="H12" s="265"/>
+      <c r="I12" s="265"/>
+      <c r="J12" s="265"/>
+      <c r="K12" s="265"/>
+      <c r="L12" s="265"/>
+      <c r="M12" s="265"/>
+      <c r="N12" s="265"/>
+      <c r="O12" s="265"/>
+      <c r="P12" s="265"/>
+      <c r="Q12" s="265"/>
+      <c r="R12" s="265"/>
+      <c r="S12" s="265"/>
       <c r="T12" s="10"/>
     </row>
-    <row r="13" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C13" s="294"/>
+    <row r="13" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B13" s="298"/>
+      <c r="C13" s="299"/>
       <c r="E13" s="11"/>
-      <c r="F13" s="260"/>
-[...12 lines deleted...]
-      <c r="S13" s="260"/>
+      <c r="F13" s="265"/>
+      <c r="G13" s="265"/>
+      <c r="H13" s="265"/>
+      <c r="I13" s="265"/>
+      <c r="J13" s="265"/>
+      <c r="K13" s="265"/>
+      <c r="L13" s="265"/>
+      <c r="M13" s="265"/>
+      <c r="N13" s="265"/>
+      <c r="O13" s="265"/>
+      <c r="P13" s="265"/>
+      <c r="Q13" s="265"/>
+      <c r="R13" s="265"/>
+      <c r="S13" s="265"/>
       <c r="T13" s="10"/>
     </row>
-    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C14" s="294"/>
+    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B14" s="298"/>
+      <c r="C14" s="299"/>
       <c r="E14" s="11"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
     </row>
-    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C15" s="294"/>
+    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B15" s="298"/>
+      <c r="C15" s="299"/>
       <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="F15" s="260" t="s">
+      <c r="F15" s="265" t="s">
         <v>9</v>
       </c>
-      <c r="G15" s="260"/>
-[...11 lines deleted...]
-      <c r="S15" s="260"/>
+      <c r="G15" s="265"/>
+      <c r="H15" s="265"/>
+      <c r="I15" s="265"/>
+      <c r="J15" s="265"/>
+      <c r="K15" s="265"/>
+      <c r="L15" s="265"/>
+      <c r="M15" s="265"/>
+      <c r="N15" s="265"/>
+      <c r="O15" s="265"/>
+      <c r="P15" s="265"/>
+      <c r="Q15" s="265"/>
+      <c r="R15" s="265"/>
+      <c r="S15" s="265"/>
       <c r="T15" s="10"/>
     </row>
-    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C16" s="294"/>
+    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B16" s="298"/>
+      <c r="C16" s="299"/>
       <c r="E16" s="9"/>
-      <c r="F16" s="260"/>
-[...12 lines deleted...]
-      <c r="S16" s="260"/>
+      <c r="F16" s="265"/>
+      <c r="G16" s="265"/>
+      <c r="H16" s="265"/>
+      <c r="I16" s="265"/>
+      <c r="J16" s="265"/>
+      <c r="K16" s="265"/>
+      <c r="L16" s="265"/>
+      <c r="M16" s="265"/>
+      <c r="N16" s="265"/>
+      <c r="O16" s="265"/>
+      <c r="P16" s="265"/>
+      <c r="Q16" s="265"/>
+      <c r="R16" s="265"/>
+      <c r="S16" s="265"/>
       <c r="T16" s="10"/>
     </row>
-    <row r="17" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C17" s="296"/>
+    <row r="17" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B17" s="300"/>
+      <c r="C17" s="301"/>
       <c r="E17" s="11"/>
-      <c r="F17" s="260"/>
-[...12 lines deleted...]
-      <c r="S17" s="260"/>
+      <c r="F17" s="265"/>
+      <c r="G17" s="265"/>
+      <c r="H17" s="265"/>
+      <c r="I17" s="265"/>
+      <c r="J17" s="265"/>
+      <c r="K17" s="265"/>
+      <c r="L17" s="265"/>
+      <c r="M17" s="265"/>
+      <c r="N17" s="265"/>
+      <c r="O17" s="265"/>
+      <c r="P17" s="265"/>
+      <c r="Q17" s="265"/>
+      <c r="R17" s="265"/>
+      <c r="S17" s="265"/>
       <c r="T17" s="10"/>
     </row>
-    <row r="18" spans="2:20" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-      <c r="C19" s="268"/>
+    <row r="18" spans="2:20" x14ac:dyDescent="0.5"/>
+    <row r="19" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B19" s="272"/>
+      <c r="C19" s="273"/>
       <c r="E19" s="7" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C20" s="270"/>
+    <row r="20" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B20" s="274"/>
+      <c r="C20" s="275"/>
       <c r="E20" s="8" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C21" s="270"/>
+    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B21" s="274"/>
+      <c r="C21" s="275"/>
       <c r="E21" s="8"/>
     </row>
-    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="F22" s="260" t="s">
+    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B22" s="274"/>
+      <c r="C22" s="275"/>
+      <c r="F22" s="265" t="s">
         <v>11</v>
       </c>
-      <c r="G22" s="260"/>
-[...11 lines deleted...]
-      <c r="S22" s="260"/>
+      <c r="G22" s="265"/>
+      <c r="H22" s="265"/>
+      <c r="I22" s="265"/>
+      <c r="J22" s="265"/>
+      <c r="K22" s="265"/>
+      <c r="L22" s="265"/>
+      <c r="M22" s="265"/>
+      <c r="N22" s="265"/>
+      <c r="O22" s="265"/>
+      <c r="P22" s="265"/>
+      <c r="Q22" s="265"/>
+      <c r="R22" s="265"/>
+      <c r="S22" s="265"/>
       <c r="T22" s="10"/>
     </row>
-    <row r="23" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C23" s="270"/>
+    <row r="23" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B23" s="274"/>
+      <c r="C23" s="275"/>
       <c r="E23" s="10"/>
-      <c r="F23" s="260"/>
-[...12 lines deleted...]
-      <c r="S23" s="260"/>
+      <c r="F23" s="265"/>
+      <c r="G23" s="265"/>
+      <c r="H23" s="265"/>
+      <c r="I23" s="265"/>
+      <c r="J23" s="265"/>
+      <c r="K23" s="265"/>
+      <c r="L23" s="265"/>
+      <c r="M23" s="265"/>
+      <c r="N23" s="265"/>
+      <c r="O23" s="265"/>
+      <c r="P23" s="265"/>
+      <c r="Q23" s="265"/>
+      <c r="R23" s="265"/>
+      <c r="S23" s="265"/>
       <c r="T23" s="10"/>
     </row>
-    <row r="24" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C24" s="270"/>
+    <row r="24" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B24" s="274"/>
+      <c r="C24" s="275"/>
       <c r="E24" s="10"/>
-      <c r="F24" s="260"/>
-[...12 lines deleted...]
-      <c r="S24" s="260"/>
+      <c r="F24" s="265"/>
+      <c r="G24" s="265"/>
+      <c r="H24" s="265"/>
+      <c r="I24" s="265"/>
+      <c r="J24" s="265"/>
+      <c r="K24" s="265"/>
+      <c r="L24" s="265"/>
+      <c r="M24" s="265"/>
+      <c r="N24" s="265"/>
+      <c r="O24" s="265"/>
+      <c r="P24" s="265"/>
+      <c r="Q24" s="265"/>
+      <c r="R24" s="265"/>
+      <c r="S24" s="265"/>
       <c r="T24" s="10"/>
     </row>
-    <row r="25" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C25" s="270"/>
+    <row r="25" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B25" s="274"/>
+      <c r="C25" s="275"/>
       <c r="E25" s="10"/>
-      <c r="F25" s="260"/>
-[...12 lines deleted...]
-      <c r="S25" s="260"/>
+      <c r="F25" s="265"/>
+      <c r="G25" s="265"/>
+      <c r="H25" s="265"/>
+      <c r="I25" s="265"/>
+      <c r="J25" s="265"/>
+      <c r="K25" s="265"/>
+      <c r="L25" s="265"/>
+      <c r="M25" s="265"/>
+      <c r="N25" s="265"/>
+      <c r="O25" s="265"/>
+      <c r="P25" s="265"/>
+      <c r="Q25" s="265"/>
+      <c r="R25" s="265"/>
+      <c r="S25" s="265"/>
       <c r="T25" s="10"/>
     </row>
-    <row r="26" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C26" s="270"/>
+    <row r="26" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B26" s="274"/>
+      <c r="C26" s="275"/>
       <c r="E26" s="10"/>
-      <c r="F26" s="260"/>
-[...12 lines deleted...]
-      <c r="S26" s="260"/>
+      <c r="F26" s="265"/>
+      <c r="G26" s="265"/>
+      <c r="H26" s="265"/>
+      <c r="I26" s="265"/>
+      <c r="J26" s="265"/>
+      <c r="K26" s="265"/>
+      <c r="L26" s="265"/>
+      <c r="M26" s="265"/>
+      <c r="N26" s="265"/>
+      <c r="O26" s="265"/>
+      <c r="P26" s="265"/>
+      <c r="Q26" s="265"/>
+      <c r="R26" s="265"/>
+      <c r="S26" s="265"/>
       <c r="T26" s="10"/>
     </row>
-    <row r="27" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C27" s="270"/>
+    <row r="27" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B27" s="274"/>
+      <c r="C27" s="275"/>
       <c r="E27" s="10"/>
-      <c r="F27" s="260"/>
-[...12 lines deleted...]
-      <c r="S27" s="260"/>
+      <c r="F27" s="265"/>
+      <c r="G27" s="265"/>
+      <c r="H27" s="265"/>
+      <c r="I27" s="265"/>
+      <c r="J27" s="265"/>
+      <c r="K27" s="265"/>
+      <c r="L27" s="265"/>
+      <c r="M27" s="265"/>
+      <c r="N27" s="265"/>
+      <c r="O27" s="265"/>
+      <c r="P27" s="265"/>
+      <c r="Q27" s="265"/>
+      <c r="R27" s="265"/>
+      <c r="S27" s="265"/>
       <c r="T27" s="10"/>
     </row>
-    <row r="28" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C28" s="270"/>
+    <row r="28" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B28" s="274"/>
+      <c r="C28" s="275"/>
       <c r="E28" s="10"/>
-      <c r="F28" s="260"/>
-[...12 lines deleted...]
-      <c r="S28" s="260"/>
+      <c r="F28" s="265"/>
+      <c r="G28" s="265"/>
+      <c r="H28" s="265"/>
+      <c r="I28" s="265"/>
+      <c r="J28" s="265"/>
+      <c r="K28" s="265"/>
+      <c r="L28" s="265"/>
+      <c r="M28" s="265"/>
+      <c r="N28" s="265"/>
+      <c r="O28" s="265"/>
+      <c r="P28" s="265"/>
+      <c r="Q28" s="265"/>
+      <c r="R28" s="265"/>
+      <c r="S28" s="265"/>
       <c r="T28" s="10"/>
     </row>
-    <row r="29" spans="2:20" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C29" s="272"/>
+    <row r="29" spans="2:20" x14ac:dyDescent="0.45">
+      <c r="B29" s="276"/>
+      <c r="C29" s="277"/>
       <c r="E29" s="10"/>
-      <c r="F29" s="260"/>
-[...12 lines deleted...]
-      <c r="S29" s="260"/>
+      <c r="F29" s="265"/>
+      <c r="G29" s="265"/>
+      <c r="H29" s="265"/>
+      <c r="I29" s="265"/>
+      <c r="J29" s="265"/>
+      <c r="K29" s="265"/>
+      <c r="L29" s="265"/>
+      <c r="M29" s="265"/>
+      <c r="N29" s="265"/>
+      <c r="O29" s="265"/>
+      <c r="P29" s="265"/>
+      <c r="Q29" s="265"/>
+      <c r="R29" s="265"/>
+      <c r="S29" s="265"/>
       <c r="T29" s="10"/>
     </row>
-    <row r="30" spans="2:20" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:20" x14ac:dyDescent="0.45">
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
       <c r="I30" s="12"/>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="12"/>
       <c r="M30" s="12"/>
       <c r="N30" s="12"/>
       <c r="O30" s="12"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="12"/>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
     </row>
-    <row r="31" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C31" s="268"/>
+    <row r="31" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B31" s="272"/>
+      <c r="C31" s="273"/>
       <c r="E31" s="7" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C32" s="270"/>
+    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B32" s="274"/>
+      <c r="C32" s="275"/>
       <c r="E32" s="7"/>
     </row>
-    <row r="33" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C33" s="270"/>
+    <row r="33" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B33" s="274"/>
+      <c r="C33" s="275"/>
       <c r="E33" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C34" s="270"/>
+    <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B34" s="274"/>
+      <c r="C34" s="275"/>
       <c r="E34" s="9"/>
     </row>
-    <row r="35" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C35" s="270"/>
+    <row r="35" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B35" s="274"/>
+      <c r="C35" s="275"/>
       <c r="E35" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C36" s="270"/>
+    <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B36" s="274"/>
+      <c r="C36" s="275"/>
       <c r="E36" s="9"/>
     </row>
-    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C37" s="270"/>
+    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B37" s="274"/>
+      <c r="C37" s="275"/>
       <c r="E37" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="F37" s="260" t="s">
+      <c r="F37" s="265" t="s">
         <v>14</v>
       </c>
-      <c r="G37" s="260"/>
-[...11 lines deleted...]
-      <c r="S37" s="260"/>
+      <c r="G37" s="265"/>
+      <c r="H37" s="265"/>
+      <c r="I37" s="265"/>
+      <c r="J37" s="265"/>
+      <c r="K37" s="265"/>
+      <c r="L37" s="265"/>
+      <c r="M37" s="265"/>
+      <c r="N37" s="265"/>
+      <c r="O37" s="265"/>
+      <c r="P37" s="265"/>
+      <c r="Q37" s="265"/>
+      <c r="R37" s="265"/>
+      <c r="S37" s="265"/>
       <c r="T37" s="10"/>
     </row>
-    <row r="38" spans="2:20" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C38" s="272"/>
+    <row r="38" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B38" s="276"/>
+      <c r="C38" s="277"/>
       <c r="E38" s="13"/>
-      <c r="F38" s="260"/>
-[...12 lines deleted...]
-      <c r="S38" s="260"/>
+      <c r="F38" s="265"/>
+      <c r="G38" s="265"/>
+      <c r="H38" s="265"/>
+      <c r="I38" s="265"/>
+      <c r="J38" s="265"/>
+      <c r="K38" s="265"/>
+      <c r="L38" s="265"/>
+      <c r="M38" s="265"/>
+      <c r="N38" s="265"/>
+      <c r="O38" s="265"/>
+      <c r="P38" s="265"/>
+      <c r="Q38" s="265"/>
+      <c r="R38" s="265"/>
+      <c r="S38" s="265"/>
       <c r="T38" s="10"/>
     </row>
-    <row r="39" spans="2:20" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="C40" s="268"/>
+    <row r="39" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="F39" s="265"/>
+      <c r="G39" s="265"/>
+      <c r="H39" s="265"/>
+      <c r="I39" s="265"/>
+      <c r="J39" s="265"/>
+      <c r="K39" s="265"/>
+      <c r="L39" s="265"/>
+      <c r="M39" s="265"/>
+      <c r="N39" s="265"/>
+      <c r="O39" s="265"/>
+      <c r="P39" s="265"/>
+      <c r="Q39" s="265"/>
+      <c r="R39" s="265"/>
+      <c r="S39" s="265"/>
+    </row>
+    <row r="40" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B40" s="272"/>
+      <c r="C40" s="273"/>
       <c r="E40" s="7" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="7"/>
     </row>
-    <row r="41" spans="2:20" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G42" s="275"/>
+    <row r="41" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B41" s="274"/>
+      <c r="C41" s="275"/>
+    </row>
+    <row r="42" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B42" s="274"/>
+      <c r="C42" s="275"/>
+      <c r="E42" s="278"/>
+      <c r="F42" s="279"/>
+      <c r="G42" s="280"/>
       <c r="I42" s="3" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="43" spans="2:20" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="C44" s="270"/>
+    <row r="43" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B43" s="274"/>
+      <c r="C43" s="275"/>
+    </row>
+    <row r="44" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B44" s="274"/>
+      <c r="C44" s="275"/>
       <c r="G44" s="14"/>
       <c r="I44" s="3" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="45" spans="2:20" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="C46" s="270"/>
+    <row r="45" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B45" s="274"/>
+      <c r="C45" s="275"/>
+    </row>
+    <row r="46" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B46" s="274"/>
+      <c r="C46" s="275"/>
       <c r="G46" s="14"/>
       <c r="I46" s="3" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="47" spans="2:20" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="C48" s="270"/>
+    <row r="47" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B47" s="274"/>
+      <c r="C47" s="275"/>
+    </row>
+    <row r="48" spans="2:20" x14ac:dyDescent="0.5">
+      <c r="B48" s="274"/>
+      <c r="C48" s="275"/>
       <c r="E48" s="14"/>
       <c r="F48" s="15" t="s">
         <v>19</v>
       </c>
-      <c r="I48" s="260" t="s">
+      <c r="I48" s="265" t="s">
         <v>20</v>
       </c>
-      <c r="J48" s="260"/>
-[...12 lines deleted...]
-      <c r="C49" s="270"/>
+      <c r="J48" s="265"/>
+      <c r="K48" s="265"/>
+      <c r="L48" s="265"/>
+      <c r="M48" s="265"/>
+      <c r="N48" s="265"/>
+      <c r="O48" s="265"/>
+      <c r="P48" s="265"/>
+      <c r="Q48" s="265"/>
+      <c r="R48" s="265"/>
+      <c r="S48" s="265"/>
+    </row>
+    <row r="49" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B49" s="274"/>
+      <c r="C49" s="275"/>
       <c r="F49" s="15"/>
-      <c r="I49" s="260"/>
-[...20 lines deleted...]
-      <c r="G51" s="278"/>
+      <c r="I49" s="265"/>
+      <c r="J49" s="265"/>
+      <c r="K49" s="265"/>
+      <c r="L49" s="265"/>
+      <c r="M49" s="265"/>
+      <c r="N49" s="265"/>
+      <c r="O49" s="265"/>
+      <c r="P49" s="265"/>
+      <c r="Q49" s="265"/>
+      <c r="R49" s="265"/>
+      <c r="S49" s="265"/>
+    </row>
+    <row r="50" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B50" s="274"/>
+      <c r="C50" s="275"/>
+    </row>
+    <row r="51" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B51" s="274"/>
+      <c r="C51" s="275"/>
+      <c r="E51" s="281"/>
+      <c r="F51" s="282"/>
+      <c r="G51" s="283"/>
       <c r="I51" s="3" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="52" spans="2:19" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="I53" s="260" t="s">
+    <row r="52" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B52" s="274"/>
+      <c r="C52" s="275"/>
+    </row>
+    <row r="53" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B53" s="274"/>
+      <c r="C53" s="275"/>
+      <c r="F53" s="284"/>
+      <c r="G53" s="285"/>
+      <c r="I53" s="265" t="s">
         <v>22</v>
       </c>
-      <c r="J53" s="260"/>
-[...29 lines deleted...]
-      <c r="C55" s="270"/>
+      <c r="J53" s="265"/>
+      <c r="K53" s="265"/>
+      <c r="L53" s="265"/>
+      <c r="M53" s="265"/>
+      <c r="N53" s="265"/>
+      <c r="O53" s="265"/>
+      <c r="P53" s="265"/>
+      <c r="Q53" s="265"/>
+      <c r="R53" s="265"/>
+      <c r="S53" s="265"/>
+    </row>
+    <row r="54" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B54" s="274"/>
+      <c r="C54" s="275"/>
+      <c r="F54" s="286"/>
+      <c r="G54" s="287"/>
+      <c r="I54" s="265"/>
+      <c r="J54" s="265"/>
+      <c r="K54" s="265"/>
+      <c r="L54" s="265"/>
+      <c r="M54" s="265"/>
+      <c r="N54" s="265"/>
+      <c r="O54" s="265"/>
+      <c r="P54" s="265"/>
+      <c r="Q54" s="265"/>
+      <c r="R54" s="265"/>
+      <c r="S54" s="265"/>
+    </row>
+    <row r="55" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B55" s="274"/>
+      <c r="C55" s="275"/>
       <c r="F55" s="16"/>
       <c r="G55" s="16"/>
-      <c r="I55" s="260"/>
-[...18 lines deleted...]
-      <c r="E57" s="283" t="s">
+      <c r="I55" s="265"/>
+      <c r="J55" s="265"/>
+      <c r="K55" s="265"/>
+      <c r="L55" s="265"/>
+      <c r="M55" s="265"/>
+      <c r="N55" s="265"/>
+      <c r="O55" s="265"/>
+      <c r="P55" s="265"/>
+      <c r="Q55" s="265"/>
+      <c r="R55" s="265"/>
+      <c r="S55" s="265"/>
+    </row>
+    <row r="56" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B56" s="274"/>
+      <c r="C56" s="275"/>
+    </row>
+    <row r="57" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B57" s="274"/>
+      <c r="C57" s="275"/>
+      <c r="E57" s="288" t="s">
         <v>23</v>
       </c>
-      <c r="F57" s="284"/>
-[...1 lines deleted...]
-      <c r="I57" s="260" t="s">
+      <c r="F57" s="289"/>
+      <c r="G57" s="290"/>
+      <c r="I57" s="265" t="s">
         <v>24</v>
       </c>
-      <c r="J57" s="260"/>
-[...30 lines deleted...]
-      <c r="C59" s="270"/>
+      <c r="J57" s="265"/>
+      <c r="K57" s="265"/>
+      <c r="L57" s="265"/>
+      <c r="M57" s="265"/>
+      <c r="N57" s="265"/>
+      <c r="O57" s="265"/>
+      <c r="P57" s="265"/>
+      <c r="Q57" s="265"/>
+      <c r="R57" s="265"/>
+      <c r="S57" s="265"/>
+    </row>
+    <row r="58" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B58" s="274"/>
+      <c r="C58" s="275"/>
+      <c r="E58" s="291"/>
+      <c r="F58" s="292"/>
+      <c r="G58" s="293"/>
+      <c r="I58" s="265"/>
+      <c r="J58" s="265"/>
+      <c r="K58" s="265"/>
+      <c r="L58" s="265"/>
+      <c r="M58" s="265"/>
+      <c r="N58" s="265"/>
+      <c r="O58" s="265"/>
+      <c r="P58" s="265"/>
+      <c r="Q58" s="265"/>
+      <c r="R58" s="265"/>
+      <c r="S58" s="265"/>
+    </row>
+    <row r="59" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B59" s="274"/>
+      <c r="C59" s="275"/>
       <c r="E59" s="7"/>
       <c r="F59" s="7"/>
       <c r="G59" s="7"/>
     </row>
-    <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="E60" s="254" t="s">
+    <row r="60" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B60" s="274"/>
+      <c r="C60" s="275"/>
+      <c r="E60" s="259" t="s">
         <v>25</v>
       </c>
-      <c r="F60" s="255"/>
-[...1 lines deleted...]
-      <c r="I60" s="260" t="s">
+      <c r="F60" s="260"/>
+      <c r="G60" s="261"/>
+      <c r="I60" s="265" t="s">
         <v>26</v>
       </c>
-      <c r="J60" s="260"/>
-[...30 lines deleted...]
-      <c r="C62" s="270"/>
+      <c r="J60" s="265"/>
+      <c r="K60" s="265"/>
+      <c r="L60" s="265"/>
+      <c r="M60" s="265"/>
+      <c r="N60" s="265"/>
+      <c r="O60" s="265"/>
+      <c r="P60" s="265"/>
+      <c r="Q60" s="265"/>
+      <c r="R60" s="265"/>
+      <c r="S60" s="265"/>
+    </row>
+    <row r="61" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B61" s="274"/>
+      <c r="C61" s="275"/>
+      <c r="E61" s="262"/>
+      <c r="F61" s="263"/>
+      <c r="G61" s="264"/>
+      <c r="I61" s="265"/>
+      <c r="J61" s="265"/>
+      <c r="K61" s="265"/>
+      <c r="L61" s="265"/>
+      <c r="M61" s="265"/>
+      <c r="N61" s="265"/>
+      <c r="O61" s="265"/>
+      <c r="P61" s="265"/>
+      <c r="Q61" s="265"/>
+      <c r="R61" s="265"/>
+      <c r="S61" s="265"/>
+    </row>
+    <row r="62" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B62" s="274"/>
+      <c r="C62" s="275"/>
       <c r="E62" s="7"/>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
     </row>
-    <row r="63" spans="2:19" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="E63" s="261" t="s">
+    <row r="63" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B63" s="274"/>
+      <c r="C63" s="275"/>
+      <c r="E63" s="266" t="s">
         <v>25</v>
       </c>
-      <c r="F63" s="262"/>
-      <c r="G63" s="263"/>
+      <c r="F63" s="267"/>
+      <c r="G63" s="268"/>
       <c r="I63" s="17" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="64" spans="2:19" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="G64" s="266"/>
+    <row r="64" spans="2:19" x14ac:dyDescent="0.5">
+      <c r="B64" s="276"/>
+      <c r="C64" s="277"/>
+      <c r="E64" s="269"/>
+      <c r="F64" s="270"/>
+      <c r="G64" s="271"/>
       <c r="I64" s="17"/>
     </row>
-    <row r="65" x14ac:dyDescent="0.35"/>
+    <row r="65" x14ac:dyDescent="0.5"/>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="Q5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="E60:G61"/>
     <mergeCell ref="I60:S61"/>
     <mergeCell ref="E63:G64"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C64"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="F53:G54"/>
     <mergeCell ref="I53:S55"/>
     <mergeCell ref="E57:G58"/>
     <mergeCell ref="I57:S58"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" display="https://www.vs.ch/web/energie/exigences-%C3%A9nerg%C3%A9tiques-pour-les-b%C3%A2timents" xr:uid="{E6FA40B7-B8B7-48F9-AB06-265276D0DAB5}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{7961CA29-CB8D-48AF-AAD0-5A25606E3392}"/>
     <hyperlink ref="Q5" r:id="rId3" xr:uid="{5EE674F0-3C44-49CD-BD4C-46C60D902D11}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>276225</xdr:colOff>
+                    <xdr:colOff>279400</xdr:colOff>
                     <xdr:row>43</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7170" r:id="rId8" name="Option Button 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>314325</xdr:colOff>
+                    <xdr:colOff>317500</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7171" r:id="rId9" name="Option Button 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>314325</xdr:colOff>
+                    <xdr:colOff>317500</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{22357384-DD03-4D2F-90B7-38BCB27E9D5B}">
   <sheetPr codeName="Feuil2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:X72"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="S18" sqref="S18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="4.140625" style="2" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="20" max="20" width="13.85546875" style="3" customWidth="1"/>
+    <col min="1" max="1" width="4.1796875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="10.7265625" style="2" customWidth="1"/>
+    <col min="4" max="4" width="5.1796875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="5.1796875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="3.26953125" style="3" customWidth="1"/>
+    <col min="7" max="8" width="4.81640625" style="3" customWidth="1"/>
+    <col min="9" max="19" width="11.453125" style="3" customWidth="1"/>
+    <col min="20" max="20" width="13.81640625" style="3" customWidth="1"/>
     <col min="21" max="24" width="0" style="2" hidden="1" customWidth="1"/>
-    <col min="25" max="16384" width="11.42578125" style="2" hidden="1"/>
+    <col min="25" max="16384" width="11.453125" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="E2" s="289" t="s">
+    <row r="1" spans="2:20" ht="21" x14ac:dyDescent="0.5"/>
+    <row r="2" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E2" s="294" t="s">
         <v>28</v>
       </c>
-      <c r="F2" s="289"/>
-[...12 lines deleted...]
-      <c r="S2" s="289"/>
+      <c r="F2" s="294"/>
+      <c r="G2" s="294"/>
+      <c r="H2" s="294"/>
+      <c r="I2" s="294"/>
+      <c r="J2" s="294"/>
+      <c r="K2" s="294"/>
+      <c r="L2" s="294"/>
+      <c r="M2" s="294"/>
+      <c r="N2" s="294"/>
+      <c r="O2" s="294"/>
+      <c r="P2" s="294"/>
+      <c r="Q2" s="294"/>
+      <c r="R2" s="294"/>
+      <c r="S2" s="294"/>
       <c r="T2" s="4"/>
     </row>
-    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="S3" s="289"/>
+    <row r="3" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E3" s="294"/>
+      <c r="F3" s="294"/>
+      <c r="G3" s="294"/>
+      <c r="H3" s="294"/>
+      <c r="I3" s="294"/>
+      <c r="J3" s="294"/>
+      <c r="K3" s="294"/>
+      <c r="L3" s="294"/>
+      <c r="M3" s="294"/>
+      <c r="N3" s="294"/>
+      <c r="O3" s="294"/>
+      <c r="P3" s="294"/>
+      <c r="Q3" s="294"/>
+      <c r="R3" s="294"/>
+      <c r="S3" s="294"/>
       <c r="T3" s="4"/>
     </row>
-    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="S4" s="289"/>
+    <row r="4" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="E4" s="294"/>
+      <c r="F4" s="294"/>
+      <c r="G4" s="294"/>
+      <c r="H4" s="294"/>
+      <c r="I4" s="294"/>
+      <c r="J4" s="294"/>
+      <c r="K4" s="294"/>
+      <c r="L4" s="294"/>
+      <c r="M4" s="294"/>
+      <c r="N4" s="294"/>
+      <c r="O4" s="294"/>
+      <c r="P4" s="294"/>
+      <c r="Q4" s="294"/>
+      <c r="R4" s="294"/>
+      <c r="S4" s="294"/>
       <c r="T4" s="4"/>
     </row>
-    <row r="5" spans="2:20" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="2:20" ht="21.5" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="P5" s="290" t="s">
+      <c r="P5" s="295" t="s">
         <v>57</v>
       </c>
-      <c r="Q5" s="290"/>
-[...5 lines deleted...]
-      <c r="B7" s="291" t="s">
+      <c r="Q5" s="295"/>
+      <c r="R5" s="295"/>
+      <c r="S5" s="295"/>
+    </row>
+    <row r="6" spans="2:20" ht="21" x14ac:dyDescent="0.5"/>
+    <row r="7" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B7" s="296" t="s">
         <v>29</v>
       </c>
-      <c r="C7" s="292"/>
+      <c r="C7" s="297"/>
       <c r="E7" s="7" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C8" s="294"/>
+    <row r="8" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B8" s="298"/>
+      <c r="C8" s="299"/>
       <c r="E8" s="8" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C9" s="294"/>
+    <row r="9" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B9" s="298"/>
+      <c r="C9" s="299"/>
       <c r="E9" s="8"/>
     </row>
-    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C10" s="294"/>
+    <row r="10" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B10" s="298"/>
+      <c r="C10" s="299"/>
       <c r="E10" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="F10" s="260" t="s">
+      <c r="F10" s="265" t="s">
         <v>32</v>
       </c>
-      <c r="G10" s="260"/>
-[...11 lines deleted...]
-      <c r="S10" s="260"/>
+      <c r="G10" s="265"/>
+      <c r="H10" s="265"/>
+      <c r="I10" s="265"/>
+      <c r="J10" s="265"/>
+      <c r="K10" s="265"/>
+      <c r="L10" s="265"/>
+      <c r="M10" s="265"/>
+      <c r="N10" s="265"/>
+      <c r="O10" s="265"/>
+      <c r="P10" s="265"/>
+      <c r="Q10" s="265"/>
+      <c r="R10" s="265"/>
+      <c r="S10" s="265"/>
       <c r="T10" s="10"/>
     </row>
-    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C11" s="294"/>
+    <row r="11" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B11" s="298"/>
+      <c r="C11" s="299"/>
       <c r="E11" s="9"/>
-      <c r="F11" s="260"/>
-[...12 lines deleted...]
-      <c r="S11" s="260"/>
+      <c r="F11" s="265"/>
+      <c r="G11" s="265"/>
+      <c r="H11" s="265"/>
+      <c r="I11" s="265"/>
+      <c r="J11" s="265"/>
+      <c r="K11" s="265"/>
+      <c r="L11" s="265"/>
+      <c r="M11" s="265"/>
+      <c r="N11" s="265"/>
+      <c r="O11" s="265"/>
+      <c r="P11" s="265"/>
+      <c r="Q11" s="265"/>
+      <c r="R11" s="265"/>
+      <c r="S11" s="265"/>
       <c r="T11" s="10"/>
     </row>
-    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C12" s="294"/>
+    <row r="12" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B12" s="298"/>
+      <c r="C12" s="299"/>
       <c r="E12" s="9"/>
-      <c r="F12" s="260"/>
-[...12 lines deleted...]
-      <c r="S12" s="260"/>
+      <c r="F12" s="265"/>
+      <c r="G12" s="265"/>
+      <c r="H12" s="265"/>
+      <c r="I12" s="265"/>
+      <c r="J12" s="265"/>
+      <c r="K12" s="265"/>
+      <c r="L12" s="265"/>
+      <c r="M12" s="265"/>
+      <c r="N12" s="265"/>
+      <c r="O12" s="265"/>
+      <c r="P12" s="265"/>
+      <c r="Q12" s="265"/>
+      <c r="R12" s="265"/>
+      <c r="S12" s="265"/>
       <c r="T12" s="10"/>
     </row>
-    <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C13" s="294"/>
+    <row r="13" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B13" s="298"/>
+      <c r="C13" s="299"/>
       <c r="E13" s="11"/>
-      <c r="F13" s="260"/>
-[...12 lines deleted...]
-      <c r="S13" s="260"/>
+      <c r="F13" s="265"/>
+      <c r="G13" s="265"/>
+      <c r="H13" s="265"/>
+      <c r="I13" s="265"/>
+      <c r="J13" s="265"/>
+      <c r="K13" s="265"/>
+      <c r="L13" s="265"/>
+      <c r="M13" s="265"/>
+      <c r="N13" s="265"/>
+      <c r="O13" s="265"/>
+      <c r="P13" s="265"/>
+      <c r="Q13" s="265"/>
+      <c r="R13" s="265"/>
+      <c r="S13" s="265"/>
       <c r="T13" s="10"/>
     </row>
-    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C14" s="294"/>
+    <row r="14" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B14" s="298"/>
+      <c r="C14" s="299"/>
       <c r="E14" s="11"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
     </row>
-    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C15" s="294"/>
+    <row r="15" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B15" s="298"/>
+      <c r="C15" s="299"/>
       <c r="E15" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="F15" s="260" t="s">
+      <c r="F15" s="265" t="s">
         <v>33</v>
       </c>
-      <c r="G15" s="260"/>
-[...11 lines deleted...]
-      <c r="S15" s="260"/>
+      <c r="G15" s="265"/>
+      <c r="H15" s="265"/>
+      <c r="I15" s="265"/>
+      <c r="J15" s="265"/>
+      <c r="K15" s="265"/>
+      <c r="L15" s="265"/>
+      <c r="M15" s="265"/>
+      <c r="N15" s="265"/>
+      <c r="O15" s="265"/>
+      <c r="P15" s="265"/>
+      <c r="Q15" s="265"/>
+      <c r="R15" s="265"/>
+      <c r="S15" s="265"/>
       <c r="T15" s="10"/>
     </row>
-    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C16" s="294"/>
+    <row r="16" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B16" s="298"/>
+      <c r="C16" s="299"/>
       <c r="E16" s="9"/>
-      <c r="F16" s="260"/>
-[...12 lines deleted...]
-      <c r="S16" s="260"/>
+      <c r="F16" s="265"/>
+      <c r="G16" s="265"/>
+      <c r="H16" s="265"/>
+      <c r="I16" s="265"/>
+      <c r="J16" s="265"/>
+      <c r="K16" s="265"/>
+      <c r="L16" s="265"/>
+      <c r="M16" s="265"/>
+      <c r="N16" s="265"/>
+      <c r="O16" s="265"/>
+      <c r="P16" s="265"/>
+      <c r="Q16" s="265"/>
+      <c r="R16" s="265"/>
+      <c r="S16" s="265"/>
       <c r="T16" s="10"/>
     </row>
-    <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C17" s="296"/>
+    <row r="17" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B17" s="300"/>
+      <c r="C17" s="301"/>
       <c r="E17" s="11"/>
-      <c r="F17" s="260"/>
-[...12 lines deleted...]
-      <c r="S17" s="260"/>
+      <c r="F17" s="265"/>
+      <c r="G17" s="265"/>
+      <c r="H17" s="265"/>
+      <c r="I17" s="265"/>
+      <c r="J17" s="265"/>
+      <c r="K17" s="265"/>
+      <c r="L17" s="265"/>
+      <c r="M17" s="265"/>
+      <c r="N17" s="265"/>
+      <c r="O17" s="265"/>
+      <c r="P17" s="265"/>
+      <c r="Q17" s="265"/>
+      <c r="R17" s="265"/>
+      <c r="S17" s="265"/>
       <c r="T17" s="10"/>
     </row>
-    <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.35"/>
-[...2 lines deleted...]
-      <c r="C19" s="268"/>
+    <row r="18" spans="2:20" ht="21" x14ac:dyDescent="0.5"/>
+    <row r="19" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B19" s="272"/>
+      <c r="C19" s="273"/>
       <c r="E19" s="7" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C20" s="270"/>
+    <row r="20" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B20" s="274"/>
+      <c r="C20" s="275"/>
       <c r="E20" s="8" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C21" s="270"/>
+    <row r="21" spans="2:20" ht="4.5" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B21" s="274"/>
+      <c r="C21" s="275"/>
       <c r="E21" s="8"/>
     </row>
-    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="F22" s="260" t="s">
+    <row r="22" spans="2:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B22" s="274"/>
+      <c r="C22" s="275"/>
+      <c r="F22" s="265" t="s">
         <v>35</v>
       </c>
-      <c r="G22" s="260"/>
-[...11 lines deleted...]
-      <c r="S22" s="260"/>
+      <c r="G22" s="265"/>
+      <c r="H22" s="265"/>
+      <c r="I22" s="265"/>
+      <c r="J22" s="265"/>
+      <c r="K22" s="265"/>
+      <c r="L22" s="265"/>
+      <c r="M22" s="265"/>
+      <c r="N22" s="265"/>
+      <c r="O22" s="265"/>
+      <c r="P22" s="265"/>
+      <c r="Q22" s="265"/>
+      <c r="R22" s="265"/>
+      <c r="S22" s="265"/>
       <c r="T22" s="10"/>
     </row>
-    <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C23" s="270"/>
+    <row r="23" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B23" s="274"/>
+      <c r="C23" s="275"/>
       <c r="E23" s="10"/>
-      <c r="F23" s="260"/>
-[...12 lines deleted...]
-      <c r="S23" s="260"/>
+      <c r="F23" s="265"/>
+      <c r="G23" s="265"/>
+      <c r="H23" s="265"/>
+      <c r="I23" s="265"/>
+      <c r="J23" s="265"/>
+      <c r="K23" s="265"/>
+      <c r="L23" s="265"/>
+      <c r="M23" s="265"/>
+      <c r="N23" s="265"/>
+      <c r="O23" s="265"/>
+      <c r="P23" s="265"/>
+      <c r="Q23" s="265"/>
+      <c r="R23" s="265"/>
+      <c r="S23" s="265"/>
       <c r="T23" s="10"/>
     </row>
-    <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C24" s="270"/>
+    <row r="24" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B24" s="274"/>
+      <c r="C24" s="275"/>
       <c r="E24" s="10"/>
-      <c r="F24" s="260"/>
-[...12 lines deleted...]
-      <c r="S24" s="260"/>
+      <c r="F24" s="265"/>
+      <c r="G24" s="265"/>
+      <c r="H24" s="265"/>
+      <c r="I24" s="265"/>
+      <c r="J24" s="265"/>
+      <c r="K24" s="265"/>
+      <c r="L24" s="265"/>
+      <c r="M24" s="265"/>
+      <c r="N24" s="265"/>
+      <c r="O24" s="265"/>
+      <c r="P24" s="265"/>
+      <c r="Q24" s="265"/>
+      <c r="R24" s="265"/>
+      <c r="S24" s="265"/>
       <c r="T24" s="10"/>
     </row>
-    <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C25" s="270"/>
+    <row r="25" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B25" s="274"/>
+      <c r="C25" s="275"/>
       <c r="E25" s="10"/>
-      <c r="F25" s="260"/>
-[...12 lines deleted...]
-      <c r="S25" s="260"/>
+      <c r="F25" s="265"/>
+      <c r="G25" s="265"/>
+      <c r="H25" s="265"/>
+      <c r="I25" s="265"/>
+      <c r="J25" s="265"/>
+      <c r="K25" s="265"/>
+      <c r="L25" s="265"/>
+      <c r="M25" s="265"/>
+      <c r="N25" s="265"/>
+      <c r="O25" s="265"/>
+      <c r="P25" s="265"/>
+      <c r="Q25" s="265"/>
+      <c r="R25" s="265"/>
+      <c r="S25" s="265"/>
       <c r="T25" s="10"/>
     </row>
-    <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C26" s="270"/>
+    <row r="26" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B26" s="274"/>
+      <c r="C26" s="275"/>
       <c r="E26" s="10"/>
-      <c r="F26" s="260"/>
-[...12 lines deleted...]
-      <c r="S26" s="260"/>
+      <c r="F26" s="265"/>
+      <c r="G26" s="265"/>
+      <c r="H26" s="265"/>
+      <c r="I26" s="265"/>
+      <c r="J26" s="265"/>
+      <c r="K26" s="265"/>
+      <c r="L26" s="265"/>
+      <c r="M26" s="265"/>
+      <c r="N26" s="265"/>
+      <c r="O26" s="265"/>
+      <c r="P26" s="265"/>
+      <c r="Q26" s="265"/>
+      <c r="R26" s="265"/>
+      <c r="S26" s="265"/>
       <c r="T26" s="10"/>
     </row>
-    <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C27" s="270"/>
+    <row r="27" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B27" s="274"/>
+      <c r="C27" s="275"/>
       <c r="E27" s="10"/>
-      <c r="F27" s="260"/>
-[...12 lines deleted...]
-      <c r="S27" s="260"/>
+      <c r="F27" s="265"/>
+      <c r="G27" s="265"/>
+      <c r="H27" s="265"/>
+      <c r="I27" s="265"/>
+      <c r="J27" s="265"/>
+      <c r="K27" s="265"/>
+      <c r="L27" s="265"/>
+      <c r="M27" s="265"/>
+      <c r="N27" s="265"/>
+      <c r="O27" s="265"/>
+      <c r="P27" s="265"/>
+      <c r="Q27" s="265"/>
+      <c r="R27" s="265"/>
+      <c r="S27" s="265"/>
       <c r="T27" s="10"/>
     </row>
-    <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C28" s="270"/>
+    <row r="28" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B28" s="274"/>
+      <c r="C28" s="275"/>
       <c r="E28" s="10"/>
-      <c r="F28" s="260"/>
-[...12 lines deleted...]
-      <c r="S28" s="260"/>
+      <c r="F28" s="265"/>
+      <c r="G28" s="265"/>
+      <c r="H28" s="265"/>
+      <c r="I28" s="265"/>
+      <c r="J28" s="265"/>
+      <c r="K28" s="265"/>
+      <c r="L28" s="265"/>
+      <c r="M28" s="265"/>
+      <c r="N28" s="265"/>
+      <c r="O28" s="265"/>
+      <c r="P28" s="265"/>
+      <c r="Q28" s="265"/>
+      <c r="R28" s="265"/>
+      <c r="S28" s="265"/>
       <c r="T28" s="10"/>
     </row>
-    <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C29" s="272"/>
+    <row r="29" spans="2:20" ht="21" x14ac:dyDescent="0.45">
+      <c r="B29" s="276"/>
+      <c r="C29" s="277"/>
       <c r="E29" s="10"/>
-      <c r="F29" s="260"/>
-[...12 lines deleted...]
-      <c r="S29" s="260"/>
+      <c r="F29" s="265"/>
+      <c r="G29" s="265"/>
+      <c r="H29" s="265"/>
+      <c r="I29" s="265"/>
+      <c r="J29" s="265"/>
+      <c r="K29" s="265"/>
+      <c r="L29" s="265"/>
+      <c r="M29" s="265"/>
+      <c r="N29" s="265"/>
+      <c r="O29" s="265"/>
+      <c r="P29" s="265"/>
+      <c r="Q29" s="265"/>
+      <c r="R29" s="265"/>
+      <c r="S29" s="265"/>
       <c r="T29" s="10"/>
     </row>
-    <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:20" ht="21" x14ac:dyDescent="0.45">
       <c r="E30" s="12"/>
       <c r="F30" s="12"/>
       <c r="G30" s="12"/>
       <c r="H30" s="12"/>
       <c r="I30" s="12"/>
       <c r="J30" s="12"/>
       <c r="K30" s="12"/>
       <c r="L30" s="12"/>
       <c r="M30" s="12"/>
       <c r="N30" s="12"/>
       <c r="O30" s="12"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="12"/>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
     </row>
-    <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C31" s="268"/>
+    <row r="31" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B31" s="272"/>
+      <c r="C31" s="273"/>
       <c r="E31" s="7" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C32" s="270"/>
+    <row r="32" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B32" s="274"/>
+      <c r="C32" s="275"/>
       <c r="E32" s="7"/>
     </row>
-    <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C33" s="270"/>
+    <row r="33" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B33" s="274"/>
+      <c r="C33" s="275"/>
       <c r="E33" s="9" t="s">
         <v>6</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C34" s="270"/>
+    <row r="34" spans="2:20" ht="5.25" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B34" s="274"/>
+      <c r="C34" s="275"/>
       <c r="E34" s="9"/>
     </row>
-    <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C35" s="270"/>
+    <row r="35" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B35" s="274"/>
+      <c r="C35" s="275"/>
       <c r="E35" s="9" t="s">
         <v>8</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C36" s="270"/>
+    <row r="36" spans="2:20" ht="6" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B36" s="274"/>
+      <c r="C36" s="275"/>
       <c r="E36" s="9"/>
     </row>
-    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C37" s="270"/>
+    <row r="37" spans="2:20" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B37" s="274"/>
+      <c r="C37" s="275"/>
       <c r="E37" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="F37" s="260" t="s">
+      <c r="F37" s="265" t="s">
         <v>37</v>
       </c>
-      <c r="G37" s="260"/>
-[...11 lines deleted...]
-      <c r="S37" s="260"/>
+      <c r="G37" s="265"/>
+      <c r="H37" s="265"/>
+      <c r="I37" s="265"/>
+      <c r="J37" s="265"/>
+      <c r="K37" s="265"/>
+      <c r="L37" s="265"/>
+      <c r="M37" s="265"/>
+      <c r="N37" s="265"/>
+      <c r="O37" s="265"/>
+      <c r="P37" s="265"/>
+      <c r="Q37" s="265"/>
+      <c r="R37" s="265"/>
+      <c r="S37" s="265"/>
       <c r="T37" s="10"/>
     </row>
-    <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-      <c r="C38" s="272"/>
+    <row r="38" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B38" s="276"/>
+      <c r="C38" s="277"/>
       <c r="E38" s="13"/>
-      <c r="F38" s="260"/>
-[...12 lines deleted...]
-      <c r="S38" s="260"/>
+      <c r="F38" s="265"/>
+      <c r="G38" s="265"/>
+      <c r="H38" s="265"/>
+      <c r="I38" s="265"/>
+      <c r="J38" s="265"/>
+      <c r="K38" s="265"/>
+      <c r="L38" s="265"/>
+      <c r="M38" s="265"/>
+      <c r="N38" s="265"/>
+      <c r="O38" s="265"/>
+      <c r="P38" s="265"/>
+      <c r="Q38" s="265"/>
+      <c r="R38" s="265"/>
+      <c r="S38" s="265"/>
       <c r="T38" s="10"/>
     </row>
-    <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...17 lines deleted...]
-      <c r="C40" s="268"/>
+    <row r="39" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="F39" s="265"/>
+      <c r="G39" s="265"/>
+      <c r="H39" s="265"/>
+      <c r="I39" s="265"/>
+      <c r="J39" s="265"/>
+      <c r="K39" s="265"/>
+      <c r="L39" s="265"/>
+      <c r="M39" s="265"/>
+      <c r="N39" s="265"/>
+      <c r="O39" s="265"/>
+      <c r="P39" s="265"/>
+      <c r="Q39" s="265"/>
+      <c r="R39" s="265"/>
+      <c r="S39" s="265"/>
+    </row>
+    <row r="40" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B40" s="272"/>
+      <c r="C40" s="273"/>
       <c r="E40" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F40" s="7"/>
     </row>
-    <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="G42" s="275"/>
+    <row r="41" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B41" s="274"/>
+      <c r="C41" s="275"/>
+    </row>
+    <row r="42" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B42" s="274"/>
+      <c r="C42" s="275"/>
+      <c r="E42" s="278"/>
+      <c r="F42" s="279"/>
+      <c r="G42" s="280"/>
       <c r="I42" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="C44" s="270"/>
+    <row r="43" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B43" s="274"/>
+      <c r="C43" s="275"/>
+    </row>
+    <row r="44" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B44" s="274"/>
+      <c r="C44" s="275"/>
       <c r="G44" s="14"/>
       <c r="I44" s="3" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="C46" s="270"/>
+    <row r="45" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B45" s="274"/>
+      <c r="C45" s="275"/>
+    </row>
+    <row r="46" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B46" s="274"/>
+      <c r="C46" s="275"/>
       <c r="G46" s="14"/>
       <c r="I46" s="3" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.35">
-[...5 lines deleted...]
-      <c r="C48" s="270"/>
+    <row r="47" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B47" s="274"/>
+      <c r="C47" s="275"/>
+    </row>
+    <row r="48" spans="2:20" ht="21" x14ac:dyDescent="0.5">
+      <c r="B48" s="274"/>
+      <c r="C48" s="275"/>
       <c r="E48" s="14"/>
       <c r="F48" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="I48" s="260" t="s">
+      <c r="I48" s="265" t="s">
         <v>43</v>
       </c>
-      <c r="J48" s="260"/>
-[...12 lines deleted...]
-      <c r="C49" s="270"/>
+      <c r="J48" s="265"/>
+      <c r="K48" s="265"/>
+      <c r="L48" s="265"/>
+      <c r="M48" s="265"/>
+      <c r="N48" s="265"/>
+      <c r="O48" s="265"/>
+      <c r="P48" s="265"/>
+      <c r="Q48" s="265"/>
+      <c r="R48" s="265"/>
+      <c r="S48" s="265"/>
+    </row>
+    <row r="49" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B49" s="274"/>
+      <c r="C49" s="275"/>
       <c r="F49" s="15"/>
-      <c r="I49" s="260"/>
-[...21 lines deleted...]
-      <c r="I51" s="260" t="s">
+      <c r="I49" s="265"/>
+      <c r="J49" s="265"/>
+      <c r="K49" s="265"/>
+      <c r="L49" s="265"/>
+      <c r="M49" s="265"/>
+      <c r="N49" s="265"/>
+      <c r="O49" s="265"/>
+      <c r="P49" s="265"/>
+      <c r="Q49" s="265"/>
+      <c r="R49" s="265"/>
+      <c r="S49" s="265"/>
+    </row>
+    <row r="50" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B50" s="274"/>
+      <c r="C50" s="275"/>
+    </row>
+    <row r="51" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B51" s="274"/>
+      <c r="C51" s="275"/>
+      <c r="E51" s="302"/>
+      <c r="F51" s="303"/>
+      <c r="G51" s="304"/>
+      <c r="I51" s="265" t="s">
         <v>44</v>
       </c>
-      <c r="J51" s="260"/>
-[...12 lines deleted...]
-      <c r="C52" s="270"/>
+      <c r="J51" s="265"/>
+      <c r="K51" s="265"/>
+      <c r="L51" s="265"/>
+      <c r="M51" s="265"/>
+      <c r="N51" s="265"/>
+      <c r="O51" s="265"/>
+      <c r="P51" s="265"/>
+      <c r="Q51" s="265"/>
+      <c r="R51" s="265"/>
+      <c r="S51" s="265"/>
+    </row>
+    <row r="52" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B52" s="274"/>
+      <c r="C52" s="275"/>
       <c r="E52" s="16"/>
       <c r="F52" s="16"/>
       <c r="G52" s="16"/>
-      <c r="I52" s="260"/>
-[...20 lines deleted...]
-      <c r="I54" s="260" t="s">
+      <c r="I52" s="265"/>
+      <c r="J52" s="265"/>
+      <c r="K52" s="265"/>
+      <c r="L52" s="265"/>
+      <c r="M52" s="265"/>
+      <c r="N52" s="265"/>
+      <c r="O52" s="265"/>
+      <c r="P52" s="265"/>
+      <c r="Q52" s="265"/>
+      <c r="R52" s="265"/>
+      <c r="S52" s="265"/>
+    </row>
+    <row r="53" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B53" s="274"/>
+      <c r="C53" s="275"/>
+    </row>
+    <row r="54" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B54" s="274"/>
+      <c r="C54" s="275"/>
+      <c r="F54" s="284"/>
+      <c r="G54" s="285"/>
+      <c r="I54" s="265" t="s">
         <v>45</v>
       </c>
-      <c r="J54" s="260"/>
-[...29 lines deleted...]
-      <c r="C56" s="270"/>
+      <c r="J54" s="265"/>
+      <c r="K54" s="265"/>
+      <c r="L54" s="265"/>
+      <c r="M54" s="265"/>
+      <c r="N54" s="265"/>
+      <c r="O54" s="265"/>
+      <c r="P54" s="265"/>
+      <c r="Q54" s="265"/>
+      <c r="R54" s="265"/>
+      <c r="S54" s="265"/>
+    </row>
+    <row r="55" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B55" s="274"/>
+      <c r="C55" s="275"/>
+      <c r="F55" s="286"/>
+      <c r="G55" s="287"/>
+      <c r="I55" s="265"/>
+      <c r="J55" s="265"/>
+      <c r="K55" s="265"/>
+      <c r="L55" s="265"/>
+      <c r="M55" s="265"/>
+      <c r="N55" s="265"/>
+      <c r="O55" s="265"/>
+      <c r="P55" s="265"/>
+      <c r="Q55" s="265"/>
+      <c r="R55" s="265"/>
+      <c r="S55" s="265"/>
+    </row>
+    <row r="56" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B56" s="274"/>
+      <c r="C56" s="275"/>
       <c r="F56" s="16"/>
       <c r="G56" s="16"/>
-      <c r="I56" s="260"/>
-[...18 lines deleted...]
-      <c r="E58" s="283" t="s">
+      <c r="I56" s="265"/>
+      <c r="J56" s="265"/>
+      <c r="K56" s="265"/>
+      <c r="L56" s="265"/>
+      <c r="M56" s="265"/>
+      <c r="N56" s="265"/>
+      <c r="O56" s="265"/>
+      <c r="P56" s="265"/>
+      <c r="Q56" s="265"/>
+      <c r="R56" s="265"/>
+      <c r="S56" s="265"/>
+    </row>
+    <row r="57" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B57" s="274"/>
+      <c r="C57" s="275"/>
+    </row>
+    <row r="58" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B58" s="274"/>
+      <c r="C58" s="275"/>
+      <c r="E58" s="288" t="s">
         <v>46</v>
       </c>
-      <c r="F58" s="284"/>
-[...1 lines deleted...]
-      <c r="I58" s="260" t="s">
+      <c r="F58" s="289"/>
+      <c r="G58" s="290"/>
+      <c r="I58" s="265" t="s">
         <v>47</v>
       </c>
-      <c r="J58" s="260"/>
-[...30 lines deleted...]
-      <c r="C60" s="270"/>
+      <c r="J58" s="265"/>
+      <c r="K58" s="265"/>
+      <c r="L58" s="265"/>
+      <c r="M58" s="265"/>
+      <c r="N58" s="265"/>
+      <c r="O58" s="265"/>
+      <c r="P58" s="265"/>
+      <c r="Q58" s="265"/>
+      <c r="R58" s="265"/>
+      <c r="S58" s="265"/>
+    </row>
+    <row r="59" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B59" s="274"/>
+      <c r="C59" s="275"/>
+      <c r="E59" s="291"/>
+      <c r="F59" s="292"/>
+      <c r="G59" s="293"/>
+      <c r="I59" s="265"/>
+      <c r="J59" s="265"/>
+      <c r="K59" s="265"/>
+      <c r="L59" s="265"/>
+      <c r="M59" s="265"/>
+      <c r="N59" s="265"/>
+      <c r="O59" s="265"/>
+      <c r="P59" s="265"/>
+      <c r="Q59" s="265"/>
+      <c r="R59" s="265"/>
+      <c r="S59" s="265"/>
+    </row>
+    <row r="60" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B60" s="274"/>
+      <c r="C60" s="275"/>
       <c r="E60" s="7"/>
       <c r="F60" s="7"/>
       <c r="G60" s="7"/>
     </row>
-    <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="E61" s="254" t="s">
+    <row r="61" spans="2:19" ht="21" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B61" s="274"/>
+      <c r="C61" s="275"/>
+      <c r="E61" s="259" t="s">
         <v>42</v>
       </c>
-      <c r="F61" s="255"/>
-[...1 lines deleted...]
-      <c r="I61" s="260" t="s">
+      <c r="F61" s="260"/>
+      <c r="G61" s="261"/>
+      <c r="I61" s="265" t="s">
         <v>48</v>
       </c>
-      <c r="J61" s="260"/>
-[...30 lines deleted...]
-      <c r="C63" s="270"/>
+      <c r="J61" s="265"/>
+      <c r="K61" s="265"/>
+      <c r="L61" s="265"/>
+      <c r="M61" s="265"/>
+      <c r="N61" s="265"/>
+      <c r="O61" s="265"/>
+      <c r="P61" s="265"/>
+      <c r="Q61" s="265"/>
+      <c r="R61" s="265"/>
+      <c r="S61" s="265"/>
+    </row>
+    <row r="62" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B62" s="274"/>
+      <c r="C62" s="275"/>
+      <c r="E62" s="262"/>
+      <c r="F62" s="263"/>
+      <c r="G62" s="264"/>
+      <c r="I62" s="265"/>
+      <c r="J62" s="265"/>
+      <c r="K62" s="265"/>
+      <c r="L62" s="265"/>
+      <c r="M62" s="265"/>
+      <c r="N62" s="265"/>
+      <c r="O62" s="265"/>
+      <c r="P62" s="265"/>
+      <c r="Q62" s="265"/>
+      <c r="R62" s="265"/>
+      <c r="S62" s="265"/>
+    </row>
+    <row r="63" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B63" s="274"/>
+      <c r="C63" s="275"/>
       <c r="E63" s="7"/>
       <c r="F63" s="7"/>
       <c r="G63" s="7"/>
     </row>
-    <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="E64" s="261" t="s">
+    <row r="64" spans="2:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="B64" s="274"/>
+      <c r="C64" s="275"/>
+      <c r="E64" s="266" t="s">
         <v>42</v>
       </c>
-      <c r="F64" s="262"/>
-      <c r="G64" s="263"/>
+      <c r="F64" s="267"/>
+      <c r="G64" s="268"/>
       <c r="I64" s="17" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="G65" s="266"/>
+    <row r="65" spans="2:9" ht="21" x14ac:dyDescent="0.5">
+      <c r="B65" s="276"/>
+      <c r="C65" s="277"/>
+      <c r="E65" s="269"/>
+      <c r="F65" s="270"/>
+      <c r="G65" s="271"/>
       <c r="I65" s="17"/>
     </row>
-    <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.35"/>
-[...5 lines deleted...]
-    <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.35"/>
+    <row r="66" spans="2:9" ht="21" x14ac:dyDescent="0.5"/>
+    <row r="67" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
+    <row r="68" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
+    <row r="69" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
+    <row r="70" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
+    <row r="71" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
+    <row r="72" spans="2:9" ht="21" hidden="1" x14ac:dyDescent="0.5"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="pDUbzlKnjps+HdqgFkUEv75kjVNzdFy0AVErfeiIWle9DMu0j5ceY1uT0zxZV5HsdQwoCAI4GdHhW+zGS2/6Dw==" saltValue="pcGkCI9vSZJFEXMO7qMmnw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
     <mergeCell ref="B19:C29"/>
     <mergeCell ref="F22:S29"/>
     <mergeCell ref="E2:S4"/>
     <mergeCell ref="P5:S5"/>
     <mergeCell ref="B7:C17"/>
     <mergeCell ref="F10:S13"/>
     <mergeCell ref="F15:S17"/>
     <mergeCell ref="I58:S59"/>
     <mergeCell ref="E61:G62"/>
     <mergeCell ref="I61:S62"/>
     <mergeCell ref="E64:G65"/>
     <mergeCell ref="B31:C38"/>
     <mergeCell ref="F37:S39"/>
     <mergeCell ref="B40:C65"/>
     <mergeCell ref="E42:G42"/>
     <mergeCell ref="I48:S49"/>
     <mergeCell ref="E51:G51"/>
     <mergeCell ref="I51:S52"/>
     <mergeCell ref="F54:G55"/>
     <mergeCell ref="I54:S56"/>
     <mergeCell ref="E58:G59"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{F00B55D1-3236-4CD0-9DFD-556C3482E2C9}"/>
     <hyperlink ref="B7:C17" r:id="rId2" display="https://www.vs.ch/web/energie/exigences-énergétiques-pour-les-bâtiments" xr:uid="{2491E401-96A8-4A41-B19E-D1467F8E7A04}"/>
     <hyperlink ref="P5" r:id="rId3" xr:uid="{D7D8A681-ABE2-4805-A747-55FA7A112456}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <legacyDrawing r:id="rId6"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="8193" r:id="rId7" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>276225</xdr:colOff>
+                    <xdr:colOff>279400</xdr:colOff>
                     <xdr:row>43</xdr:row>
-                    <xdr:rowOff>238125</xdr:rowOff>
+                    <xdr:rowOff>241300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="8194" r:id="rId8" name="Option Button 2">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>45</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
-                    <xdr:colOff>314325</xdr:colOff>
+                    <xdr:colOff>317500</xdr:colOff>
                     <xdr:row>45</xdr:row>
-                    <xdr:rowOff>238125</xdr:rowOff>
+                    <xdr:rowOff>241300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="8195" r:id="rId9" name="Option Button 3">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>66675</xdr:colOff>
+                    <xdr:colOff>69850</xdr:colOff>
                     <xdr:row>47</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>314325</xdr:colOff>
+                    <xdr:colOff>317500</xdr:colOff>
                     <xdr:row>47</xdr:row>
-                    <xdr:rowOff>238125</xdr:rowOff>
+                    <xdr:rowOff>241300</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BA97B8C4-47D9-46C7-B642-540648B6A026}">
   <sheetPr codeName="Feuil5"/>
-  <dimension ref="A1:I90"/>
+  <dimension ref="A1:I96"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C90" sqref="C90"/>
+    <sheetView topLeftCell="A64" workbookViewId="0">
+      <selection activeCell="B95" sqref="B95"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="30.7109375" customWidth="1"/>
-    <col min="2" max="2" width="60.28515625" customWidth="1"/>
+    <col min="1" max="1" width="30.7265625" customWidth="1"/>
+    <col min="2" max="2" width="60.26953125" customWidth="1"/>
     <col min="3" max="3" width="81" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A1" s="21" t="s">
         <v>63</v>
       </c>
       <c r="B1" s="19"/>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B2" s="19"/>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="19">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>68</v>
       </c>
       <c r="B4" s="19" t="str">
         <f>IF(B3=1,"FR","DE")</f>
-        <v>DE</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+        <v>FR</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B5" s="19">
         <v>2</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B6" s="19" t="str">
         <f>IF(B5=1,"Personne physique","Personne morale")</f>
         <v>Personne morale</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B7" s="19">
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.35">
       <c r="B8" s="19"/>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A10" s="19" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B10" s="19" t="s">
         <v>65</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A11">
         <f t="shared" ref="A11:A42" si="0">ROW()-10</f>
         <v>1</v>
       </c>
       <c r="B11" t="s">
         <v>0</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A12">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
       <c r="B12" t="s">
         <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A13">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="B13" s="20" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C13" s="20" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A14">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="B14" s="20" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="C14" s="20" t="s">
-[...3 lines deleted...]
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A15">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A16">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A17">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A18">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A19">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="B19" t="s">
         <v>61</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A20">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="B20" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" t="s">
         <v>78</v>
       </c>
-      <c r="C20" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A21">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C21" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C22" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A23">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="B23" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C23" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A24">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="B24" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A25">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C25" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A26">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A27">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
       <c r="B27" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A28">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C28" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A29">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
       <c r="B29" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" t="s">
         <v>95</v>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A30">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
       <c r="B30" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A31">
         <f t="shared" si="0"/>
         <v>21</v>
       </c>
       <c r="B31" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C31" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A32">
         <f t="shared" si="0"/>
         <v>22</v>
       </c>
       <c r="B32" t="s">
+        <v>107</v>
+      </c>
+      <c r="C32" t="s">
         <v>108</v>
       </c>
-      <c r="C32" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A33">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
       <c r="B33" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C33" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A34">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="B34" t="s">
+        <v>105</v>
+      </c>
+      <c r="C34" t="s">
         <v>106</v>
       </c>
-      <c r="C34" t="s">
-[...3 lines deleted...]
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A35">
         <f t="shared" si="0"/>
         <v>25</v>
       </c>
       <c r="B35" t="s">
+        <v>109</v>
+      </c>
+      <c r="C35" t="s">
         <v>110</v>
       </c>
-      <c r="C35" t="s">
-[...3 lines deleted...]
-    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A36">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
       <c r="B36" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C36" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A37">
         <f t="shared" si="0"/>
         <v>27</v>
       </c>
       <c r="B37" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A38">
         <f t="shared" si="0"/>
         <v>28</v>
       </c>
       <c r="B38" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A39">
         <f t="shared" si="0"/>
         <v>29</v>
       </c>
       <c r="B39" t="s">
-        <v>145</v>
+        <v>236</v>
       </c>
       <c r="C39" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A40">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A41">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A42">
         <f t="shared" si="0"/>
         <v>32</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C42" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A43">
         <f t="shared" ref="A43:A63" si="1">ROW()-10</f>
         <v>33</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A44">
         <f t="shared" si="1"/>
         <v>34</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C44" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A45">
         <f t="shared" si="1"/>
         <v>35</v>
       </c>
       <c r="B45" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C45" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A46">
         <f t="shared" si="1"/>
         <v>36</v>
       </c>
       <c r="B46" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C46" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A47">
         <f t="shared" si="1"/>
         <v>37</v>
       </c>
       <c r="B47" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A48">
         <f t="shared" si="1"/>
         <v>38</v>
       </c>
       <c r="B48" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A49">
         <f t="shared" si="1"/>
         <v>39</v>
       </c>
       <c r="B49" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C49" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A50">
         <f t="shared" si="1"/>
         <v>40</v>
       </c>
       <c r="B50" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A51">
         <f t="shared" si="1"/>
         <v>41</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C51" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A52">
         <f t="shared" si="1"/>
         <v>42</v>
       </c>
       <c r="B52" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C52" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A53">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="B53" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C53" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A54">
         <f t="shared" si="1"/>
         <v>44</v>
       </c>
       <c r="B54" t="s">
+        <v>142</v>
+      </c>
+      <c r="C54" t="s">
         <v>143</v>
       </c>
-      <c r="C54" t="s">
-[...3 lines deleted...]
-    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A55">
         <f t="shared" si="1"/>
         <v>45</v>
       </c>
       <c r="B55" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C55" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A56">
         <f t="shared" si="1"/>
         <v>46</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C56" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A57">
         <f t="shared" si="1"/>
         <v>47</v>
       </c>
       <c r="B57" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A58">
         <f t="shared" si="1"/>
         <v>48</v>
       </c>
       <c r="B58" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C58" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A59">
         <f t="shared" si="1"/>
         <v>49</v>
       </c>
       <c r="B59" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C59" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A60">
         <f t="shared" si="1"/>
         <v>50</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C60" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A61">
         <f t="shared" si="1"/>
         <v>51</v>
       </c>
       <c r="B61" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C61" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A62">
         <f t="shared" si="1"/>
         <v>52</v>
       </c>
       <c r="B62" t="s">
+        <v>162</v>
+      </c>
+      <c r="C62" t="s">
         <v>164</v>
       </c>
-      <c r="C62" t="s">
-[...3 lines deleted...]
-    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+    </row>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A63">
         <f t="shared" si="1"/>
         <v>53</v>
       </c>
       <c r="B63" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C63" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A64">
         <f t="shared" ref="A64:A78" si="2">ROW()-10</f>
         <v>54</v>
       </c>
       <c r="B64" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C64" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A65">
         <f t="shared" si="2"/>
         <v>55</v>
       </c>
       <c r="B65" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C65" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A66">
         <f t="shared" si="2"/>
         <v>56</v>
       </c>
       <c r="B66" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" ht="29" x14ac:dyDescent="0.35">
       <c r="A67">
         <f t="shared" si="2"/>
         <v>57</v>
       </c>
       <c r="B67" s="20" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C67" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A68">
         <f t="shared" si="2"/>
         <v>58</v>
       </c>
       <c r="B68" s="20" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C68" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A69">
         <f t="shared" si="2"/>
         <v>59</v>
       </c>
       <c r="B69" s="20" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="C69" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A70">
         <f t="shared" si="2"/>
         <v>60</v>
       </c>
       <c r="B70" s="20" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C70" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A71">
         <f t="shared" si="2"/>
         <v>61</v>
       </c>
       <c r="B71" s="20" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="C71" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A72">
         <f t="shared" si="2"/>
         <v>62</v>
       </c>
       <c r="B72" s="20" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="C72" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A73">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
       <c r="B73" s="20" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C73" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A74">
         <f t="shared" si="2"/>
         <v>64</v>
       </c>
       <c r="B74" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C74" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A75">
         <f t="shared" si="2"/>
         <v>65</v>
       </c>
       <c r="B75" s="20" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C75" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A76">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
       <c r="B76" s="20" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C76" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A77">
         <f t="shared" si="2"/>
         <v>67</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C77" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
     </row>
-    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A78">
         <f t="shared" si="2"/>
         <v>68</v>
       </c>
       <c r="B78" s="20" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C78" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A79">
         <f t="shared" ref="A79:A85" si="3">ROW()-10</f>
         <v>69</v>
       </c>
       <c r="B79" s="20" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C79" s="22" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.35">
       <c r="A80">
         <f t="shared" si="3"/>
         <v>70</v>
       </c>
       <c r="B80" s="20" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="C80" s="22" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:3" x14ac:dyDescent="0.25">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A81">
         <f t="shared" si="3"/>
         <v>71</v>
       </c>
       <c r="B81" s="20" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C81" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A82">
         <f t="shared" si="3"/>
         <v>72</v>
       </c>
       <c r="B82" s="20" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="C82" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A83">
         <f t="shared" si="3"/>
         <v>73</v>
       </c>
       <c r="B83" s="20" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C83" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:3" x14ac:dyDescent="0.25">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A84">
         <f t="shared" si="3"/>
         <v>74</v>
       </c>
       <c r="B84" s="20" t="s">
-        <v>201</v>
+        <v>231</v>
       </c>
       <c r="C84" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:3" x14ac:dyDescent="0.25">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A85">
         <f t="shared" si="3"/>
         <v>75</v>
       </c>
       <c r="B85" s="20" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="C85" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A86">
+        <f t="shared" ref="A86:A94" si="4">ROW()-10</f>
+        <v>76</v>
+      </c>
+      <c r="B86" s="20" t="s">
+        <v>208</v>
+      </c>
+      <c r="C86" s="20" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" ht="29" x14ac:dyDescent="0.35">
+      <c r="A87">
+        <f t="shared" si="4"/>
+        <v>77</v>
+      </c>
+      <c r="B87" s="20" t="s">
+        <v>218</v>
+      </c>
+      <c r="C87" s="20" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A88">
+        <f t="shared" si="4"/>
+        <v>78</v>
+      </c>
+      <c r="B88" s="20" t="s">
+        <v>214</v>
+      </c>
+      <c r="C88" s="20" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A89">
+        <f t="shared" si="4"/>
+        <v>79</v>
+      </c>
+      <c r="B89" s="20" t="s">
+        <v>216</v>
+      </c>
+      <c r="C89" s="20" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="29" x14ac:dyDescent="0.35">
+      <c r="A90">
+        <f t="shared" si="4"/>
+        <v>80</v>
+      </c>
+      <c r="B90" s="20" t="s">
+        <v>219</v>
+      </c>
+      <c r="C90" s="22" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A91">
+        <f t="shared" si="4"/>
+        <v>81</v>
+      </c>
+      <c r="B91" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="C91" s="22" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A92">
+        <f t="shared" si="4"/>
+        <v>82</v>
+      </c>
+      <c r="B92" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="C92" s="22" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A93">
+        <f t="shared" si="4"/>
+        <v>83</v>
+      </c>
+      <c r="B93" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="C93" s="22" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A94">
+        <f t="shared" si="4"/>
+        <v>84</v>
+      </c>
+      <c r="B94" t="s">
+        <v>224</v>
+      </c>
+      <c r="C94" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="29" x14ac:dyDescent="0.35">
+      <c r="A95" s="305">
         <f>ROW()-10</f>
-        <v>76</v>
-[...9 lines deleted...]
-      <c r="A87">
+        <v>85</v>
+      </c>
+      <c r="B95" s="20" t="s">
+        <v>233</v>
+      </c>
+      <c r="C95" s="20" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A96" s="305">
         <f>ROW()-10</f>
-        <v>77</v>
-[...41 lines deleted...]
-        <v>224</v>
+        <v>86</v>
+      </c>
+      <c r="B96" t="s">
+        <v>228</v>
+      </c>
+      <c r="C96" t="s">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>Formulaire-Formular</vt:lpstr>
       <vt:lpstr>Aide</vt:lpstr>
       <vt:lpstr>Hilfe</vt:lpstr>
       <vt:lpstr>Textes FR-DE</vt:lpstr>
-      <vt:lpstr>langue</vt:lpstr>
+      <vt:lpstr>Etat_DE</vt:lpstr>
+      <vt:lpstr>Etat_FR</vt:lpstr>
       <vt:lpstr>Aide!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Formulaire-Formular'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Hilfe!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat du Valais - Staat Wallis</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tanina Menoud</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>