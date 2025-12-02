--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -1,129 +1,244 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty4.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp17.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp18.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp19.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp20.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/customProperty5.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\USERDAT\PERS-MOR\PUBLIC\DIPM\DIPM2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6A3A0BE4-A87C-4B4D-AB92-2DA7D66780AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
-  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="SrQX1QcQDw0KUXYqdUJ8XiQhK24/usZhp+KF6saNCoA4mmDY50QEoK8IiStEhl5UBhJV9RtxTYAnPjLDqcefUw==" workbookSaltValue="U3lHwzJOTDXPGOergX5Djg==" workbookSpinCount="100000" lockStructure="1"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EB7EE117-4551-4E62-8727-FB6A4135AA2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="xHpTCGltZSO8qlN9dBqxDAAOEbkw1fr81xSVFdXyHpxSnrSQz2RyrMJVJFbtJR86gV/9Zav7Hc4f/DflIqFr+A==" workbookSaltValue="ImhssELHulzxagES+C3/WA==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-18120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Angaben" sheetId="7" r:id="rId1"/>
     <sheet name="Konten" sheetId="1" r:id="rId2"/>
     <sheet name="Beilage" sheetId="9" r:id="rId3"/>
-    <sheet name="Verluste" sheetId="10" r:id="rId4"/>
+    <sheet name="Aufteilung" sheetId="11" r:id="rId4"/>
+    <sheet name="Verluste" sheetId="10" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Angaben!$A$1:$M$61</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">Aufteilung!$A$1:$H$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Beilage!$A$1:$H$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Konten!$A$1:$I$79</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="3">Verluste!$A$1:$G$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">Verluste!$A$1:$G$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I69" i="1" l="1"/>
-  <c r="G15" i="10" l="1"/>
+  <c r="C16" i="11" l="1"/>
+  <c r="C17" i="11"/>
+  <c r="C18" i="11"/>
+  <c r="C19" i="11"/>
+  <c r="D20" i="11"/>
+  <c r="C20" i="11" s="1"/>
+  <c r="E20" i="11"/>
+  <c r="F20" i="11"/>
+  <c r="G20" i="11"/>
+  <c r="H20" i="11"/>
+  <c r="C21" i="11"/>
+  <c r="C22" i="11"/>
+  <c r="C23" i="11"/>
+  <c r="C24" i="11"/>
+  <c r="C25" i="11"/>
+  <c r="D25" i="11"/>
+  <c r="E25" i="11"/>
+  <c r="F25" i="11"/>
+  <c r="G25" i="11"/>
+  <c r="H25" i="11"/>
+  <c r="D26" i="11"/>
+  <c r="D27" i="11" s="1"/>
+  <c r="E26" i="11"/>
+  <c r="E27" i="11" s="1"/>
+  <c r="F26" i="11"/>
+  <c r="G26" i="11"/>
+  <c r="G28" i="11" s="1"/>
+  <c r="H26" i="11"/>
+  <c r="H28" i="11" s="1"/>
+  <c r="F27" i="11"/>
+  <c r="G27" i="11"/>
+  <c r="H27" i="11"/>
+  <c r="E28" i="11"/>
+  <c r="F28" i="11"/>
+  <c r="C31" i="11"/>
+  <c r="C32" i="11"/>
+  <c r="D32" i="11"/>
+  <c r="E32" i="11"/>
+  <c r="F32" i="11"/>
+  <c r="G32" i="11"/>
+  <c r="H32" i="11"/>
+  <c r="C35" i="11"/>
+  <c r="C36" i="11"/>
+  <c r="C37" i="11"/>
+  <c r="D38" i="11"/>
+  <c r="C38" i="11" s="1"/>
+  <c r="C39" i="11" s="1"/>
+  <c r="E38" i="11"/>
+  <c r="E39" i="11" s="1"/>
+  <c r="F38" i="11"/>
+  <c r="G38" i="11"/>
+  <c r="H38" i="11"/>
+  <c r="H39" i="11" s="1"/>
+  <c r="D39" i="11"/>
+  <c r="F39" i="11"/>
+  <c r="G39" i="11"/>
+  <c r="C42" i="11"/>
+  <c r="C43" i="11"/>
+  <c r="D43" i="11"/>
+  <c r="E43" i="11"/>
+  <c r="F43" i="11"/>
+  <c r="G43" i="11"/>
+  <c r="H43" i="11"/>
+  <c r="C46" i="11"/>
+  <c r="C47" i="11"/>
+  <c r="C48" i="11"/>
+  <c r="C49" i="11"/>
+  <c r="C50" i="11"/>
+  <c r="D51" i="11"/>
+  <c r="C51" i="11" s="1"/>
+  <c r="C55" i="11" s="1"/>
+  <c r="C56" i="11" s="1"/>
+  <c r="E51" i="11"/>
+  <c r="F51" i="11"/>
+  <c r="G51" i="11"/>
+  <c r="H51" i="11"/>
+  <c r="C57" i="11"/>
+  <c r="C58" i="11"/>
+  <c r="C59" i="11"/>
+  <c r="C60" i="11"/>
+  <c r="D61" i="11"/>
+  <c r="D62" i="11" s="1"/>
+  <c r="E61" i="11"/>
+  <c r="E62" i="11" s="1"/>
+  <c r="F61" i="11"/>
+  <c r="F62" i="11" s="1"/>
+  <c r="G61" i="11"/>
+  <c r="H61" i="11"/>
+  <c r="G62" i="11"/>
+  <c r="H62" i="11"/>
+  <c r="I69" i="1"/>
+  <c r="C62" i="11" l="1"/>
+  <c r="D28" i="11"/>
+  <c r="C28" i="11" s="1"/>
+  <c r="C26" i="11"/>
+  <c r="C61" i="11"/>
+  <c r="G15" i="10"/>
   <c r="G12" i="10"/>
   <c r="F12" i="10"/>
   <c r="F15" i="10" s="1"/>
   <c r="I63" i="1" l="1"/>
   <c r="I70" i="1" s="1"/>
   <c r="S40" i="1" l="1"/>
   <c r="I30" i="1"/>
   <c r="I32" i="1" s="1"/>
   <c r="I24" i="1"/>
   <c r="I11" i="1"/>
   <c r="I33" i="1" l="1"/>
   <c r="I38" i="1" l="1"/>
   <c r="I40" i="1" l="1"/>
   <c r="I47" i="1"/>
   <c r="I51" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="213" uniqueCount="196">
   <si>
     <t>B.</t>
   </si>
   <si>
     <t>A.</t>
   </si>
   <si>
     <t>Avenue de la Gare 35</t>
   </si>
   <si>
     <t>1951 Sion</t>
   </si>
   <si>
     <t>3.1.1.</t>
   </si>
   <si>
     <t>3.1.2.</t>
   </si>
   <si>
     <t>3.1.3.</t>
   </si>
   <si>
     <t>3.1.4.</t>
   </si>
   <si>
@@ -611,111 +726,269 @@
         <family val="2"/>
       </rPr>
       <t>(Ziffer 20 oder gemäss beiliegender Ausscheidung)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">D. INTERKANTONALE UND INTERKOMMUNALE AUSSCHEIDUNG </t>
   </si>
   <si>
     <t>E. ANTRAG AUF STEUERBEFREIUNG</t>
   </si>
   <si>
     <t>F. VERLUSTVERRECHNUNG AUS DEN SIEBEN DER STEUERPERIODE VORANGEGANGENEN GESCHAEFTSJAHREN</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Geschäftsjahr 2020 bzw. 2019/20</t>
   </si>
   <si>
     <t>Geschäftsjahr 2021 bzw. 2020/21</t>
   </si>
   <si>
     <t>Vereine, Stiftungen un andere juristische Personen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Das Aufteilungsformular ist im Internet unter dem folgenden Link vorhanden : https://www.vs.ch/de/web/scc/juristische-personen</t>
   </si>
   <si>
     <t>Geschäftsjahr 2022 bzw. 2021/22</t>
   </si>
   <si>
     <t>Geschäftsjahr 2023 bzw. 2022/23</t>
   </si>
   <si>
     <t>Steuererklärung 2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Wir ersuchen Sie die Steuererklärung inklusive der unterzeichneten Jahresrechnung (Bilanz, Erfolgsrechnung und Beilagen), sowie den erwähnten Formularen bis spätestens zum </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>30. Juni 2026</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> mittels eines frankierten Briefumschlages an nachfolgende Adresse einzureichen:</t>
     </r>
   </si>
   <si>
     <t>STJP 2025</t>
   </si>
   <si>
     <t>Geschäftsjahr 2024 bzw. 2023/24</t>
   </si>
   <si>
     <t>Saldo steuerlicher Verlustvortrag 2025</t>
   </si>
+  <si>
+    <t>In %</t>
+  </si>
+  <si>
+    <t>Steuerbarer Nettogewinn</t>
+  </si>
+  <si>
+    <t>Umlage</t>
+  </si>
+  <si>
+    <t>Steuerbarer Nettoliegenschaftsertrag</t>
+  </si>
+  <si>
+    <t>Quoten</t>
+  </si>
+  <si>
+    <t>Vorausanteil:</t>
+  </si>
+  <si>
+    <t>Gewinn zu verteilen</t>
+  </si>
+  <si>
+    <t>- Immobilienertrag netto</t>
+  </si>
+  <si>
+    <t>steuerbarer Gewinn</t>
+  </si>
+  <si>
+    <t>3.5. Steuerbarer Gewinn</t>
+  </si>
+  <si>
+    <t>Immobilienertrag Netto</t>
+  </si>
+  <si>
+    <t>andere: ………………………………………..</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">- Schuldzinsen </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(proportional)</t>
+    </r>
+  </si>
+  <si>
+    <t>- Abschreibungen</t>
+  </si>
+  <si>
+    <t>- Unterhaltskosten</t>
+  </si>
+  <si>
+    <t>Mieten/Verkaufsgewinne</t>
+  </si>
+  <si>
+    <t>3.4. Immobilienertrag</t>
+  </si>
+  <si>
+    <t>Nettogewinn der Jahresrechnung</t>
+  </si>
+  <si>
+    <t>3.3. Direkte Methode</t>
+  </si>
+  <si>
+    <t>Total massgebende Erwerbsfaktoren</t>
+  </si>
+  <si>
+    <t>Kapitalisierte Mieten (6x)</t>
+  </si>
+  <si>
+    <t>Kapitalisierte Löhne (10x)</t>
+  </si>
+  <si>
+    <t>3.2. Erwerbsfaktoren</t>
+  </si>
+  <si>
+    <t>3.1. Umsatz</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>3. Gewinnausscheidung</t>
+  </si>
+  <si>
+    <t>Steuerbares Kapital</t>
+  </si>
+  <si>
+    <t>Total der Aktiven</t>
+  </si>
+  <si>
+    <t>Total mobile Aktiven</t>
+  </si>
+  <si>
+    <t>Übrige Aktiven</t>
+  </si>
+  <si>
+    <t>Forderungen</t>
+  </si>
+  <si>
+    <t>Liquide Mittel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total lokalisierte Aktiven </t>
+  </si>
+  <si>
+    <t>Andere Sachanlagen</t>
+  </si>
+  <si>
+    <t>Immobilien</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total </t>
+  </si>
+  <si>
+    <t>2. Kapitalauscheidung</t>
+  </si>
+  <si>
+    <t>Ende (Datum) der Steuerpflicht/Zugehörigkeit</t>
+  </si>
+  <si>
+    <t>Beginn (Datum) der Steuerpflicht/Zugehörigkeit</t>
+  </si>
+  <si>
+    <t>Kapitalanlageliegenschaft</t>
+  </si>
+  <si>
+    <t>Betriebsstätte und/oder Geschäftsliegenschaft</t>
+  </si>
+  <si>
+    <t>Sitz und/oder tatsächliche Verwaltung</t>
+  </si>
+  <si>
+    <t>Bitte zutreffendes ankreuzen</t>
+  </si>
+  <si>
+    <t>Gemeinde</t>
+  </si>
+  <si>
+    <t>Kanton</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>1. Basis für die Berechnung der Steuerauscheidung</t>
+  </si>
+  <si>
+    <t>G. INTERNATIONALE, INTERKANTONALE UND INTERKOMMUNALE STEUERAUSSCHEIDUNG</t>
+  </si>
+  <si>
+    <t>Das Aufteilungsformular ist im Internet unter dem folgenden Link vorhanden :</t>
+  </si>
+  <si>
+    <t>https://www.vs.ch/de/web/scc/formulare-jp</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="7">
+  <numFmts count="8">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_ &quot;fr.&quot;\ * #,##0.00_ ;_ &quot;fr.&quot;\ * \-#,##0.00_ ;_ &quot;fr.&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="&quot;.&quot;###"/>
     <numFmt numFmtId="167" formatCode="&quot;*&quot;###&quot;*&quot;"/>
     <numFmt numFmtId="168" formatCode="&quot;*&quot;####&quot;*&quot;"/>
     <numFmt numFmtId="169" formatCode="_ &quot;SFr.&quot;\ * #,##0_ ;_ &quot;SFr.&quot;\ * \-#,##0_ ;_ &quot;SFr.&quot;\ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="170" formatCode="0.0"/>
+    <numFmt numFmtId="171" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -948,94 +1221,121 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="17"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Symbol"/>
+      <family val="1"/>
+      <charset val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color theme="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -1223,64 +1523,154 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="7">
+  <cellStyleXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="9" fontId="15" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="249">
+  <cellXfs count="342">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
@@ -1742,50 +2132,375 @@
     <xf numFmtId="3" fontId="25" fillId="0" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="3" fontId="21" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="43" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="14" fillId="2" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="13" fillId="3" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="13" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="13" fillId="3" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="14" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="21" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="22" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="14" fillId="3" borderId="23" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="14" fillId="3" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="14" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="41" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="13" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="13" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="3" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="2" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="3" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="3" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="3" borderId="10" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="41" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="8" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="22" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1911,100 +2626,179 @@
     <xf numFmtId="0" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="8" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="3" fontId="14" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="14" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
-  <cellStyles count="7">
+  <cellStyles count="9">
     <cellStyle name="Avertissement" xfId="1" builtinId="11"/>
     <cellStyle name="Calcul" xfId="3" builtinId="22"/>
     <cellStyle name="Comma 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Entrée" xfId="2" builtinId="20"/>
+    <cellStyle name="Lien hypertexte" xfId="8" builtinId="8"/>
     <cellStyle name="Lien hypertexte 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Pourcentage" xfId="7" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
+<file path=xl/ctrlProps/ctrlProp10.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp11.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp12.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp13.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp14.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp15.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp16.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp17.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp18.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp19.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp20.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
+</file>
+
+<file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>937260</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>15240</xdr:rowOff>
@@ -2197,74 +2991,74 @@
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t> Steuerverwaltung</a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="900" baseline="0">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="CL Futura CondensedLight"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPts val="960"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-FR" sz="900" b="1">
+            <a:rPr lang="fr-FR" sz="900" b="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Fujiyama-LightCondensed"/>
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
-            <a:t>Kommission</a:t>
+            <a:t>Sektion juristische</a:t>
           </a:r>
           <a:r>
-            <a:rPr lang="fr-FR" sz="900" b="1" baseline="0">
+            <a:rPr lang="fr-FR" sz="900" b="0" baseline="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Fujiyama-LightCondensed"/>
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
-            <a:t> des Einschätzung für die juristischen Personen</a:t>
+            <a:t> Personen</a:t>
           </a:r>
-          <a:endParaRPr lang="fr-FR" sz="900" b="1">
+          <a:endParaRPr lang="fr-FR" sz="900" b="0">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Fujiyama-LightCondensed"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPts val="960"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:endParaRPr lang="fr-FR" sz="900">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="Fujiyama-LightCondensed"/>
             <a:ea typeface="Times"/>
@@ -3207,50 +4001,1060 @@
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="fr-CH" sz="900" b="0">
               <a:effectLst/>
               <a:latin typeface="Fujiyama-LightCondensed"/>
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t> </a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="900" b="1">
             <a:effectLst/>
             <a:latin typeface="CL Futura CondensedLight"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3073" name="Check Box 1" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3073"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000010C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3074" name="Check Box 2" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3074"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000020C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3075" name="Check Box 3" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3075"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000030C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3076" name="Check Box 4" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3076"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000040C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>7</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3077" name="Check Box 5" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3077"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000050C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3078" name="Check Box 6" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3078"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000060C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3079" name="Check Box 7" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3079"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000070C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3080" name="Check Box 8" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3080"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000080C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3081" name="Check Box 9" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3081"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-0000090C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>8</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>10</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3082" name="Check Box 10" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3082"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000A0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>3</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>11</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3083" name="Check Box 11" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3083"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000B0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>11</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3084" name="Check Box 12" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3084"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000C0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>5</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>11</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3085" name="Check Box 13" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3085"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000D0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>6</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>11</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3086" name="Check Box 14" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3086"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000E0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>238125</xdr:colOff>
+          <xdr:row>9</xdr:row>
+          <xdr:rowOff>180975</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>762000</xdr:colOff>
+          <xdr:row>11</xdr:row>
+          <xdr:rowOff>0</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="3087" name="Check Box 15" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s3087"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-00000F0C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:solidFill>
+                    <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+                  </a:solidFill>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -3501,55 +5305,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.vs.ch/fr/web/scc/formulaires-pm-2017" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vs.ch/de/web/scc/formulare-jp-2025" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty4.bin"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R87"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="F14" sqref="F14:K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.5703125" style="2" customWidth="1"/>
     <col min="2" max="2" width="19.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="2" customWidth="1"/>
     <col min="4" max="4" width="10" style="2" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="7.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="6" style="2" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="2" customWidth="1"/>
     <col min="9" max="9" width="7.42578125" style="5" customWidth="1"/>
     <col min="10" max="10" width="5.5703125" style="2" customWidth="1"/>
@@ -4627,166 +6435,166 @@
     <col min="16133" max="16133" width="3.42578125" style="2" customWidth="1"/>
     <col min="16134" max="16140" width="11.42578125" style="2"/>
     <col min="16141" max="16141" width="16.85546875" style="2" customWidth="1"/>
     <col min="16142" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="14"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1"/>
     </row>
     <row r="2" spans="2:14" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B2" s="10"/>
       <c r="C2" s="21"/>
       <c r="D2"/>
-      <c r="E2" s="203"/>
-[...7 lines deleted...]
-      <c r="K2" s="222"/>
+      <c r="E2" s="291"/>
+      <c r="F2" s="310" t="s">
+        <v>141</v>
+      </c>
+      <c r="G2" s="310"/>
+      <c r="H2" s="310"/>
+      <c r="I2" s="310"/>
+      <c r="J2" s="310"/>
+      <c r="K2" s="310"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2"/>
     </row>
     <row r="3" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="10"/>
       <c r="C3" s="21"/>
       <c r="D3"/>
-      <c r="E3" s="221"/>
-      <c r="F3" s="198" t="s">
+      <c r="E3" s="309"/>
+      <c r="F3" s="286" t="s">
         <v>138</v>
       </c>
-      <c r="G3" s="198"/>
-[...3 lines deleted...]
-      <c r="K3" s="198"/>
+      <c r="G3" s="286"/>
+      <c r="H3" s="286"/>
+      <c r="I3" s="286"/>
+      <c r="J3" s="286"/>
+      <c r="K3" s="286"/>
       <c r="L3" s="10"/>
       <c r="M3" s="10"/>
       <c r="N3"/>
     </row>
     <row r="4" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="10"/>
       <c r="C4" s="22"/>
       <c r="D4" s="10"/>
-      <c r="E4" s="202"/>
-      <c r="F4" s="198" t="s">
+      <c r="E4" s="290"/>
+      <c r="F4" s="286" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="198"/>
-[...3 lines deleted...]
-      <c r="K4" s="198"/>
+      <c r="G4" s="286"/>
+      <c r="H4" s="286"/>
+      <c r="I4" s="286"/>
+      <c r="J4" s="286"/>
+      <c r="K4" s="286"/>
       <c r="L4" s="10"/>
       <c r="M4" s="10"/>
       <c r="N4"/>
     </row>
     <row r="5" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
       <c r="D5" s="10"/>
-      <c r="E5" s="203"/>
-      <c r="F5" s="199" t="s">
+      <c r="E5" s="291"/>
+      <c r="F5" s="287" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="199"/>
-[...3 lines deleted...]
-      <c r="K5" s="199"/>
+      <c r="G5" s="287"/>
+      <c r="H5" s="287"/>
+      <c r="I5" s="287"/>
+      <c r="J5" s="287"/>
+      <c r="K5" s="287"/>
       <c r="L5" s="10"/>
       <c r="M5" s="10"/>
       <c r="N5" s="23"/>
     </row>
     <row r="6" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="10"/>
       <c r="C6" s="24"/>
       <c r="D6" s="10"/>
-      <c r="E6" s="203"/>
-      <c r="F6" s="199" t="s">
+      <c r="E6" s="291"/>
+      <c r="F6" s="287" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="199"/>
-[...3 lines deleted...]
-      <c r="K6" s="199"/>
+      <c r="G6" s="287"/>
+      <c r="H6" s="287"/>
+      <c r="I6" s="287"/>
+      <c r="J6" s="287"/>
+      <c r="K6" s="287"/>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
       <c r="N6"/>
     </row>
     <row r="7" spans="2:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10"/>
-      <c r="E7" s="203"/>
+      <c r="E7" s="291"/>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7"/>
       <c r="I7" s="14"/>
       <c r="J7" s="10"/>
       <c r="K7" s="10"/>
       <c r="L7" s="10"/>
       <c r="M7" s="10"/>
       <c r="N7"/>
     </row>
     <row r="8" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
-      <c r="E8" s="203"/>
+      <c r="E8" s="291"/>
       <c r="F8" s="13"/>
       <c r="G8" s="9"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="8"/>
       <c r="K8" s="14"/>
       <c r="L8" s="10"/>
       <c r="M8" s="10"/>
       <c r="N8"/>
     </row>
     <row r="9" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="10"/>
       <c r="C9" s="10"/>
       <c r="D9" s="10"/>
-      <c r="E9" s="203"/>
+      <c r="E9" s="291"/>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="10"/>
       <c r="I9" s="14"/>
       <c r="J9" s="10"/>
       <c r="K9" s="10"/>
       <c r="L9" s="10"/>
       <c r="M9" s="10"/>
       <c r="N9"/>
     </row>
     <row r="10" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="14"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10"/>
     </row>
@@ -4805,199 +6613,199 @@
       <c r="M11" s="10"/>
       <c r="N11"/>
     </row>
     <row r="12" spans="2:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="25"/>
       <c r="C12" s="25"/>
       <c r="D12" s="25"/>
       <c r="E12" s="15"/>
       <c r="F12" s="11" t="s">
         <v>18</v>
       </c>
       <c r="G12" s="11"/>
       <c r="H12" s="11"/>
       <c r="I12" s="16"/>
       <c r="J12" s="15"/>
       <c r="K12" s="20"/>
       <c r="L12" s="12"/>
       <c r="M12" s="127"/>
       <c r="N12"/>
     </row>
     <row r="13" spans="2:14" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="25"/>
       <c r="C13" s="25"/>
       <c r="D13" s="25"/>
       <c r="E13" s="19"/>
-      <c r="F13" s="204"/>
-[...4 lines deleted...]
-      <c r="K13" s="205"/>
+      <c r="F13" s="292"/>
+      <c r="G13" s="293"/>
+      <c r="H13" s="293"/>
+      <c r="I13" s="293"/>
+      <c r="J13" s="293"/>
+      <c r="K13" s="293"/>
       <c r="L13" s="12"/>
       <c r="M13" s="11"/>
       <c r="N13"/>
     </row>
     <row r="14" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="25"/>
       <c r="C14" s="25"/>
       <c r="D14" s="25"/>
       <c r="E14" s="19"/>
-      <c r="F14" s="208"/>
-[...4 lines deleted...]
-      <c r="K14" s="209"/>
+      <c r="F14" s="296"/>
+      <c r="G14" s="297"/>
+      <c r="H14" s="297"/>
+      <c r="I14" s="297"/>
+      <c r="J14" s="297"/>
+      <c r="K14" s="297"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14"/>
     </row>
     <row r="15" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="25"/>
       <c r="C15" s="25"/>
       <c r="D15" s="25"/>
       <c r="E15" s="26"/>
-      <c r="F15" s="206"/>
-[...4 lines deleted...]
-      <c r="K15" s="207"/>
+      <c r="F15" s="294"/>
+      <c r="G15" s="295"/>
+      <c r="H15" s="295"/>
+      <c r="I15" s="295"/>
+      <c r="J15" s="295"/>
+      <c r="K15" s="295"/>
       <c r="L15" s="11"/>
       <c r="M15" s="11"/>
       <c r="N15"/>
     </row>
     <row r="16" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="25"/>
       <c r="C16" s="25"/>
       <c r="D16" s="25"/>
       <c r="E16" s="26"/>
-      <c r="F16" s="206"/>
-[...4 lines deleted...]
-      <c r="K16" s="207"/>
+      <c r="F16" s="294"/>
+      <c r="G16" s="295"/>
+      <c r="H16" s="295"/>
+      <c r="I16" s="295"/>
+      <c r="J16" s="295"/>
+      <c r="K16" s="295"/>
       <c r="L16" s="11"/>
       <c r="M16" s="11"/>
       <c r="N16"/>
     </row>
     <row r="17" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17"/>
       <c r="B17" s="26"/>
       <c r="C17" s="26"/>
       <c r="D17" s="26"/>
       <c r="E17" s="26"/>
-      <c r="F17" s="206"/>
-[...4 lines deleted...]
-      <c r="K17" s="207"/>
+      <c r="F17" s="294"/>
+      <c r="G17" s="295"/>
+      <c r="H17" s="295"/>
+      <c r="I17" s="295"/>
+      <c r="J17" s="295"/>
+      <c r="K17" s="295"/>
       <c r="L17" s="11"/>
       <c r="M17" s="11"/>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18"/>
       <c r="B18" s="26"/>
       <c r="C18" s="26"/>
       <c r="D18" s="26"/>
       <c r="E18" s="26"/>
-      <c r="F18" s="206"/>
-[...4 lines deleted...]
-      <c r="K18" s="207"/>
+      <c r="F18" s="294"/>
+      <c r="G18" s="295"/>
+      <c r="H18" s="295"/>
+      <c r="I18" s="295"/>
+      <c r="J18" s="295"/>
+      <c r="K18" s="295"/>
       <c r="L18" s="11"/>
       <c r="M18" s="11"/>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19"/>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
       <c r="I19" s="27"/>
       <c r="J19" s="19"/>
       <c r="K19" s="19"/>
       <c r="L19" s="11"/>
       <c r="M19" s="11"/>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20"/>
-      <c r="B20" s="200" t="s">
-[...10 lines deleted...]
-      <c r="K20" s="201"/>
+      <c r="B20" s="288" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" s="289"/>
+      <c r="D20" s="289"/>
+      <c r="E20" s="289"/>
+      <c r="F20" s="289"/>
+      <c r="G20" s="289"/>
+      <c r="H20" s="289"/>
+      <c r="I20" s="289"/>
+      <c r="J20" s="289"/>
+      <c r="K20" s="289"/>
       <c r="L20" s="11"/>
       <c r="M20" s="11"/>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18" s="3" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21"/>
-      <c r="B21" s="201"/>
-[...8 lines deleted...]
-      <c r="K21" s="201"/>
+      <c r="B21" s="289"/>
+      <c r="C21" s="289"/>
+      <c r="D21" s="289"/>
+      <c r="E21" s="289"/>
+      <c r="F21" s="289"/>
+      <c r="G21" s="289"/>
+      <c r="H21" s="289"/>
+      <c r="I21" s="289"/>
+      <c r="J21" s="289"/>
+      <c r="K21" s="289"/>
       <c r="L21" s="11"/>
       <c r="M21" s="11"/>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18" s="3" customFormat="1" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22"/>
       <c r="B22" s="53"/>
       <c r="C22" s="54"/>
       <c r="D22" s="54"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="28"/>
       <c r="I22" s="29"/>
       <c r="J22" s="28"/>
       <c r="K22" s="28"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
@@ -5095,163 +6903,163 @@
       <c r="B27" s="108"/>
       <c r="C27" s="109" t="s">
         <v>87</v>
       </c>
       <c r="D27" s="108"/>
       <c r="E27" s="110"/>
       <c r="F27" s="110"/>
       <c r="G27" s="111"/>
       <c r="H27" s="112"/>
       <c r="I27" s="113"/>
       <c r="J27" s="111"/>
       <c r="K27" s="112"/>
       <c r="L27" s="110"/>
       <c r="M27" s="114"/>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
       <c r="Q27"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="115"/>
       <c r="B28" s="17" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="210"/>
-[...1 lines deleted...]
-      <c r="E28" s="211"/>
+      <c r="C28" s="298"/>
+      <c r="D28" s="299"/>
+      <c r="E28" s="299"/>
       <c r="F28" s="59"/>
       <c r="G28" s="60"/>
       <c r="H28" s="61"/>
       <c r="I28" s="62"/>
       <c r="J28" s="60"/>
       <c r="K28" s="61"/>
       <c r="L28" s="59"/>
       <c r="M28" s="116"/>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
       <c r="Q28"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="117"/>
       <c r="B29" s="17" t="s">
         <v>20</v>
       </c>
-      <c r="C29" s="195"/>
-[...1 lines deleted...]
-      <c r="E29" s="196"/>
+      <c r="C29" s="283"/>
+      <c r="D29" s="284"/>
+      <c r="E29" s="284"/>
       <c r="F29" s="17"/>
       <c r="G29" s="15"/>
       <c r="H29" s="25"/>
       <c r="I29" s="16"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15"/>
       <c r="L29" s="11"/>
       <c r="M29" s="118"/>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
       <c r="Q29" s="38"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="117"/>
       <c r="B30" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C30" s="195"/>
-[...1 lines deleted...]
-      <c r="E30" s="196"/>
+      <c r="C30" s="283"/>
+      <c r="D30" s="284"/>
+      <c r="E30" s="284"/>
       <c r="F30" s="26"/>
       <c r="G30" s="26"/>
       <c r="H30" s="26"/>
       <c r="I30" s="39"/>
       <c r="J30" s="40"/>
       <c r="K30" s="40"/>
       <c r="L30" s="11"/>
       <c r="M30" s="118"/>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
       <c r="Q30" s="41"/>
       <c r="R30" s="30"/>
     </row>
     <row r="31" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="117"/>
       <c r="B31" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="C31" s="195"/>
-[...1 lines deleted...]
-      <c r="E31" s="196"/>
+      <c r="C31" s="283"/>
+      <c r="D31" s="284"/>
+      <c r="E31" s="284"/>
       <c r="F31" s="26"/>
       <c r="G31" s="26"/>
       <c r="H31" s="26"/>
       <c r="I31" s="39"/>
       <c r="J31" s="40"/>
       <c r="K31" s="40"/>
       <c r="L31" s="42"/>
       <c r="M31" s="118"/>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
       <c r="Q31" s="41"/>
       <c r="R31" s="30"/>
     </row>
     <row r="32" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="117"/>
       <c r="B32" s="17" t="s">
         <v>88</v>
       </c>
-      <c r="C32" s="195"/>
-[...1 lines deleted...]
-      <c r="E32" s="196"/>
+      <c r="C32" s="283"/>
+      <c r="D32" s="284"/>
+      <c r="E32" s="284"/>
       <c r="F32" s="26"/>
       <c r="G32" s="26"/>
       <c r="H32" s="26"/>
       <c r="I32" s="39"/>
       <c r="J32" s="40"/>
       <c r="K32" s="40"/>
       <c r="L32" s="42"/>
       <c r="M32" s="118"/>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
       <c r="Q32" s="41"/>
       <c r="R32" s="30"/>
     </row>
     <row r="33" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="117"/>
       <c r="B33" s="17" t="s">
         <v>93</v>
       </c>
-      <c r="C33" s="197"/>
-[...1 lines deleted...]
-      <c r="E33" s="196"/>
+      <c r="C33" s="285"/>
+      <c r="D33" s="284"/>
+      <c r="E33" s="284"/>
       <c r="F33" s="26"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15"/>
       <c r="L33" s="42"/>
       <c r="M33" s="118"/>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
       <c r="Q33" s="41"/>
       <c r="R33" s="30"/>
     </row>
     <row r="34" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="117"/>
       <c r="B34" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C34" s="105"/>
       <c r="D34" s="17"/>
       <c r="E34" s="17"/>
       <c r="F34" s="17"/>
       <c r="G34" s="19"/>
       <c r="H34" s="19"/>
@@ -5437,119 +7245,119 @@
       <c r="B43" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C43" s="17"/>
       <c r="D43" s="17"/>
       <c r="E43" s="17"/>
       <c r="F43" s="17"/>
       <c r="G43" s="15"/>
       <c r="H43" s="19"/>
       <c r="I43" s="16"/>
       <c r="J43" s="15"/>
       <c r="K43" s="15"/>
       <c r="L43" s="11"/>
       <c r="M43" s="118"/>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
       <c r="Q43"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="117"/>
       <c r="B44" s="17" t="s">
         <v>26</v>
       </c>
-      <c r="C44" s="208"/>
-[...1 lines deleted...]
-      <c r="E44" s="209"/>
+      <c r="C44" s="296"/>
+      <c r="D44" s="297"/>
+      <c r="E44" s="297"/>
       <c r="F44" s="17"/>
       <c r="G44" s="26"/>
       <c r="H44" s="26"/>
       <c r="I44" s="40"/>
       <c r="J44" s="40"/>
       <c r="K44" s="40"/>
       <c r="L44" s="11"/>
       <c r="M44" s="118"/>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
       <c r="Q44"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="117"/>
       <c r="B45" s="17" t="s">
         <v>27</v>
       </c>
-      <c r="C45" s="206"/>
-[...1 lines deleted...]
-      <c r="E45" s="207"/>
+      <c r="C45" s="294"/>
+      <c r="D45" s="295"/>
+      <c r="E45" s="295"/>
       <c r="F45" s="17"/>
       <c r="G45" s="26"/>
       <c r="H45" s="26"/>
       <c r="I45" s="40"/>
       <c r="J45" s="40"/>
       <c r="K45" s="40"/>
       <c r="L45" s="11"/>
       <c r="M45" s="118"/>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
       <c r="Q45"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="117"/>
       <c r="B46" s="17" t="s">
         <v>28</v>
       </c>
-      <c r="C46" s="206"/>
-[...1 lines deleted...]
-      <c r="E46" s="207"/>
+      <c r="C46" s="294"/>
+      <c r="D46" s="295"/>
+      <c r="E46" s="295"/>
       <c r="F46" s="17"/>
       <c r="G46" s="26"/>
       <c r="H46" s="26"/>
       <c r="I46" s="40"/>
       <c r="J46" s="40"/>
       <c r="K46" s="40"/>
       <c r="L46" s="11"/>
       <c r="M46" s="118"/>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
       <c r="Q46"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="117"/>
       <c r="B47" s="56" t="s">
         <v>29</v>
       </c>
-      <c r="C47" s="214"/>
-[...1 lines deleted...]
-      <c r="E47" s="215"/>
+      <c r="C47" s="302"/>
+      <c r="D47" s="303"/>
+      <c r="E47" s="303"/>
       <c r="F47" s="17"/>
       <c r="G47" s="26"/>
       <c r="H47" s="26"/>
       <c r="I47" s="40"/>
       <c r="J47" s="40"/>
       <c r="K47" s="40"/>
       <c r="L47" s="11"/>
       <c r="M47" s="118"/>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
       <c r="Q47"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="117"/>
       <c r="B48" s="17"/>
       <c r="C48" s="18"/>
       <c r="D48" s="18"/>
       <c r="E48" s="17"/>
       <c r="F48" s="17"/>
       <c r="G48" s="19"/>
       <c r="H48" s="19"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
@@ -5567,70 +7375,70 @@
       <c r="B49" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C49" s="19"/>
       <c r="D49" s="19"/>
       <c r="E49" s="19"/>
       <c r="F49" s="19"/>
       <c r="G49" s="15"/>
       <c r="H49" s="19"/>
       <c r="I49" s="16"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15"/>
       <c r="L49" s="15"/>
       <c r="M49" s="118"/>
       <c r="N49"/>
       <c r="O49"/>
       <c r="P49"/>
       <c r="Q49"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="117"/>
       <c r="B50" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="C50" s="216"/>
-[...1 lines deleted...]
-      <c r="E50" s="217"/>
+      <c r="C50" s="304"/>
+      <c r="D50" s="305"/>
+      <c r="E50" s="305"/>
       <c r="F50" s="17"/>
       <c r="G50" s="26"/>
       <c r="H50" s="26"/>
       <c r="I50" s="39"/>
       <c r="J50" s="40"/>
       <c r="K50" s="40"/>
       <c r="L50" s="11"/>
       <c r="M50" s="118"/>
     </row>
     <row r="51" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="117"/>
       <c r="B51" s="17" t="s">
         <v>32</v>
       </c>
-      <c r="C51" s="206"/>
-[...1 lines deleted...]
-      <c r="E51" s="207"/>
+      <c r="C51" s="294"/>
+      <c r="D51" s="295"/>
+      <c r="E51" s="295"/>
       <c r="F51" s="119"/>
       <c r="G51" s="26"/>
       <c r="H51" s="26"/>
       <c r="I51" s="39"/>
       <c r="J51" s="40"/>
       <c r="K51" s="40"/>
       <c r="L51" s="11"/>
       <c r="M51" s="118"/>
     </row>
     <row r="52" spans="1:18" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="117"/>
       <c r="B52" s="17"/>
       <c r="C52" s="17"/>
       <c r="D52" s="17"/>
       <c r="E52" s="17"/>
       <c r="F52" s="17"/>
       <c r="G52" s="19"/>
       <c r="H52" s="19"/>
       <c r="I52" s="16"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="11"/>
       <c r="M52" s="118"/>
     </row>
     <row r="53" spans="1:18" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
@@ -5661,105 +7469,105 @@
       <c r="J54" s="15"/>
       <c r="K54" s="15"/>
       <c r="L54" s="11"/>
       <c r="M54" s="118"/>
     </row>
     <row r="55" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="117"/>
       <c r="B55" s="17"/>
       <c r="C55" s="17"/>
       <c r="D55" s="17"/>
       <c r="E55" s="17"/>
       <c r="F55" s="17"/>
       <c r="G55" s="17"/>
       <c r="H55" s="17"/>
       <c r="I55" s="124"/>
       <c r="J55" s="11"/>
       <c r="K55" s="11"/>
       <c r="L55" s="11"/>
       <c r="M55" s="118"/>
     </row>
     <row r="56" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="125"/>
       <c r="B56" s="126" t="s">
         <v>107</v>
       </c>
-      <c r="C56" s="218"/>
-[...8 lines deleted...]
-      <c r="L56" s="219"/>
+      <c r="C56" s="306"/>
+      <c r="D56" s="307"/>
+      <c r="E56" s="307"/>
+      <c r="F56" s="307"/>
+      <c r="G56" s="307"/>
+      <c r="H56" s="307"/>
+      <c r="I56" s="307"/>
+      <c r="J56" s="307"/>
+      <c r="K56" s="307"/>
+      <c r="L56" s="307"/>
       <c r="M56" s="118"/>
     </row>
     <row r="57" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="117"/>
       <c r="B57" s="47"/>
-      <c r="C57" s="220"/>
-[...8 lines deleted...]
-      <c r="L57" s="213"/>
+      <c r="C57" s="308"/>
+      <c r="D57" s="301"/>
+      <c r="E57" s="301"/>
+      <c r="F57" s="301"/>
+      <c r="G57" s="301"/>
+      <c r="H57" s="301"/>
+      <c r="I57" s="301"/>
+      <c r="J57" s="301"/>
+      <c r="K57" s="301"/>
+      <c r="L57" s="301"/>
       <c r="M57" s="118"/>
     </row>
     <row r="58" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="117"/>
       <c r="B58" s="48"/>
-      <c r="C58" s="212"/>
-[...8 lines deleted...]
-      <c r="L58" s="213"/>
+      <c r="C58" s="300"/>
+      <c r="D58" s="301"/>
+      <c r="E58" s="301"/>
+      <c r="F58" s="301"/>
+      <c r="G58" s="301"/>
+      <c r="H58" s="301"/>
+      <c r="I58" s="301"/>
+      <c r="J58" s="301"/>
+      <c r="K58" s="301"/>
+      <c r="L58" s="301"/>
       <c r="M58" s="120"/>
     </row>
     <row r="59" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="117"/>
       <c r="B59" s="48"/>
-      <c r="C59" s="212"/>
-[...8 lines deleted...]
-      <c r="L59" s="213"/>
+      <c r="C59" s="300"/>
+      <c r="D59" s="301"/>
+      <c r="E59" s="301"/>
+      <c r="F59" s="301"/>
+      <c r="G59" s="301"/>
+      <c r="H59" s="301"/>
+      <c r="I59" s="301"/>
+      <c r="J59" s="301"/>
+      <c r="K59" s="301"/>
+      <c r="L59" s="301"/>
       <c r="M59" s="120"/>
     </row>
     <row r="60" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="121"/>
       <c r="B60" s="122"/>
       <c r="C60" s="122"/>
       <c r="D60" s="122"/>
       <c r="E60" s="122"/>
       <c r="F60" s="122"/>
       <c r="G60" s="122"/>
       <c r="H60" s="122"/>
       <c r="I60" s="8"/>
       <c r="J60" s="122"/>
       <c r="K60" s="122"/>
       <c r="L60" s="122"/>
       <c r="M60" s="123"/>
     </row>
     <row r="61" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="49"/>
       <c r="B61" s="50"/>
       <c r="C61" s="50"/>
       <c r="D61" s="50"/>
       <c r="E61" s="50"/>
       <c r="F61" s="50"/>
       <c r="G61" s="50"/>
@@ -5804,51 +7612,51 @@
       <c r="I71" s="2"/>
     </row>
     <row r="72" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E72" s="52"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72"/>
     </row>
     <row r="73" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I73" s="2"/>
     </row>
     <row r="74" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I74" s="2"/>
     </row>
     <row r="75" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I75" s="2"/>
     </row>
     <row r="76" spans="5:9" x14ac:dyDescent="0.25">
       <c r="I76" s="2"/>
     </row>
     <row r="87" spans="9:9" x14ac:dyDescent="0.25">
       <c r="I87" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="zXupuhZ7DOXczP27/YIamt1ejzgen7mlYMq1eFbdS11Bo91QAUCWbySzaqK7Tx3Vjy637hlvwv4g4xzVO9l5Yw==" saltValue="K4tZH7rBUIa6xROeNayhQw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="UJzyORgBLtjxTj/S+PJHsKzr9SiOgifufcufNjOV975C7Z72oLSu0z8DQ0hmWFwF4xw3C/5P1DfoAyMHOWvokg==" saltValue="lUC6dTDL64ZXSpmw8CqpBw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="31">
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:K2"/>
     <mergeCell ref="F3:K3"/>
     <mergeCell ref="C29:E29"/>
     <mergeCell ref="C30:E30"/>
     <mergeCell ref="C59:L59"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C45:E45"/>
     <mergeCell ref="C46:E46"/>
     <mergeCell ref="C47:E47"/>
     <mergeCell ref="C50:E50"/>
     <mergeCell ref="C51:E51"/>
     <mergeCell ref="C56:L56"/>
     <mergeCell ref="C57:L57"/>
     <mergeCell ref="C58:L58"/>
     <mergeCell ref="C32:E32"/>
     <mergeCell ref="C33:E33"/>
     <mergeCell ref="F4:K4"/>
     <mergeCell ref="F5:K5"/>
     <mergeCell ref="B20:K21"/>
     <mergeCell ref="E4:E6"/>
     <mergeCell ref="E7:E9"/>
     <mergeCell ref="F13:K13"/>
     <mergeCell ref="F15:K15"/>
@@ -6372,198 +8180,198 @@
       <c r="G25" s="74"/>
       <c r="H25" s="74"/>
       <c r="I25" s="96"/>
     </row>
     <row r="26" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="1"/>
       <c r="B26" s="74">
         <v>3.1</v>
       </c>
       <c r="C26" s="58" t="s">
         <v>59</v>
       </c>
       <c r="D26" s="77"/>
       <c r="E26" s="77"/>
       <c r="F26" s="77"/>
       <c r="G26" s="77"/>
       <c r="H26" s="77"/>
       <c r="I26" s="97"/>
     </row>
     <row r="27" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="1"/>
       <c r="B27" s="74"/>
       <c r="C27" s="75" t="s">
         <v>4</v>
       </c>
-      <c r="D27" s="236"/>
-[...3 lines deleted...]
-      <c r="H27" s="237"/>
+      <c r="D27" s="324"/>
+      <c r="E27" s="324"/>
+      <c r="F27" s="324"/>
+      <c r="G27" s="324"/>
+      <c r="H27" s="325"/>
       <c r="I27" s="93"/>
     </row>
     <row r="28" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="74"/>
       <c r="C28" s="81" t="s">
         <v>5</v>
       </c>
-      <c r="D28" s="238"/>
-[...3 lines deleted...]
-      <c r="H28" s="239"/>
+      <c r="D28" s="326"/>
+      <c r="E28" s="326"/>
+      <c r="F28" s="326"/>
+      <c r="G28" s="326"/>
+      <c r="H28" s="327"/>
       <c r="I28" s="93"/>
     </row>
     <row r="29" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="1"/>
       <c r="B29" s="74"/>
       <c r="C29" s="81" t="s">
         <v>6</v>
       </c>
-      <c r="D29" s="238"/>
-[...3 lines deleted...]
-      <c r="H29" s="239"/>
+      <c r="D29" s="326"/>
+      <c r="E29" s="326"/>
+      <c r="F29" s="326"/>
+      <c r="G29" s="326"/>
+      <c r="H29" s="327"/>
       <c r="I29" s="93"/>
     </row>
     <row r="30" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="74"/>
       <c r="C30" s="81" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="66" t="s">
         <v>60</v>
       </c>
       <c r="E30" s="66"/>
       <c r="F30" s="66"/>
       <c r="G30" s="66"/>
       <c r="H30" s="66"/>
       <c r="I30" s="95">
         <f>SUM(I27:I29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="74">
         <v>3.2</v>
       </c>
       <c r="C31" s="66" t="s">
         <v>61</v>
       </c>
       <c r="D31" s="76"/>
       <c r="E31" s="76"/>
       <c r="F31" s="76"/>
       <c r="G31" s="76"/>
       <c r="H31" s="83"/>
       <c r="I31" s="93"/>
     </row>
     <row r="32" spans="1:12" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="74">
         <v>3.3</v>
       </c>
-      <c r="C32" s="233" t="s">
+      <c r="C32" s="321" t="s">
         <v>62</v>
       </c>
-      <c r="D32" s="233"/>
-[...3 lines deleted...]
-      <c r="H32" s="235"/>
+      <c r="D32" s="321"/>
+      <c r="E32" s="322"/>
+      <c r="F32" s="322"/>
+      <c r="G32" s="322"/>
+      <c r="H32" s="323"/>
       <c r="I32" s="95">
         <f>MAX(+I30-I31,0)</f>
         <v>0</v>
       </c>
       <c r="J32" s="19"/>
       <c r="K32" s="19"/>
       <c r="L32" s="19"/>
     </row>
     <row r="33" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="74">
         <v>4</v>
       </c>
-      <c r="C33" s="233" t="s">
+      <c r="C33" s="321" t="s">
         <v>94</v>
       </c>
-      <c r="D33" s="233"/>
-[...3 lines deleted...]
-      <c r="H33" s="235"/>
+      <c r="D33" s="321"/>
+      <c r="E33" s="321"/>
+      <c r="F33" s="321"/>
+      <c r="G33" s="321"/>
+      <c r="H33" s="323"/>
       <c r="I33" s="95">
         <f>I11-I24-I32</f>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="74">
         <v>5</v>
       </c>
       <c r="C34" s="70" t="s">
         <v>63</v>
       </c>
       <c r="D34" s="84"/>
       <c r="E34" s="84"/>
       <c r="F34" s="84"/>
       <c r="G34" s="84"/>
       <c r="H34" s="84"/>
       <c r="I34" s="194"/>
     </row>
     <row r="35" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="74">
         <v>5.0999999999999996</v>
       </c>
-      <c r="C35" s="229"/>
-[...4 lines deleted...]
-      <c r="H35" s="231"/>
+      <c r="C35" s="317"/>
+      <c r="D35" s="318"/>
+      <c r="E35" s="318"/>
+      <c r="F35" s="318"/>
+      <c r="G35" s="318"/>
+      <c r="H35" s="319"/>
       <c r="I35" s="93"/>
     </row>
     <row r="36" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="74">
         <v>5.2</v>
       </c>
-      <c r="C36" s="232"/>
-[...4 lines deleted...]
-      <c r="H36" s="225"/>
+      <c r="C36" s="320"/>
+      <c r="D36" s="312"/>
+      <c r="E36" s="312"/>
+      <c r="F36" s="312"/>
+      <c r="G36" s="312"/>
+      <c r="H36" s="313"/>
       <c r="I36" s="93"/>
     </row>
     <row r="37" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="74">
         <v>5.3</v>
       </c>
-      <c r="C37" s="232"/>
-[...4 lines deleted...]
-      <c r="H37" s="225"/>
+      <c r="C37" s="320"/>
+      <c r="D37" s="312"/>
+      <c r="E37" s="312"/>
+      <c r="F37" s="312"/>
+      <c r="G37" s="312"/>
+      <c r="H37" s="313"/>
       <c r="I37" s="93"/>
     </row>
     <row r="38" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="74">
         <v>6</v>
       </c>
       <c r="C38" s="66" t="s">
         <v>127</v>
       </c>
       <c r="D38" s="81"/>
       <c r="E38" s="81"/>
       <c r="F38" s="81"/>
       <c r="G38" s="81"/>
       <c r="H38" s="85"/>
       <c r="I38" s="169">
         <f>SUM(I33:I37)</f>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="74">
         <v>7</v>
       </c>
       <c r="C39" s="63" t="s">
         <v>64</v>
@@ -6697,54 +8505,54 @@
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="2:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B48" s="171">
         <v>13.2</v>
       </c>
       <c r="C48" s="176" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="177"/>
       <c r="E48" s="177"/>
       <c r="F48" s="177"/>
       <c r="G48" s="177"/>
       <c r="H48" s="178"/>
       <c r="I48" s="179"/>
     </row>
     <row r="49" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B49" s="171">
         <v>13.3</v>
       </c>
       <c r="C49" s="176" t="s">
         <v>108</v>
       </c>
       <c r="D49" s="177"/>
-      <c r="E49" s="223"/>
-[...2 lines deleted...]
-      <c r="H49" s="225"/>
+      <c r="E49" s="311"/>
+      <c r="F49" s="312"/>
+      <c r="G49" s="312"/>
+      <c r="H49" s="313"/>
       <c r="I49" s="179"/>
     </row>
     <row r="50" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B50" s="171">
         <v>13.4</v>
       </c>
       <c r="C50" s="176" t="s">
         <v>122</v>
       </c>
       <c r="D50" s="177"/>
       <c r="E50" s="177"/>
       <c r="F50" s="177"/>
       <c r="G50" s="177"/>
       <c r="H50" s="178"/>
       <c r="I50" s="179"/>
     </row>
     <row r="51" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B51" s="171">
         <v>13.5</v>
       </c>
       <c r="C51" s="177" t="s">
         <v>123</v>
       </c>
       <c r="D51" s="177"/>
       <c r="E51" s="177"/>
@@ -6885,54 +8693,54 @@
     </row>
     <row r="61" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="1"/>
       <c r="B61" s="87">
         <v>14.6</v>
       </c>
       <c r="C61" s="63" t="s">
         <v>71</v>
       </c>
       <c r="D61" s="76"/>
       <c r="E61" s="76"/>
       <c r="F61" s="76"/>
       <c r="G61" s="76"/>
       <c r="H61" s="76"/>
       <c r="I61" s="93"/>
     </row>
     <row r="62" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="1"/>
       <c r="B62" s="87">
         <v>14.7</v>
       </c>
       <c r="C62" s="89" t="s">
         <v>108</v>
       </c>
       <c r="D62" s="90"/>
-      <c r="E62" s="226"/>
-[...2 lines deleted...]
-      <c r="H62" s="228"/>
+      <c r="E62" s="314"/>
+      <c r="F62" s="315"/>
+      <c r="G62" s="315"/>
+      <c r="H62" s="316"/>
       <c r="I62" s="93"/>
     </row>
     <row r="63" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="1"/>
       <c r="B63" s="87">
         <v>14.8</v>
       </c>
       <c r="C63" s="66" t="s">
         <v>97</v>
       </c>
       <c r="D63" s="76"/>
       <c r="E63" s="76"/>
       <c r="F63" s="76"/>
       <c r="G63" s="76"/>
       <c r="H63" s="76"/>
       <c r="I63" s="95">
         <f>SUM(I56:I62)</f>
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="1"/>
       <c r="B64" s="67">
         <v>15</v>
       </c>
@@ -6978,54 +8786,54 @@
     </row>
     <row r="67" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="1"/>
       <c r="B67" s="67">
         <v>15.3</v>
       </c>
       <c r="C67" s="63" t="s">
         <v>75</v>
       </c>
       <c r="D67" s="76"/>
       <c r="E67" s="76"/>
       <c r="F67" s="76"/>
       <c r="G67" s="76"/>
       <c r="H67" s="76"/>
       <c r="I67" s="93"/>
     </row>
     <row r="68" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="1"/>
       <c r="B68" s="67">
         <v>15.4</v>
       </c>
       <c r="C68" s="89" t="s">
         <v>108</v>
       </c>
       <c r="D68" s="90"/>
-      <c r="E68" s="226"/>
-[...2 lines deleted...]
-      <c r="H68" s="228"/>
+      <c r="E68" s="314"/>
+      <c r="F68" s="315"/>
+      <c r="G68" s="315"/>
+      <c r="H68" s="316"/>
       <c r="I68" s="93"/>
     </row>
     <row r="69" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="1"/>
       <c r="B69" s="67">
         <v>15.5</v>
       </c>
       <c r="C69" s="66" t="s">
         <v>76</v>
       </c>
       <c r="D69" s="76"/>
       <c r="E69" s="76"/>
       <c r="F69" s="76"/>
       <c r="G69" s="76"/>
       <c r="H69" s="76"/>
       <c r="I69" s="95">
         <f>SUM(I65:I68)</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="1"/>
       <c r="B70" s="67">
         <v>16</v>
       </c>
@@ -7128,51 +8936,51 @@
       <c r="C76" s="63" t="s">
         <v>130</v>
       </c>
       <c r="D76" s="68"/>
       <c r="E76" s="170"/>
       <c r="F76" s="170"/>
       <c r="G76" s="170"/>
       <c r="H76" s="150" t="s">
         <v>92</v>
       </c>
       <c r="I76" s="101"/>
     </row>
     <row r="77" spans="1:9" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="1"/>
       <c r="B77"/>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77"/>
       <c r="I77"/>
     </row>
     <row r="78" spans="1:9" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B78" s="128" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C78"/>
       <c r="D78"/>
       <c r="E78"/>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78"/>
       <c r="I78" s="51" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="yglLNMvkCxgZDzNexVDNrO8WL6+bayXpTxVk2bmw9QkJos9w5Onag5UbJVtGFD0dShtIn02goZvn0GHyJhbIFw==" saltValue="wbBP3M04slkQDclSw2JY3A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
     <mergeCell ref="C32:H32"/>
     <mergeCell ref="D27:H27"/>
     <mergeCell ref="D28:H28"/>
     <mergeCell ref="D29:H29"/>
     <mergeCell ref="C33:H33"/>
     <mergeCell ref="E49:H49"/>
     <mergeCell ref="E68:H68"/>
     <mergeCell ref="E62:H62"/>
     <mergeCell ref="C35:H35"/>
     <mergeCell ref="C36:H36"/>
     <mergeCell ref="C37:H37"/>
@@ -7212,329 +9020,331 @@
       <c r="F1" s="130"/>
     </row>
     <row r="2" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="130"/>
       <c r="B2" s="187" t="s">
         <v>132</v>
       </c>
       <c r="C2" s="188"/>
       <c r="D2" s="188"/>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
       <c r="G2" s="132"/>
       <c r="H2" s="132"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="130"/>
       <c r="B3" s="131"/>
       <c r="C3" s="132"/>
       <c r="D3" s="132"/>
       <c r="E3" s="132"/>
       <c r="F3" s="133"/>
       <c r="G3" s="132"/>
       <c r="H3" s="132"/>
     </row>
     <row r="4" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="240" t="s">
+      <c r="B4" s="328" t="s">
         <v>80</v>
       </c>
-      <c r="C4" s="240"/>
-[...2 lines deleted...]
-      <c r="F4" s="241"/>
+      <c r="C4" s="328"/>
+      <c r="D4" s="329"/>
+      <c r="E4" s="329"/>
+      <c r="F4" s="329"/>
       <c r="G4" s="132"/>
       <c r="H4" s="132"/>
     </row>
     <row r="5" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="134"/>
       <c r="C5" s="134"/>
       <c r="D5" s="135"/>
       <c r="E5" s="135"/>
       <c r="F5" s="135"/>
       <c r="G5" s="132"/>
       <c r="H5" s="132"/>
     </row>
     <row r="6" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="240" t="s">
-[...5 lines deleted...]
-      <c r="F6" s="241"/>
+      <c r="B6" s="151" t="s">
+        <v>194</v>
+      </c>
+      <c r="C6" s="282"/>
+      <c r="D6" s="335" t="s">
+        <v>195</v>
+      </c>
+      <c r="E6" s="335"/>
+      <c r="F6" s="335"/>
       <c r="G6" s="132"/>
       <c r="H6" s="132"/>
     </row>
     <row r="7" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="134"/>
       <c r="C7" s="134"/>
       <c r="D7" s="135"/>
       <c r="E7" s="135"/>
       <c r="F7" s="135"/>
       <c r="G7" s="132"/>
       <c r="H7" s="132"/>
     </row>
     <row r="8" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="130"/>
       <c r="B8" s="187" t="s">
         <v>133</v>
       </c>
       <c r="C8" s="187"/>
       <c r="D8" s="190"/>
       <c r="E8" s="190"/>
       <c r="F8" s="189"/>
       <c r="G8" s="132"/>
       <c r="H8" s="132"/>
     </row>
     <row r="9" spans="1:15" s="138" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="137"/>
       <c r="B9" s="136"/>
       <c r="C9" s="136"/>
       <c r="D9" s="136"/>
       <c r="E9" s="136"/>
       <c r="F9" s="136"/>
       <c r="G9" s="136"/>
       <c r="H9" s="136"/>
     </row>
     <row r="10" spans="1:15" s="138" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="136" t="s">
         <v>109</v>
       </c>
       <c r="C10" s="136"/>
       <c r="F10" s="136"/>
       <c r="G10" s="136"/>
       <c r="H10" s="136"/>
     </row>
     <row r="11" spans="1:15" s="138" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="151" t="s">
         <v>110</v>
       </c>
-      <c r="C11" s="246" t="s">
+      <c r="C11" s="334" t="s">
         <v>89</v>
       </c>
-      <c r="D11" s="201"/>
+      <c r="D11" s="289"/>
       <c r="F11" s="136"/>
       <c r="G11" s="136"/>
       <c r="H11" s="136"/>
       <c r="M11" s="139"/>
       <c r="N11" s="139"/>
       <c r="O11" s="139"/>
     </row>
     <row r="12" spans="1:15" s="138" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="136"/>
       <c r="C12" s="136"/>
       <c r="F12" s="136"/>
       <c r="G12" s="136"/>
       <c r="H12" s="136"/>
       <c r="M12" s="139"/>
       <c r="N12" s="139"/>
       <c r="O12" s="139"/>
     </row>
     <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="138"/>
       <c r="B13" s="140" t="s">
         <v>111</v>
       </c>
       <c r="C13" s="140"/>
       <c r="D13" s="138"/>
       <c r="E13" s="138"/>
       <c r="F13" s="130"/>
       <c r="G13" s="132"/>
       <c r="H13" s="132"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" s="138"/>
       <c r="B14" s="140"/>
       <c r="C14" s="140"/>
       <c r="D14" s="138"/>
       <c r="E14" s="138"/>
       <c r="F14" s="130"/>
       <c r="G14" s="132"/>
       <c r="H14" s="132"/>
     </row>
     <row r="15" spans="1:15" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="138"/>
-      <c r="B15" s="244" t="s">
+      <c r="B15" s="332" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="244"/>
-[...2 lines deleted...]
-      <c r="F15" s="245"/>
+      <c r="C15" s="332"/>
+      <c r="D15" s="333"/>
+      <c r="E15" s="333"/>
+      <c r="F15" s="333"/>
       <c r="G15" s="132"/>
       <c r="H15" s="132"/>
     </row>
     <row r="16" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="138"/>
       <c r="B16" s="134"/>
       <c r="C16" s="134"/>
       <c r="D16" s="135"/>
       <c r="E16" s="135"/>
       <c r="F16" s="135"/>
       <c r="G16" s="132"/>
       <c r="H16" s="132"/>
     </row>
     <row r="17" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="138"/>
-      <c r="B17" s="243" t="s">
+      <c r="B17" s="331" t="s">
         <v>99</v>
       </c>
-      <c r="C17" s="243"/>
-[...2 lines deleted...]
-      <c r="F17" s="243"/>
+      <c r="C17" s="331"/>
+      <c r="D17" s="331"/>
+      <c r="E17" s="331"/>
+      <c r="F17" s="331"/>
       <c r="G17" s="132"/>
       <c r="H17" s="132"/>
     </row>
     <row r="18" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="138"/>
       <c r="B18" s="141"/>
       <c r="C18" s="141"/>
       <c r="D18" s="141"/>
       <c r="E18" s="141"/>
       <c r="F18" s="141"/>
       <c r="G18" s="132"/>
       <c r="H18" s="132"/>
     </row>
     <row r="19" spans="1:9" ht="70.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="138"/>
-      <c r="B19" s="243" t="s">
+      <c r="B19" s="331" t="s">
         <v>98</v>
       </c>
-      <c r="C19" s="243"/>
-[...2 lines deleted...]
-      <c r="F19" s="243"/>
+      <c r="C19" s="331"/>
+      <c r="D19" s="331"/>
+      <c r="E19" s="331"/>
+      <c r="F19" s="331"/>
       <c r="G19" s="132"/>
       <c r="H19" s="132"/>
     </row>
     <row r="20" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="138"/>
       <c r="B20" s="141"/>
       <c r="C20" s="141"/>
       <c r="D20" s="141"/>
       <c r="E20" s="141"/>
       <c r="F20" s="141"/>
       <c r="G20" s="132"/>
       <c r="H20" s="132"/>
     </row>
     <row r="21" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="138"/>
-      <c r="B21" s="243" t="s">
+      <c r="B21" s="331" t="s">
         <v>82</v>
       </c>
-      <c r="C21" s="243"/>
-[...2 lines deleted...]
-      <c r="F21" s="243"/>
+      <c r="C21" s="331"/>
+      <c r="D21" s="331"/>
+      <c r="E21" s="331"/>
+      <c r="F21" s="331"/>
       <c r="G21" s="132"/>
       <c r="H21" s="132"/>
     </row>
     <row r="22" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="138"/>
       <c r="B22" s="165"/>
       <c r="C22" s="165"/>
       <c r="D22" s="165"/>
       <c r="E22" s="165"/>
       <c r="F22" s="165"/>
       <c r="G22" s="132"/>
       <c r="H22" s="132"/>
     </row>
     <row r="23" spans="1:9" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="138"/>
-      <c r="B23" s="243" t="s">
+      <c r="B23" s="331" t="s">
         <v>116</v>
       </c>
-      <c r="C23" s="243"/>
-[...2 lines deleted...]
-      <c r="F23" s="243"/>
+      <c r="C23" s="331"/>
+      <c r="D23" s="331"/>
+      <c r="E23" s="331"/>
+      <c r="F23" s="331"/>
       <c r="G23" s="132"/>
       <c r="H23" s="132"/>
     </row>
     <row r="24" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="138"/>
       <c r="B24" s="141"/>
       <c r="C24" s="141"/>
       <c r="D24" s="141"/>
       <c r="E24" s="141"/>
       <c r="F24" s="141"/>
       <c r="G24" s="132"/>
       <c r="H24" s="132"/>
     </row>
     <row r="25" spans="1:9" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="138"/>
-      <c r="B25" s="242" t="s">
+      <c r="B25" s="330" t="s">
         <v>112</v>
       </c>
-      <c r="C25" s="242"/>
-[...2 lines deleted...]
-      <c r="F25" s="243"/>
+      <c r="C25" s="330"/>
+      <c r="D25" s="331"/>
+      <c r="E25" s="331"/>
+      <c r="F25" s="331"/>
       <c r="G25" s="132"/>
       <c r="H25" s="132"/>
     </row>
     <row r="26" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="138"/>
       <c r="B26" s="142"/>
       <c r="C26" s="142"/>
       <c r="D26" s="141"/>
       <c r="E26" s="141"/>
       <c r="F26" s="141"/>
       <c r="G26" s="132"/>
       <c r="H26" s="132"/>
     </row>
     <row r="27" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="138"/>
-      <c r="B27" s="242" t="s">
+      <c r="B27" s="330" t="s">
         <v>117</v>
       </c>
-      <c r="C27" s="242"/>
-[...2 lines deleted...]
-      <c r="F27" s="243"/>
+      <c r="C27" s="330"/>
+      <c r="D27" s="331"/>
+      <c r="E27" s="331"/>
+      <c r="F27" s="331"/>
       <c r="G27" s="132"/>
       <c r="H27" s="132"/>
     </row>
     <row r="28" spans="1:9" s="138" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B28" s="133"/>
       <c r="C28" s="133"/>
       <c r="F28" s="136"/>
       <c r="G28" s="136"/>
       <c r="H28" s="136"/>
     </row>
     <row r="29" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="138"/>
-      <c r="B29" s="242" t="s">
+      <c r="B29" s="330" t="s">
         <v>83</v>
       </c>
-      <c r="C29" s="242"/>
-[...4 lines deleted...]
-      <c r="H29" s="242"/>
+      <c r="C29" s="330"/>
+      <c r="D29" s="330"/>
+      <c r="E29" s="330"/>
+      <c r="F29" s="330"/>
+      <c r="G29" s="330"/>
+      <c r="H29" s="330"/>
     </row>
     <row r="30" spans="1:9" s="138" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="130"/>
       <c r="B30" s="143"/>
       <c r="C30" s="143"/>
       <c r="D30" s="143"/>
       <c r="E30" s="143"/>
       <c r="F30" s="143"/>
       <c r="G30" s="143"/>
       <c r="H30" s="143"/>
       <c r="I30" s="144"/>
     </row>
     <row r="31" spans="1:9" s="138" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="130"/>
       <c r="B31" s="133" t="s">
         <v>113</v>
       </c>
       <c r="C31" s="133"/>
       <c r="D31" s="143"/>
       <c r="E31" s="143"/>
       <c r="F31" s="143"/>
       <c r="G31" s="143"/>
       <c r="H31" s="143"/>
       <c r="I31" s="144"/>
     </row>
@@ -7665,66 +9475,66 @@
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="F51" s="129"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B52" s="147"/>
       <c r="C52" s="147"/>
       <c r="F52" s="129"/>
     </row>
     <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B53" s="147"/>
       <c r="C53" s="147"/>
       <c r="F53" s="129"/>
     </row>
     <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B54" s="147"/>
       <c r="C54" s="147"/>
       <c r="F54" s="129"/>
     </row>
     <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B55" s="147"/>
       <c r="C55" s="147"/>
       <c r="F55" s="129"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="0AvxU6coc+F25YOTt00+fl50i/AIkiSemdRgwjyDlaPcNO1/oxzZ09sI98XZMaArJ97dfzIOP/lTZNGlxhvk2g==" saltValue="zsAiYu7CrdiH7VfNXMes2Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="8ioc+ShV3k/qNGx4WCdmPhu/Di9OIYDbFUMxpAC2k4XtNM6Uim0kSOqtSIYuOZR+Uio3+KxBjlMr34c4rv+uLw==" saltValue="Hm8QPujTqD82vBwxHg/aYQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
     <mergeCell ref="B4:F4"/>
-    <mergeCell ref="B6:F6"/>
     <mergeCell ref="B29:H29"/>
     <mergeCell ref="B21:F21"/>
     <mergeCell ref="B15:F15"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="B25:F25"/>
     <mergeCell ref="B27:F27"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="B23:F23"/>
+    <mergeCell ref="D6:F6"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B6" r:id="rId1" display="http://www.vs.ch/fr/web/scc/formulaires-pm-2017" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink ref="D6:F6" r:id="rId1" display="https://www.vs.ch/de/web/scc/formulare-jp" xr:uid="{6D272E73-7282-4C75-A7AD-B342FD7177BA}"/>
   </hyperlinks>
   <pageMargins left="0.59055118110236227" right="0.27559055118110237" top="0.59055118110236227" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId2"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId3"/>
   </customProperties>
   <drawing r:id="rId4"/>
   <legacyDrawing r:id="rId5"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2049" r:id="rId6" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>3924300</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>114300</xdr:colOff>
@@ -7743,50 +9553,1473 @@
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>638175</xdr:colOff>
                     <xdr:row>8</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>161925</xdr:colOff>
                     <xdr:row>9</xdr:row>
                     <xdr:rowOff>190500</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8E0388F-7620-4F2C-8F74-BA3B363A68FC}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:J64"/>
+  <sheetViews>
+    <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="22" style="1" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" style="195" customWidth="1"/>
+    <col min="3" max="3" width="15.7109375" style="1" customWidth="1"/>
+    <col min="4" max="8" width="13" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A1" s="280" t="s">
+        <v>193</v>
+      </c>
+      <c r="B1" s="281"/>
+      <c r="C1" s="280"/>
+      <c r="D1" s="279"/>
+      <c r="E1" s="279"/>
+      <c r="F1" s="279"/>
+      <c r="G1" s="279"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A2" s="277"/>
+      <c r="B2" s="278"/>
+      <c r="C2" s="277"/>
+      <c r="D2" s="277"/>
+      <c r="E2" s="277"/>
+      <c r="F2" s="277"/>
+      <c r="G2" s="277"/>
+    </row>
+    <row r="3" spans="1:8" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="337" t="s">
+        <v>192</v>
+      </c>
+      <c r="B3" s="337"/>
+      <c r="C3" s="337"/>
+      <c r="D3" s="337"/>
+      <c r="E3" s="337"/>
+      <c r="F3" s="337"/>
+      <c r="G3" s="337"/>
+    </row>
+    <row r="4" spans="1:8" ht="3" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="229"/>
+      <c r="B4" s="228"/>
+      <c r="C4" s="229"/>
+      <c r="D4" s="200"/>
+      <c r="E4" s="257"/>
+      <c r="F4" s="257"/>
+      <c r="G4" s="257"/>
+    </row>
+    <row r="5" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="265" t="s">
+        <v>191</v>
+      </c>
+      <c r="B5" s="270"/>
+      <c r="C5" s="265"/>
+      <c r="D5" s="274"/>
+      <c r="E5" s="274"/>
+      <c r="F5" s="274"/>
+      <c r="G5" s="274"/>
+      <c r="H5" s="273"/>
+    </row>
+    <row r="6" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="265" t="s">
+        <v>190</v>
+      </c>
+      <c r="B6" s="270"/>
+      <c r="C6" s="265"/>
+      <c r="D6" s="276"/>
+      <c r="E6" s="276"/>
+      <c r="F6" s="276"/>
+      <c r="G6" s="276"/>
+      <c r="H6" s="275"/>
+    </row>
+    <row r="7" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="265" t="s">
+        <v>189</v>
+      </c>
+      <c r="B7" s="270"/>
+      <c r="C7" s="265"/>
+      <c r="D7" s="274"/>
+      <c r="E7" s="274"/>
+      <c r="F7" s="274"/>
+      <c r="G7" s="274"/>
+      <c r="H7" s="273"/>
+    </row>
+    <row r="8" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="338" t="s">
+        <v>188</v>
+      </c>
+      <c r="B8" s="338"/>
+      <c r="C8" s="339"/>
+      <c r="D8" s="272"/>
+      <c r="E8" s="272"/>
+      <c r="F8" s="272"/>
+      <c r="G8" s="272"/>
+      <c r="H8" s="271"/>
+    </row>
+    <row r="9" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="338" t="s">
+        <v>187</v>
+      </c>
+      <c r="B9" s="338"/>
+      <c r="C9" s="339"/>
+      <c r="D9" s="269"/>
+      <c r="E9" s="269"/>
+      <c r="F9" s="269"/>
+      <c r="G9" s="269"/>
+      <c r="H9" s="268"/>
+    </row>
+    <row r="10" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="338" t="s">
+        <v>186</v>
+      </c>
+      <c r="B10" s="338"/>
+      <c r="C10" s="339"/>
+      <c r="D10" s="269"/>
+      <c r="E10" s="269"/>
+      <c r="F10" s="269"/>
+      <c r="G10" s="269"/>
+      <c r="H10" s="268"/>
+    </row>
+    <row r="11" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="265" t="s">
+        <v>185</v>
+      </c>
+      <c r="B11" s="270"/>
+      <c r="C11" s="265"/>
+      <c r="D11" s="269"/>
+      <c r="E11" s="269"/>
+      <c r="F11" s="269"/>
+      <c r="G11" s="269"/>
+      <c r="H11" s="268"/>
+    </row>
+    <row r="12" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="338" t="s">
+        <v>184</v>
+      </c>
+      <c r="B12" s="338"/>
+      <c r="C12" s="339"/>
+      <c r="D12" s="267"/>
+      <c r="E12" s="267"/>
+      <c r="F12" s="267"/>
+      <c r="G12" s="267"/>
+      <c r="H12" s="266"/>
+    </row>
+    <row r="13" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="338" t="s">
+        <v>183</v>
+      </c>
+      <c r="B13" s="338"/>
+      <c r="C13" s="339"/>
+      <c r="D13" s="264"/>
+      <c r="E13" s="264"/>
+      <c r="F13" s="264"/>
+      <c r="G13" s="264"/>
+      <c r="H13" s="263"/>
+    </row>
+    <row r="14" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="200"/>
+      <c r="B14" s="201"/>
+      <c r="C14" s="200"/>
+      <c r="D14" s="262"/>
+      <c r="E14" s="262"/>
+      <c r="F14" s="262"/>
+      <c r="G14" s="262"/>
+      <c r="H14" s="261"/>
+    </row>
+    <row r="15" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="246" t="s">
+        <v>182</v>
+      </c>
+      <c r="B15" s="245"/>
+      <c r="C15" s="260" t="s">
+        <v>181</v>
+      </c>
+      <c r="D15" s="259"/>
+      <c r="E15" s="259"/>
+      <c r="F15" s="259"/>
+      <c r="G15" s="259"/>
+      <c r="H15" s="258"/>
+    </row>
+    <row r="16" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="200" t="s">
+        <v>180</v>
+      </c>
+      <c r="B16" s="201"/>
+      <c r="C16" s="253" t="str">
+        <f t="shared" ref="C16:C26" si="0">IF(SUM(D16:H16)&gt;0,SUM(D16:H16),"")</f>
+        <v/>
+      </c>
+      <c r="D16" s="252"/>
+      <c r="E16" s="252"/>
+      <c r="F16" s="252"/>
+      <c r="G16" s="252"/>
+      <c r="H16" s="252"/>
+    </row>
+    <row r="17" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="200" t="s">
+        <v>95</v>
+      </c>
+      <c r="B17" s="201"/>
+      <c r="C17" s="253" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D17" s="252"/>
+      <c r="E17" s="252"/>
+      <c r="F17" s="252"/>
+      <c r="G17" s="252"/>
+      <c r="H17" s="252"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="257" t="s">
+        <v>179</v>
+      </c>
+      <c r="B18" s="256"/>
+      <c r="C18" s="253" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D18" s="252"/>
+      <c r="E18" s="252"/>
+      <c r="F18" s="252"/>
+      <c r="G18" s="252"/>
+      <c r="H18" s="252"/>
+    </row>
+    <row r="19" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="336" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" s="336"/>
+      <c r="C19" s="251" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D19" s="250"/>
+      <c r="E19" s="250"/>
+      <c r="F19" s="250"/>
+      <c r="G19" s="250"/>
+      <c r="H19" s="250"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="229" t="s">
+        <v>178</v>
+      </c>
+      <c r="B20" s="228"/>
+      <c r="C20" s="249" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D20" s="207" t="str">
+        <f>IF(SUM(D16:D19)=0,"",SUM(D16:D19))</f>
+        <v/>
+      </c>
+      <c r="E20" s="207" t="str">
+        <f>IF(SUM(E16:E19)=0,"",SUM(E16:E19))</f>
+        <v/>
+      </c>
+      <c r="F20" s="207" t="str">
+        <f>IF(SUM(F16:F19)=0,"",SUM(F16:F19))</f>
+        <v/>
+      </c>
+      <c r="G20" s="207" t="str">
+        <f>IF(SUM(G16:G19)=0,"",SUM(G16:G19))</f>
+        <v/>
+      </c>
+      <c r="H20" s="206" t="str">
+        <f>IF(SUM(H16:H19)=0,"",SUM(H16:H19))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="200" t="s">
+        <v>177</v>
+      </c>
+      <c r="B21" s="201"/>
+      <c r="C21" s="255" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D21" s="254"/>
+      <c r="E21" s="254"/>
+      <c r="F21" s="254"/>
+      <c r="G21" s="254"/>
+      <c r="H21" s="254"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="200" t="s">
+        <v>176</v>
+      </c>
+      <c r="B22" s="201"/>
+      <c r="C22" s="253" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D22" s="252"/>
+      <c r="E22" s="252"/>
+      <c r="F22" s="252"/>
+      <c r="G22" s="252"/>
+      <c r="H22" s="252"/>
+    </row>
+    <row r="23" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="200" t="s">
+        <v>175</v>
+      </c>
+      <c r="B23" s="201"/>
+      <c r="C23" s="253" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D23" s="252"/>
+      <c r="E23" s="252"/>
+      <c r="F23" s="252"/>
+      <c r="G23" s="252"/>
+      <c r="H23" s="252"/>
+    </row>
+    <row r="24" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="336" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" s="336"/>
+      <c r="C24" s="251" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D24" s="250"/>
+      <c r="E24" s="250"/>
+      <c r="F24" s="250"/>
+      <c r="G24" s="250"/>
+      <c r="H24" s="250"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="229" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" s="228"/>
+      <c r="C25" s="249" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D25" s="207" t="str">
+        <f>IF(SUM(D21:D24)&gt;0,SUM(D21:D24),"")</f>
+        <v/>
+      </c>
+      <c r="E25" s="207" t="str">
+        <f>IF(SUM(E21:E24)&gt;0,SUM(E21:E24),"")</f>
+        <v/>
+      </c>
+      <c r="F25" s="207" t="str">
+        <f>IF(SUM(F21:F24)&gt;0,SUM(F21:F24),"")</f>
+        <v/>
+      </c>
+      <c r="G25" s="207" t="str">
+        <f>IF(SUM(G21:G24)&gt;0,SUM(G21:G24),"")</f>
+        <v/>
+      </c>
+      <c r="H25" s="206" t="str">
+        <f>IF(SUM(H21:H24)&gt;0,SUM(H21:H24),"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="229" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" s="228"/>
+      <c r="C26" s="208" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+      <c r="D26" s="207" t="str">
+        <f>IF(SUM(D16+D17+D18+D19+D21+D22+D23+D24)&gt;0,SUM(D16+D17+D18+D19+D21+D22+D23+D24),"")</f>
+        <v/>
+      </c>
+      <c r="E26" s="207" t="str">
+        <f>IF(SUM(E16+E17+E18+E19+E21+E22+E23+E24)&gt;0,SUM(E16+E17+E18+E19+E21+E22+E23+E24),"")</f>
+        <v/>
+      </c>
+      <c r="F26" s="207" t="str">
+        <f>IF(SUM(F16+F17+F18+F19+F21+F22+F23+F24)&gt;0,SUM(F16+F17+F18+F19+F21+F22+F23+F24),"")</f>
+        <v/>
+      </c>
+      <c r="G26" s="207" t="str">
+        <f>IF(SUM(G16+G17+G18+G19+G21+G22+G23+G24)&gt;0,SUM(G16+G17+G18+G19+G21+G22+G23+G24),"")</f>
+        <v/>
+      </c>
+      <c r="H26" s="206" t="str">
+        <f>IF(SUM(H16+H17+H18+H19+H21+H22+H23+H24)&gt;0,SUM(H16+H17+H18+H19+H21+H22+H23+H24),"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="229" t="s">
+        <v>172</v>
+      </c>
+      <c r="B27" s="228"/>
+      <c r="C27" s="248"/>
+      <c r="D27" s="207" t="str">
+        <f>IF(D26="","",$C$27*D28)</f>
+        <v/>
+      </c>
+      <c r="E27" s="207" t="str">
+        <f>IF(E26="","",$C$27*E28)</f>
+        <v/>
+      </c>
+      <c r="F27" s="207" t="str">
+        <f>IF(F26="","",$C$27*F28)</f>
+        <v/>
+      </c>
+      <c r="G27" s="207" t="str">
+        <f>IF(G26="","",$C$27*G28)</f>
+        <v/>
+      </c>
+      <c r="H27" s="206" t="str">
+        <f>IF(H26="","",$C$27*H28)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="205" t="s">
+        <v>146</v>
+      </c>
+      <c r="B28" s="201"/>
+      <c r="C28" s="237">
+        <f>SUM(D28:H28)</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="236" t="str">
+        <f>IF(D26="","",D26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="E28" s="236" t="str">
+        <f>IF(E26="","",E26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="F28" s="236" t="str">
+        <f>IF(F26="","",F26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="G28" s="236" t="str">
+        <f>IF(G26="","",G26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="H28" s="235" t="str">
+        <f>IF(H26="","",H26/$C$26)</f>
+        <v/>
+      </c>
+      <c r="J28" s="247"/>
+    </row>
+    <row r="29" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="200"/>
+      <c r="B29" s="201"/>
+      <c r="C29" s="226"/>
+      <c r="D29" s="234"/>
+      <c r="E29" s="234"/>
+      <c r="F29" s="234"/>
+      <c r="G29" s="234"/>
+      <c r="H29" s="234"/>
+    </row>
+    <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="246" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="245"/>
+      <c r="C30" s="244" t="s">
+        <v>170</v>
+      </c>
+      <c r="D30" s="225"/>
+      <c r="E30" s="225"/>
+      <c r="F30" s="226"/>
+      <c r="G30" s="243"/>
+      <c r="H30" s="243"/>
+    </row>
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="229" t="s">
+        <v>169</v>
+      </c>
+      <c r="B31" s="228"/>
+      <c r="C31" s="242" t="str">
+        <f>IF(SUM(D31:H31)&gt;0,SUM(D31:H31),"")</f>
+        <v/>
+      </c>
+      <c r="D31" s="209"/>
+      <c r="E31" s="209"/>
+      <c r="F31" s="209"/>
+      <c r="G31" s="209"/>
+      <c r="H31" s="209"/>
+    </row>
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A32" s="205" t="s">
+        <v>146</v>
+      </c>
+      <c r="B32" s="201"/>
+      <c r="C32" s="237" t="str">
+        <f t="shared" ref="C32:H32" si="1">IF(C31="","",C31/$C$31)</f>
+        <v/>
+      </c>
+      <c r="D32" s="236" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="E32" s="236" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="F32" s="236" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="G32" s="236" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+      <c r="H32" s="235" t="str">
+        <f t="shared" si="1"/>
+        <v/>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A33" s="200"/>
+      <c r="B33" s="201"/>
+      <c r="C33" s="226"/>
+      <c r="D33" s="234"/>
+      <c r="E33" s="234"/>
+      <c r="F33" s="225"/>
+      <c r="G33" s="234"/>
+      <c r="H33" s="234"/>
+    </row>
+    <row r="34" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="229" t="s">
+        <v>168</v>
+      </c>
+      <c r="B34" s="228"/>
+      <c r="C34" s="227"/>
+      <c r="D34" s="226"/>
+      <c r="E34" s="226"/>
+      <c r="F34" s="226"/>
+      <c r="G34" s="226"/>
+      <c r="H34" s="226"/>
+    </row>
+    <row r="35" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="200" t="s">
+        <v>67</v>
+      </c>
+      <c r="B35" s="201"/>
+      <c r="C35" s="232" t="str">
+        <f>IF(SUM(D35:H35)&gt;0,SUM(D35:H35),"")</f>
+        <v/>
+      </c>
+      <c r="D35" s="211"/>
+      <c r="E35" s="211"/>
+      <c r="F35" s="211"/>
+      <c r="G35" s="211"/>
+      <c r="H35" s="211"/>
+    </row>
+    <row r="36" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="200" t="s">
+        <v>167</v>
+      </c>
+      <c r="B36" s="201"/>
+      <c r="C36" s="232" t="str">
+        <f>IF(SUM(D36:H36)&gt;0,SUM(D36:H36),"")</f>
+        <v/>
+      </c>
+      <c r="D36" s="211"/>
+      <c r="E36" s="211"/>
+      <c r="F36" s="211"/>
+      <c r="G36" s="211"/>
+      <c r="H36" s="211"/>
+    </row>
+    <row r="37" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="200" t="s">
+        <v>166</v>
+      </c>
+      <c r="B37" s="201"/>
+      <c r="C37" s="231" t="str">
+        <f>IF(SUM(D37:H37)&gt;0,SUM(D37:H37),"")</f>
+        <v/>
+      </c>
+      <c r="D37" s="209"/>
+      <c r="E37" s="209"/>
+      <c r="F37" s="209"/>
+      <c r="G37" s="209"/>
+      <c r="H37" s="209"/>
+    </row>
+    <row r="38" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="229" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" s="228"/>
+      <c r="C38" s="208" t="str">
+        <f>IF(SUM(D38:H38)&gt;0,SUM(D38:H38),"")</f>
+        <v/>
+      </c>
+      <c r="D38" s="207" t="str">
+        <f>IF(SUM(D35:D37)=0,"",SUM(D35:D37))</f>
+        <v/>
+      </c>
+      <c r="E38" s="207" t="str">
+        <f>IF(SUM(E35:E37)=0,"",SUM(E35:E37))</f>
+        <v/>
+      </c>
+      <c r="F38" s="207" t="str">
+        <f>IF(SUM(F35:F37)=0,"",SUM(F35:F37))</f>
+        <v/>
+      </c>
+      <c r="G38" s="207" t="str">
+        <f>IF(SUM(G35:G37)=0,"",SUM(G35:G37))</f>
+        <v/>
+      </c>
+      <c r="H38" s="206" t="str">
+        <f>IF(SUM(H35:H37)=0,"",SUM(H35:H37))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="205" t="s">
+        <v>146</v>
+      </c>
+      <c r="B39" s="201"/>
+      <c r="C39" s="237" t="str">
+        <f t="shared" ref="C39:H39" si="2">IF(C38="","",C38/$C$38)</f>
+        <v/>
+      </c>
+      <c r="D39" s="236" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="E39" s="236" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="F39" s="236" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="G39" s="236" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+      <c r="H39" s="235" t="str">
+        <f t="shared" si="2"/>
+        <v/>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A40" s="205"/>
+      <c r="B40" s="201"/>
+      <c r="C40" s="241"/>
+      <c r="D40" s="238"/>
+      <c r="E40" s="238"/>
+      <c r="F40" s="238"/>
+      <c r="G40" s="238"/>
+      <c r="H40" s="238"/>
+    </row>
+    <row r="41" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="229" t="s">
+        <v>164</v>
+      </c>
+      <c r="B41" s="228"/>
+      <c r="C41" s="240"/>
+      <c r="D41" s="239"/>
+      <c r="E41" s="238"/>
+      <c r="F41" s="238"/>
+      <c r="G41" s="238"/>
+      <c r="H41" s="238"/>
+    </row>
+    <row r="42" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="200" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="201"/>
+      <c r="C42" s="231" t="str">
+        <f>IF(SUM(D42:H42)&gt;0,SUM(D42:H42),"")</f>
+        <v/>
+      </c>
+      <c r="D42" s="209"/>
+      <c r="E42" s="209"/>
+      <c r="F42" s="209"/>
+      <c r="G42" s="209"/>
+      <c r="H42" s="209"/>
+    </row>
+    <row r="43" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="205" t="s">
+        <v>146</v>
+      </c>
+      <c r="B43" s="201"/>
+      <c r="C43" s="237" t="str">
+        <f t="shared" ref="C43:H43" si="3">IF(C42="","",C42/$C$42)</f>
+        <v/>
+      </c>
+      <c r="D43" s="236" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="E43" s="236" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="F43" s="236" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="G43" s="236" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+      <c r="H43" s="235" t="str">
+        <f t="shared" si="3"/>
+        <v/>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="200"/>
+      <c r="B44" s="201"/>
+      <c r="C44" s="226"/>
+      <c r="D44" s="234"/>
+      <c r="E44" s="234"/>
+      <c r="F44" s="234"/>
+      <c r="G44" s="234"/>
+      <c r="H44" s="234"/>
+    </row>
+    <row r="45" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="229" t="s">
+        <v>162</v>
+      </c>
+      <c r="B45" s="228"/>
+      <c r="C45" s="227"/>
+      <c r="D45" s="226"/>
+      <c r="E45" s="226"/>
+      <c r="F45" s="226"/>
+      <c r="G45" s="226"/>
+      <c r="H45" s="226"/>
+    </row>
+    <row r="46" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="200" t="s">
+        <v>161</v>
+      </c>
+      <c r="B46" s="201"/>
+      <c r="C46" s="232" t="str">
+        <f t="shared" ref="C46:C51" si="4">IF(SUM(D46:H46)&gt;0,SUM(D46:H46),"")</f>
+        <v/>
+      </c>
+      <c r="D46" s="211"/>
+      <c r="E46" s="211"/>
+      <c r="F46" s="211"/>
+      <c r="G46" s="211"/>
+      <c r="H46" s="211"/>
+    </row>
+    <row r="47" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="223" t="s">
+        <v>160</v>
+      </c>
+      <c r="B47" s="233"/>
+      <c r="C47" s="232" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D47" s="211"/>
+      <c r="E47" s="211"/>
+      <c r="F47" s="211"/>
+      <c r="G47" s="211"/>
+      <c r="H47" s="211"/>
+    </row>
+    <row r="48" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="214" t="s">
+        <v>159</v>
+      </c>
+      <c r="B48" s="213"/>
+      <c r="C48" s="232" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D48" s="211"/>
+      <c r="E48" s="211"/>
+      <c r="F48" s="211"/>
+      <c r="G48" s="211"/>
+      <c r="H48" s="211"/>
+    </row>
+    <row r="49" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="214" t="s">
+        <v>158</v>
+      </c>
+      <c r="B49" s="213"/>
+      <c r="C49" s="231" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D49" s="209"/>
+      <c r="E49" s="209"/>
+      <c r="F49" s="209"/>
+      <c r="G49" s="209"/>
+      <c r="H49" s="209"/>
+    </row>
+    <row r="50" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="336" t="s">
+        <v>157</v>
+      </c>
+      <c r="B50" s="336"/>
+      <c r="C50" s="231" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D50" s="209"/>
+      <c r="E50" s="209"/>
+      <c r="F50" s="209"/>
+      <c r="G50" s="209"/>
+      <c r="H50" s="209"/>
+    </row>
+    <row r="51" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A51" s="229" t="s">
+        <v>156</v>
+      </c>
+      <c r="B51" s="228"/>
+      <c r="C51" s="230" t="str">
+        <f t="shared" si="4"/>
+        <v/>
+      </c>
+      <c r="D51" s="207" t="str">
+        <f>IF(SUM(D46:D50)=0,"",SUM(D46:D50))</f>
+        <v/>
+      </c>
+      <c r="E51" s="207" t="str">
+        <f>IF(SUM(E46:E50)=0,"",SUM(E46:E50))</f>
+        <v/>
+      </c>
+      <c r="F51" s="207" t="str">
+        <f>IF(SUM(F46:F50)=0,"",SUM(F46:F50))</f>
+        <v/>
+      </c>
+      <c r="G51" s="207" t="str">
+        <f>IF(SUM(G46:G50)=0,"",SUM(G46:G50))</f>
+        <v/>
+      </c>
+      <c r="H51" s="206" t="str">
+        <f>IF(SUM(H46:H50)=0,"",SUM(H46:H50))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A52" s="229"/>
+      <c r="B52" s="228"/>
+      <c r="C52" s="227"/>
+      <c r="D52" s="226"/>
+      <c r="E52" s="226"/>
+      <c r="F52" s="226"/>
+      <c r="G52" s="226"/>
+      <c r="H52" s="225"/>
+    </row>
+    <row r="53" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="229" t="s">
+        <v>155</v>
+      </c>
+      <c r="B53" s="228"/>
+      <c r="C53" s="227"/>
+      <c r="D53" s="226"/>
+      <c r="E53" s="226"/>
+      <c r="F53" s="226"/>
+      <c r="G53" s="226"/>
+      <c r="H53" s="225"/>
+    </row>
+    <row r="54" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="200" t="s">
+        <v>154</v>
+      </c>
+      <c r="B54" s="201"/>
+      <c r="C54" s="224"/>
+      <c r="D54" s="216"/>
+      <c r="E54" s="216"/>
+      <c r="F54" s="216"/>
+      <c r="G54" s="216"/>
+      <c r="H54" s="215"/>
+    </row>
+    <row r="55" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="223" t="s">
+        <v>153</v>
+      </c>
+      <c r="B55" s="222"/>
+      <c r="C55" s="210" t="str">
+        <f>IF(C51="","",-C51)</f>
+        <v/>
+      </c>
+      <c r="D55" s="216"/>
+      <c r="E55" s="216"/>
+      <c r="F55" s="216"/>
+      <c r="G55" s="216"/>
+      <c r="H55" s="215"/>
+    </row>
+    <row r="56" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="221" t="s">
+        <v>152</v>
+      </c>
+      <c r="B56" s="220"/>
+      <c r="C56" s="219">
+        <f>IF(C55="",C54,SUM(C54+C55))</f>
+        <v>0</v>
+      </c>
+      <c r="D56" s="216"/>
+      <c r="E56" s="216"/>
+      <c r="F56" s="216"/>
+      <c r="G56" s="216"/>
+      <c r="H56" s="215"/>
+    </row>
+    <row r="57" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="214" t="s">
+        <v>151</v>
+      </c>
+      <c r="B57" s="218"/>
+      <c r="C57" s="217" t="str">
+        <f>IF(B57&gt;0,-C56*B57,"")</f>
+        <v/>
+      </c>
+      <c r="D57" s="216"/>
+      <c r="E57" s="216"/>
+      <c r="F57" s="216"/>
+      <c r="G57" s="216"/>
+      <c r="H57" s="215"/>
+    </row>
+    <row r="58" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="200" t="s">
+        <v>150</v>
+      </c>
+      <c r="B58" s="201"/>
+      <c r="C58" s="212">
+        <f>SUM(D58:H58)</f>
+        <v>0</v>
+      </c>
+      <c r="D58" s="211"/>
+      <c r="E58" s="211"/>
+      <c r="F58" s="211"/>
+      <c r="G58" s="211"/>
+      <c r="H58" s="211"/>
+    </row>
+    <row r="59" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="214" t="s">
+        <v>149</v>
+      </c>
+      <c r="B59" s="213"/>
+      <c r="C59" s="212">
+        <f>SUM(D59:H59)</f>
+        <v>0</v>
+      </c>
+      <c r="D59" s="211"/>
+      <c r="E59" s="211"/>
+      <c r="F59" s="211"/>
+      <c r="G59" s="211"/>
+      <c r="H59" s="211"/>
+    </row>
+    <row r="60" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="200" t="s">
+        <v>148</v>
+      </c>
+      <c r="B60" s="201"/>
+      <c r="C60" s="210">
+        <f>SUM(D60:H60)</f>
+        <v>0</v>
+      </c>
+      <c r="D60" s="209"/>
+      <c r="E60" s="209"/>
+      <c r="F60" s="209"/>
+      <c r="G60" s="209"/>
+      <c r="H60" s="209"/>
+    </row>
+    <row r="61" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="200" t="s">
+        <v>147</v>
+      </c>
+      <c r="B61" s="201"/>
+      <c r="C61" s="208">
+        <f>SUM(D61:H61)</f>
+        <v>0</v>
+      </c>
+      <c r="D61" s="207">
+        <f>SUM(D57:D60)</f>
+        <v>0</v>
+      </c>
+      <c r="E61" s="207">
+        <f>SUM(E57:E60)</f>
+        <v>0</v>
+      </c>
+      <c r="F61" s="207">
+        <f>SUM(F57:F60)</f>
+        <v>0</v>
+      </c>
+      <c r="G61" s="207">
+        <f>SUM(G57:G60)</f>
+        <v>0</v>
+      </c>
+      <c r="H61" s="206">
+        <f>SUM(H57:H60)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="205" t="s">
+        <v>146</v>
+      </c>
+      <c r="B62" s="201"/>
+      <c r="C62" s="204">
+        <f>SUM(D62:H62)</f>
+        <v>0</v>
+      </c>
+      <c r="D62" s="203" t="str">
+        <f>IF(D61&gt;0,D61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="E62" s="203" t="str">
+        <f>IF(E61&gt;0,E61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="F62" s="203" t="str">
+        <f>IF(F61&gt;0,F61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="G62" s="203" t="str">
+        <f>IF(G61&gt;0,G61/$C$61,"")</f>
+        <v/>
+      </c>
+      <c r="H62" s="202" t="str">
+        <f>IF(H61&gt;0,H61/$C$61,"")</f>
+        <v/>
+      </c>
+    </row>
+    <row r="63" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A63" s="200"/>
+      <c r="B63" s="201"/>
+      <c r="C63" s="200"/>
+      <c r="D63" s="199"/>
+      <c r="E63" s="199"/>
+      <c r="F63" s="199"/>
+      <c r="G63" s="199"/>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A64" s="197" t="s">
+        <v>143</v>
+      </c>
+      <c r="B64" s="198"/>
+      <c r="C64" s="197"/>
+      <c r="D64" s="58"/>
+      <c r="E64" s="58"/>
+      <c r="F64" s="58"/>
+      <c r="G64" s="58"/>
+      <c r="H64" s="196"/>
+    </row>
+  </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="eyyPjNaI40Vsk30U3PSPNYYK9t7j7UAPSPwnLGwQWTWaueFK3R3ypyRA116rxUo96yW6/lJVBd34QZuqiSfCgA==" saltValue="cR3o7nAFfovWmTDBI0NE6Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <mergeCells count="9">
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="A3:G3"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A8:C8"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A13:C13"/>
+  </mergeCells>
+  <dataValidations count="4">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contribuable" error="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" promptTitle="N° de contribuable" prompt="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" sqref="AU3:AV3 KQ3:KR3 UM3:UN3 AEI3:AEJ3 AOE3:AOF3 AYA3:AYB3 BHW3:BHX3 BRS3:BRT3 CBO3:CBP3 CLK3:CLL3 CVG3:CVH3 DFC3:DFD3 DOY3:DOZ3 DYU3:DYV3 EIQ3:EIR3 ESM3:ESN3 FCI3:FCJ3 FME3:FMF3 FWA3:FWB3 GFW3:GFX3 GPS3:GPT3 GZO3:GZP3 HJK3:HJL3 HTG3:HTH3 IDC3:IDD3 IMY3:IMZ3 IWU3:IWV3 JGQ3:JGR3 JQM3:JQN3 KAI3:KAJ3 KKE3:KKF3 KUA3:KUB3 LDW3:LDX3 LNS3:LNT3 LXO3:LXP3 MHK3:MHL3 MRG3:MRH3 NBC3:NBD3 NKY3:NKZ3 NUU3:NUV3 OEQ3:OER3 OOM3:OON3 OYI3:OYJ3 PIE3:PIF3 PSA3:PSB3 QBW3:QBX3 QLS3:QLT3 QVO3:QVP3 RFK3:RFL3 RPG3:RPH3 RZC3:RZD3 SIY3:SIZ3 SSU3:SSV3 TCQ3:TCR3 TMM3:TMN3 TWI3:TWJ3 UGE3:UGF3 UQA3:UQB3 UZW3:UZX3 VJS3:VJT3 VTO3:VTP3 WDK3:WDL3 WNG3:WNH3 WXC3:WXD3 AU65564:AV65564 KQ65564:KR65564 UM65564:UN65564 AEI65564:AEJ65564 AOE65564:AOF65564 AYA65564:AYB65564 BHW65564:BHX65564 BRS65564:BRT65564 CBO65564:CBP65564 CLK65564:CLL65564 CVG65564:CVH65564 DFC65564:DFD65564 DOY65564:DOZ65564 DYU65564:DYV65564 EIQ65564:EIR65564 ESM65564:ESN65564 FCI65564:FCJ65564 FME65564:FMF65564 FWA65564:FWB65564 GFW65564:GFX65564 GPS65564:GPT65564 GZO65564:GZP65564 HJK65564:HJL65564 HTG65564:HTH65564 IDC65564:IDD65564 IMY65564:IMZ65564 IWU65564:IWV65564 JGQ65564:JGR65564 JQM65564:JQN65564 KAI65564:KAJ65564 KKE65564:KKF65564 KUA65564:KUB65564 LDW65564:LDX65564 LNS65564:LNT65564 LXO65564:LXP65564 MHK65564:MHL65564 MRG65564:MRH65564 NBC65564:NBD65564 NKY65564:NKZ65564 NUU65564:NUV65564 OEQ65564:OER65564 OOM65564:OON65564 OYI65564:OYJ65564 PIE65564:PIF65564 PSA65564:PSB65564 QBW65564:QBX65564 QLS65564:QLT65564 QVO65564:QVP65564 RFK65564:RFL65564 RPG65564:RPH65564 RZC65564:RZD65564 SIY65564:SIZ65564 SSU65564:SSV65564 TCQ65564:TCR65564 TMM65564:TMN65564 TWI65564:TWJ65564 UGE65564:UGF65564 UQA65564:UQB65564 UZW65564:UZX65564 VJS65564:VJT65564 VTO65564:VTP65564 WDK65564:WDL65564 WNG65564:WNH65564 WXC65564:WXD65564 AU131100:AV131100 KQ131100:KR131100 UM131100:UN131100 AEI131100:AEJ131100 AOE131100:AOF131100 AYA131100:AYB131100 BHW131100:BHX131100 BRS131100:BRT131100 CBO131100:CBP131100 CLK131100:CLL131100 CVG131100:CVH131100 DFC131100:DFD131100 DOY131100:DOZ131100 DYU131100:DYV131100 EIQ131100:EIR131100 ESM131100:ESN131100 FCI131100:FCJ131100 FME131100:FMF131100 FWA131100:FWB131100 GFW131100:GFX131100 GPS131100:GPT131100 GZO131100:GZP131100 HJK131100:HJL131100 HTG131100:HTH131100 IDC131100:IDD131100 IMY131100:IMZ131100 IWU131100:IWV131100 JGQ131100:JGR131100 JQM131100:JQN131100 KAI131100:KAJ131100 KKE131100:KKF131100 KUA131100:KUB131100 LDW131100:LDX131100 LNS131100:LNT131100 LXO131100:LXP131100 MHK131100:MHL131100 MRG131100:MRH131100 NBC131100:NBD131100 NKY131100:NKZ131100 NUU131100:NUV131100 OEQ131100:OER131100 OOM131100:OON131100 OYI131100:OYJ131100 PIE131100:PIF131100 PSA131100:PSB131100 QBW131100:QBX131100 QLS131100:QLT131100 QVO131100:QVP131100 RFK131100:RFL131100 RPG131100:RPH131100 RZC131100:RZD131100 SIY131100:SIZ131100 SSU131100:SSV131100 TCQ131100:TCR131100 TMM131100:TMN131100 TWI131100:TWJ131100 UGE131100:UGF131100 UQA131100:UQB131100 UZW131100:UZX131100 VJS131100:VJT131100 VTO131100:VTP131100 WDK131100:WDL131100 WNG131100:WNH131100 WXC131100:WXD131100 AU196636:AV196636 KQ196636:KR196636 UM196636:UN196636 AEI196636:AEJ196636 AOE196636:AOF196636 AYA196636:AYB196636 BHW196636:BHX196636 BRS196636:BRT196636 CBO196636:CBP196636 CLK196636:CLL196636 CVG196636:CVH196636 DFC196636:DFD196636 DOY196636:DOZ196636 DYU196636:DYV196636 EIQ196636:EIR196636 ESM196636:ESN196636 FCI196636:FCJ196636 FME196636:FMF196636 FWA196636:FWB196636 GFW196636:GFX196636 GPS196636:GPT196636 GZO196636:GZP196636 HJK196636:HJL196636 HTG196636:HTH196636 IDC196636:IDD196636 IMY196636:IMZ196636 IWU196636:IWV196636 JGQ196636:JGR196636 JQM196636:JQN196636 KAI196636:KAJ196636 KKE196636:KKF196636 KUA196636:KUB196636 LDW196636:LDX196636 LNS196636:LNT196636 LXO196636:LXP196636 MHK196636:MHL196636 MRG196636:MRH196636 NBC196636:NBD196636 NKY196636:NKZ196636 NUU196636:NUV196636 OEQ196636:OER196636 OOM196636:OON196636 OYI196636:OYJ196636 PIE196636:PIF196636 PSA196636:PSB196636 QBW196636:QBX196636 QLS196636:QLT196636 QVO196636:QVP196636 RFK196636:RFL196636 RPG196636:RPH196636 RZC196636:RZD196636 SIY196636:SIZ196636 SSU196636:SSV196636 TCQ196636:TCR196636 TMM196636:TMN196636 TWI196636:TWJ196636 UGE196636:UGF196636 UQA196636:UQB196636 UZW196636:UZX196636 VJS196636:VJT196636 VTO196636:VTP196636 WDK196636:WDL196636 WNG196636:WNH196636 WXC196636:WXD196636 AU262172:AV262172 KQ262172:KR262172 UM262172:UN262172 AEI262172:AEJ262172 AOE262172:AOF262172 AYA262172:AYB262172 BHW262172:BHX262172 BRS262172:BRT262172 CBO262172:CBP262172 CLK262172:CLL262172 CVG262172:CVH262172 DFC262172:DFD262172 DOY262172:DOZ262172 DYU262172:DYV262172 EIQ262172:EIR262172 ESM262172:ESN262172 FCI262172:FCJ262172 FME262172:FMF262172 FWA262172:FWB262172 GFW262172:GFX262172 GPS262172:GPT262172 GZO262172:GZP262172 HJK262172:HJL262172 HTG262172:HTH262172 IDC262172:IDD262172 IMY262172:IMZ262172 IWU262172:IWV262172 JGQ262172:JGR262172 JQM262172:JQN262172 KAI262172:KAJ262172 KKE262172:KKF262172 KUA262172:KUB262172 LDW262172:LDX262172 LNS262172:LNT262172 LXO262172:LXP262172 MHK262172:MHL262172 MRG262172:MRH262172 NBC262172:NBD262172 NKY262172:NKZ262172 NUU262172:NUV262172 OEQ262172:OER262172 OOM262172:OON262172 OYI262172:OYJ262172 PIE262172:PIF262172 PSA262172:PSB262172 QBW262172:QBX262172 QLS262172:QLT262172 QVO262172:QVP262172 RFK262172:RFL262172 RPG262172:RPH262172 RZC262172:RZD262172 SIY262172:SIZ262172 SSU262172:SSV262172 TCQ262172:TCR262172 TMM262172:TMN262172 TWI262172:TWJ262172 UGE262172:UGF262172 UQA262172:UQB262172 UZW262172:UZX262172 VJS262172:VJT262172 VTO262172:VTP262172 WDK262172:WDL262172 WNG262172:WNH262172 WXC262172:WXD262172 AU327708:AV327708 KQ327708:KR327708 UM327708:UN327708 AEI327708:AEJ327708 AOE327708:AOF327708 AYA327708:AYB327708 BHW327708:BHX327708 BRS327708:BRT327708 CBO327708:CBP327708 CLK327708:CLL327708 CVG327708:CVH327708 DFC327708:DFD327708 DOY327708:DOZ327708 DYU327708:DYV327708 EIQ327708:EIR327708 ESM327708:ESN327708 FCI327708:FCJ327708 FME327708:FMF327708 FWA327708:FWB327708 GFW327708:GFX327708 GPS327708:GPT327708 GZO327708:GZP327708 HJK327708:HJL327708 HTG327708:HTH327708 IDC327708:IDD327708 IMY327708:IMZ327708 IWU327708:IWV327708 JGQ327708:JGR327708 JQM327708:JQN327708 KAI327708:KAJ327708 KKE327708:KKF327708 KUA327708:KUB327708 LDW327708:LDX327708 LNS327708:LNT327708 LXO327708:LXP327708 MHK327708:MHL327708 MRG327708:MRH327708 NBC327708:NBD327708 NKY327708:NKZ327708 NUU327708:NUV327708 OEQ327708:OER327708 OOM327708:OON327708 OYI327708:OYJ327708 PIE327708:PIF327708 PSA327708:PSB327708 QBW327708:QBX327708 QLS327708:QLT327708 QVO327708:QVP327708 RFK327708:RFL327708 RPG327708:RPH327708 RZC327708:RZD327708 SIY327708:SIZ327708 SSU327708:SSV327708 TCQ327708:TCR327708 TMM327708:TMN327708 TWI327708:TWJ327708 UGE327708:UGF327708 UQA327708:UQB327708 UZW327708:UZX327708 VJS327708:VJT327708 VTO327708:VTP327708 WDK327708:WDL327708 WNG327708:WNH327708 WXC327708:WXD327708 AU393244:AV393244 KQ393244:KR393244 UM393244:UN393244 AEI393244:AEJ393244 AOE393244:AOF393244 AYA393244:AYB393244 BHW393244:BHX393244 BRS393244:BRT393244 CBO393244:CBP393244 CLK393244:CLL393244 CVG393244:CVH393244 DFC393244:DFD393244 DOY393244:DOZ393244 DYU393244:DYV393244 EIQ393244:EIR393244 ESM393244:ESN393244 FCI393244:FCJ393244 FME393244:FMF393244 FWA393244:FWB393244 GFW393244:GFX393244 GPS393244:GPT393244 GZO393244:GZP393244 HJK393244:HJL393244 HTG393244:HTH393244 IDC393244:IDD393244 IMY393244:IMZ393244 IWU393244:IWV393244 JGQ393244:JGR393244 JQM393244:JQN393244 KAI393244:KAJ393244 KKE393244:KKF393244 KUA393244:KUB393244 LDW393244:LDX393244 LNS393244:LNT393244 LXO393244:LXP393244 MHK393244:MHL393244 MRG393244:MRH393244 NBC393244:NBD393244 NKY393244:NKZ393244 NUU393244:NUV393244 OEQ393244:OER393244 OOM393244:OON393244 OYI393244:OYJ393244 PIE393244:PIF393244 PSA393244:PSB393244 QBW393244:QBX393244 QLS393244:QLT393244 QVO393244:QVP393244 RFK393244:RFL393244 RPG393244:RPH393244 RZC393244:RZD393244 SIY393244:SIZ393244 SSU393244:SSV393244 TCQ393244:TCR393244 TMM393244:TMN393244 TWI393244:TWJ393244 UGE393244:UGF393244 UQA393244:UQB393244 UZW393244:UZX393244 VJS393244:VJT393244 VTO393244:VTP393244 WDK393244:WDL393244 WNG393244:WNH393244 WXC393244:WXD393244 AU458780:AV458780 KQ458780:KR458780 UM458780:UN458780 AEI458780:AEJ458780 AOE458780:AOF458780 AYA458780:AYB458780 BHW458780:BHX458780 BRS458780:BRT458780 CBO458780:CBP458780 CLK458780:CLL458780 CVG458780:CVH458780 DFC458780:DFD458780 DOY458780:DOZ458780 DYU458780:DYV458780 EIQ458780:EIR458780 ESM458780:ESN458780 FCI458780:FCJ458780 FME458780:FMF458780 FWA458780:FWB458780 GFW458780:GFX458780 GPS458780:GPT458780 GZO458780:GZP458780 HJK458780:HJL458780 HTG458780:HTH458780 IDC458780:IDD458780 IMY458780:IMZ458780 IWU458780:IWV458780 JGQ458780:JGR458780 JQM458780:JQN458780 KAI458780:KAJ458780 KKE458780:KKF458780 KUA458780:KUB458780 LDW458780:LDX458780 LNS458780:LNT458780 LXO458780:LXP458780 MHK458780:MHL458780 MRG458780:MRH458780 NBC458780:NBD458780 NKY458780:NKZ458780 NUU458780:NUV458780 OEQ458780:OER458780 OOM458780:OON458780 OYI458780:OYJ458780 PIE458780:PIF458780 PSA458780:PSB458780 QBW458780:QBX458780 QLS458780:QLT458780 QVO458780:QVP458780 RFK458780:RFL458780 RPG458780:RPH458780 RZC458780:RZD458780 SIY458780:SIZ458780 SSU458780:SSV458780 TCQ458780:TCR458780 TMM458780:TMN458780 TWI458780:TWJ458780 UGE458780:UGF458780 UQA458780:UQB458780 UZW458780:UZX458780 VJS458780:VJT458780 VTO458780:VTP458780 WDK458780:WDL458780 WNG458780:WNH458780 WXC458780:WXD458780 AU524316:AV524316 KQ524316:KR524316 UM524316:UN524316 AEI524316:AEJ524316 AOE524316:AOF524316 AYA524316:AYB524316 BHW524316:BHX524316 BRS524316:BRT524316 CBO524316:CBP524316 CLK524316:CLL524316 CVG524316:CVH524316 DFC524316:DFD524316 DOY524316:DOZ524316 DYU524316:DYV524316 EIQ524316:EIR524316 ESM524316:ESN524316 FCI524316:FCJ524316 FME524316:FMF524316 FWA524316:FWB524316 GFW524316:GFX524316 GPS524316:GPT524316 GZO524316:GZP524316 HJK524316:HJL524316 HTG524316:HTH524316 IDC524316:IDD524316 IMY524316:IMZ524316 IWU524316:IWV524316 JGQ524316:JGR524316 JQM524316:JQN524316 KAI524316:KAJ524316 KKE524316:KKF524316 KUA524316:KUB524316 LDW524316:LDX524316 LNS524316:LNT524316 LXO524316:LXP524316 MHK524316:MHL524316 MRG524316:MRH524316 NBC524316:NBD524316 NKY524316:NKZ524316 NUU524316:NUV524316 OEQ524316:OER524316 OOM524316:OON524316 OYI524316:OYJ524316 PIE524316:PIF524316 PSA524316:PSB524316 QBW524316:QBX524316 QLS524316:QLT524316 QVO524316:QVP524316 RFK524316:RFL524316 RPG524316:RPH524316 RZC524316:RZD524316 SIY524316:SIZ524316 SSU524316:SSV524316 TCQ524316:TCR524316 TMM524316:TMN524316 TWI524316:TWJ524316 UGE524316:UGF524316 UQA524316:UQB524316 UZW524316:UZX524316 VJS524316:VJT524316 VTO524316:VTP524316 WDK524316:WDL524316 WNG524316:WNH524316 WXC524316:WXD524316 AU589852:AV589852 KQ589852:KR589852 UM589852:UN589852 AEI589852:AEJ589852 AOE589852:AOF589852 AYA589852:AYB589852 BHW589852:BHX589852 BRS589852:BRT589852 CBO589852:CBP589852 CLK589852:CLL589852 CVG589852:CVH589852 DFC589852:DFD589852 DOY589852:DOZ589852 DYU589852:DYV589852 EIQ589852:EIR589852 ESM589852:ESN589852 FCI589852:FCJ589852 FME589852:FMF589852 FWA589852:FWB589852 GFW589852:GFX589852 GPS589852:GPT589852 GZO589852:GZP589852 HJK589852:HJL589852 HTG589852:HTH589852 IDC589852:IDD589852 IMY589852:IMZ589852 IWU589852:IWV589852 JGQ589852:JGR589852 JQM589852:JQN589852 KAI589852:KAJ589852 KKE589852:KKF589852 KUA589852:KUB589852 LDW589852:LDX589852 LNS589852:LNT589852 LXO589852:LXP589852 MHK589852:MHL589852 MRG589852:MRH589852 NBC589852:NBD589852 NKY589852:NKZ589852 NUU589852:NUV589852 OEQ589852:OER589852 OOM589852:OON589852 OYI589852:OYJ589852 PIE589852:PIF589852 PSA589852:PSB589852 QBW589852:QBX589852 QLS589852:QLT589852 QVO589852:QVP589852 RFK589852:RFL589852 RPG589852:RPH589852 RZC589852:RZD589852 SIY589852:SIZ589852 SSU589852:SSV589852 TCQ589852:TCR589852 TMM589852:TMN589852 TWI589852:TWJ589852 UGE589852:UGF589852 UQA589852:UQB589852 UZW589852:UZX589852 VJS589852:VJT589852 VTO589852:VTP589852 WDK589852:WDL589852 WNG589852:WNH589852 WXC589852:WXD589852 AU655388:AV655388 KQ655388:KR655388 UM655388:UN655388 AEI655388:AEJ655388 AOE655388:AOF655388 AYA655388:AYB655388 BHW655388:BHX655388 BRS655388:BRT655388 CBO655388:CBP655388 CLK655388:CLL655388 CVG655388:CVH655388 DFC655388:DFD655388 DOY655388:DOZ655388 DYU655388:DYV655388 EIQ655388:EIR655388 ESM655388:ESN655388 FCI655388:FCJ655388 FME655388:FMF655388 FWA655388:FWB655388 GFW655388:GFX655388 GPS655388:GPT655388 GZO655388:GZP655388 HJK655388:HJL655388 HTG655388:HTH655388 IDC655388:IDD655388 IMY655388:IMZ655388 IWU655388:IWV655388 JGQ655388:JGR655388 JQM655388:JQN655388 KAI655388:KAJ655388 KKE655388:KKF655388 KUA655388:KUB655388 LDW655388:LDX655388 LNS655388:LNT655388 LXO655388:LXP655388 MHK655388:MHL655388 MRG655388:MRH655388 NBC655388:NBD655388 NKY655388:NKZ655388 NUU655388:NUV655388 OEQ655388:OER655388 OOM655388:OON655388 OYI655388:OYJ655388 PIE655388:PIF655388 PSA655388:PSB655388 QBW655388:QBX655388 QLS655388:QLT655388 QVO655388:QVP655388 RFK655388:RFL655388 RPG655388:RPH655388 RZC655388:RZD655388 SIY655388:SIZ655388 SSU655388:SSV655388 TCQ655388:TCR655388 TMM655388:TMN655388 TWI655388:TWJ655388 UGE655388:UGF655388 UQA655388:UQB655388 UZW655388:UZX655388 VJS655388:VJT655388 VTO655388:VTP655388 WDK655388:WDL655388 WNG655388:WNH655388 WXC655388:WXD655388 AU720924:AV720924 KQ720924:KR720924 UM720924:UN720924 AEI720924:AEJ720924 AOE720924:AOF720924 AYA720924:AYB720924 BHW720924:BHX720924 BRS720924:BRT720924 CBO720924:CBP720924 CLK720924:CLL720924 CVG720924:CVH720924 DFC720924:DFD720924 DOY720924:DOZ720924 DYU720924:DYV720924 EIQ720924:EIR720924 ESM720924:ESN720924 FCI720924:FCJ720924 FME720924:FMF720924 FWA720924:FWB720924 GFW720924:GFX720924 GPS720924:GPT720924 GZO720924:GZP720924 HJK720924:HJL720924 HTG720924:HTH720924 IDC720924:IDD720924 IMY720924:IMZ720924 IWU720924:IWV720924 JGQ720924:JGR720924 JQM720924:JQN720924 KAI720924:KAJ720924 KKE720924:KKF720924 KUA720924:KUB720924 LDW720924:LDX720924 LNS720924:LNT720924 LXO720924:LXP720924 MHK720924:MHL720924 MRG720924:MRH720924 NBC720924:NBD720924 NKY720924:NKZ720924 NUU720924:NUV720924 OEQ720924:OER720924 OOM720924:OON720924 OYI720924:OYJ720924 PIE720924:PIF720924 PSA720924:PSB720924 QBW720924:QBX720924 QLS720924:QLT720924 QVO720924:QVP720924 RFK720924:RFL720924 RPG720924:RPH720924 RZC720924:RZD720924 SIY720924:SIZ720924 SSU720924:SSV720924 TCQ720924:TCR720924 TMM720924:TMN720924 TWI720924:TWJ720924 UGE720924:UGF720924 UQA720924:UQB720924 UZW720924:UZX720924 VJS720924:VJT720924 VTO720924:VTP720924 WDK720924:WDL720924 WNG720924:WNH720924 WXC720924:WXD720924 AU786460:AV786460 KQ786460:KR786460 UM786460:UN786460 AEI786460:AEJ786460 AOE786460:AOF786460 AYA786460:AYB786460 BHW786460:BHX786460 BRS786460:BRT786460 CBO786460:CBP786460 CLK786460:CLL786460 CVG786460:CVH786460 DFC786460:DFD786460 DOY786460:DOZ786460 DYU786460:DYV786460 EIQ786460:EIR786460 ESM786460:ESN786460 FCI786460:FCJ786460 FME786460:FMF786460 FWA786460:FWB786460 GFW786460:GFX786460 GPS786460:GPT786460 GZO786460:GZP786460 HJK786460:HJL786460 HTG786460:HTH786460 IDC786460:IDD786460 IMY786460:IMZ786460 IWU786460:IWV786460 JGQ786460:JGR786460 JQM786460:JQN786460 KAI786460:KAJ786460 KKE786460:KKF786460 KUA786460:KUB786460 LDW786460:LDX786460 LNS786460:LNT786460 LXO786460:LXP786460 MHK786460:MHL786460 MRG786460:MRH786460 NBC786460:NBD786460 NKY786460:NKZ786460 NUU786460:NUV786460 OEQ786460:OER786460 OOM786460:OON786460 OYI786460:OYJ786460 PIE786460:PIF786460 PSA786460:PSB786460 QBW786460:QBX786460 QLS786460:QLT786460 QVO786460:QVP786460 RFK786460:RFL786460 RPG786460:RPH786460 RZC786460:RZD786460 SIY786460:SIZ786460 SSU786460:SSV786460 TCQ786460:TCR786460 TMM786460:TMN786460 TWI786460:TWJ786460 UGE786460:UGF786460 UQA786460:UQB786460 UZW786460:UZX786460 VJS786460:VJT786460 VTO786460:VTP786460 WDK786460:WDL786460 WNG786460:WNH786460 WXC786460:WXD786460 AU851996:AV851996 KQ851996:KR851996 UM851996:UN851996 AEI851996:AEJ851996 AOE851996:AOF851996 AYA851996:AYB851996 BHW851996:BHX851996 BRS851996:BRT851996 CBO851996:CBP851996 CLK851996:CLL851996 CVG851996:CVH851996 DFC851996:DFD851996 DOY851996:DOZ851996 DYU851996:DYV851996 EIQ851996:EIR851996 ESM851996:ESN851996 FCI851996:FCJ851996 FME851996:FMF851996 FWA851996:FWB851996 GFW851996:GFX851996 GPS851996:GPT851996 GZO851996:GZP851996 HJK851996:HJL851996 HTG851996:HTH851996 IDC851996:IDD851996 IMY851996:IMZ851996 IWU851996:IWV851996 JGQ851996:JGR851996 JQM851996:JQN851996 KAI851996:KAJ851996 KKE851996:KKF851996 KUA851996:KUB851996 LDW851996:LDX851996 LNS851996:LNT851996 LXO851996:LXP851996 MHK851996:MHL851996 MRG851996:MRH851996 NBC851996:NBD851996 NKY851996:NKZ851996 NUU851996:NUV851996 OEQ851996:OER851996 OOM851996:OON851996 OYI851996:OYJ851996 PIE851996:PIF851996 PSA851996:PSB851996 QBW851996:QBX851996 QLS851996:QLT851996 QVO851996:QVP851996 RFK851996:RFL851996 RPG851996:RPH851996 RZC851996:RZD851996 SIY851996:SIZ851996 SSU851996:SSV851996 TCQ851996:TCR851996 TMM851996:TMN851996 TWI851996:TWJ851996 UGE851996:UGF851996 UQA851996:UQB851996 UZW851996:UZX851996 VJS851996:VJT851996 VTO851996:VTP851996 WDK851996:WDL851996 WNG851996:WNH851996 WXC851996:WXD851996 AU917532:AV917532 KQ917532:KR917532 UM917532:UN917532 AEI917532:AEJ917532 AOE917532:AOF917532 AYA917532:AYB917532 BHW917532:BHX917532 BRS917532:BRT917532 CBO917532:CBP917532 CLK917532:CLL917532 CVG917532:CVH917532 DFC917532:DFD917532 DOY917532:DOZ917532 DYU917532:DYV917532 EIQ917532:EIR917532 ESM917532:ESN917532 FCI917532:FCJ917532 FME917532:FMF917532 FWA917532:FWB917532 GFW917532:GFX917532 GPS917532:GPT917532 GZO917532:GZP917532 HJK917532:HJL917532 HTG917532:HTH917532 IDC917532:IDD917532 IMY917532:IMZ917532 IWU917532:IWV917532 JGQ917532:JGR917532 JQM917532:JQN917532 KAI917532:KAJ917532 KKE917532:KKF917532 KUA917532:KUB917532 LDW917532:LDX917532 LNS917532:LNT917532 LXO917532:LXP917532 MHK917532:MHL917532 MRG917532:MRH917532 NBC917532:NBD917532 NKY917532:NKZ917532 NUU917532:NUV917532 OEQ917532:OER917532 OOM917532:OON917532 OYI917532:OYJ917532 PIE917532:PIF917532 PSA917532:PSB917532 QBW917532:QBX917532 QLS917532:QLT917532 QVO917532:QVP917532 RFK917532:RFL917532 RPG917532:RPH917532 RZC917532:RZD917532 SIY917532:SIZ917532 SSU917532:SSV917532 TCQ917532:TCR917532 TMM917532:TMN917532 TWI917532:TWJ917532 UGE917532:UGF917532 UQA917532:UQB917532 UZW917532:UZX917532 VJS917532:VJT917532 VTO917532:VTP917532 WDK917532:WDL917532 WNG917532:WNH917532 WXC917532:WXD917532 AU983068:AV983068 KQ983068:KR983068 UM983068:UN983068 AEI983068:AEJ983068 AOE983068:AOF983068 AYA983068:AYB983068 BHW983068:BHX983068 BRS983068:BRT983068 CBO983068:CBP983068 CLK983068:CLL983068 CVG983068:CVH983068 DFC983068:DFD983068 DOY983068:DOZ983068 DYU983068:DYV983068 EIQ983068:EIR983068 ESM983068:ESN983068 FCI983068:FCJ983068 FME983068:FMF983068 FWA983068:FWB983068 GFW983068:GFX983068 GPS983068:GPT983068 GZO983068:GZP983068 HJK983068:HJL983068 HTG983068:HTH983068 IDC983068:IDD983068 IMY983068:IMZ983068 IWU983068:IWV983068 JGQ983068:JGR983068 JQM983068:JQN983068 KAI983068:KAJ983068 KKE983068:KKF983068 KUA983068:KUB983068 LDW983068:LDX983068 LNS983068:LNT983068 LXO983068:LXP983068 MHK983068:MHL983068 MRG983068:MRH983068 NBC983068:NBD983068 NKY983068:NKZ983068 NUU983068:NUV983068 OEQ983068:OER983068 OOM983068:OON983068 OYI983068:OYJ983068 PIE983068:PIF983068 PSA983068:PSB983068 QBW983068:QBX983068 QLS983068:QLT983068 QVO983068:QVP983068 RFK983068:RFL983068 RPG983068:RPH983068 RZC983068:RZD983068 SIY983068:SIZ983068 SSU983068:SSV983068 TCQ983068:TCR983068 TMM983068:TMN983068 TWI983068:TWJ983068 UGE983068:UGF983068 UQA983068:UQB983068 UZW983068:UZX983068 VJS983068:VJT983068 VTO983068:VTP983068 WDK983068:WDL983068 WNG983068:WNH983068 WXC983068:WXD983068 AC3 JY3 TU3 ADQ3 ANM3 AXI3 BHE3 BRA3 CAW3 CKS3 CUO3 DEK3 DOG3 DYC3 EHY3 ERU3 FBQ3 FLM3 FVI3 GFE3 GPA3 GYW3 HIS3 HSO3 ICK3 IMG3 IWC3 JFY3 JPU3 JZQ3 KJM3 KTI3 LDE3 LNA3 LWW3 MGS3 MQO3 NAK3 NKG3 NUC3 ODY3 ONU3 OXQ3 PHM3 PRI3 QBE3 QLA3 QUW3 RES3 ROO3 RYK3 SIG3 SSC3 TBY3 TLU3 TVQ3 UFM3 UPI3 UZE3 VJA3 VSW3 WCS3 WMO3 WWK3 AC65564 JY65564 TU65564 ADQ65564 ANM65564 AXI65564 BHE65564 BRA65564 CAW65564 CKS65564 CUO65564 DEK65564 DOG65564 DYC65564 EHY65564 ERU65564 FBQ65564 FLM65564 FVI65564 GFE65564 GPA65564 GYW65564 HIS65564 HSO65564 ICK65564 IMG65564 IWC65564 JFY65564 JPU65564 JZQ65564 KJM65564 KTI65564 LDE65564 LNA65564 LWW65564 MGS65564 MQO65564 NAK65564 NKG65564 NUC65564 ODY65564 ONU65564 OXQ65564 PHM65564 PRI65564 QBE65564 QLA65564 QUW65564 RES65564 ROO65564 RYK65564 SIG65564 SSC65564 TBY65564 TLU65564 TVQ65564 UFM65564 UPI65564 UZE65564 VJA65564 VSW65564 WCS65564 WMO65564 WWK65564 AC131100 JY131100 TU131100 ADQ131100 ANM131100 AXI131100 BHE131100 BRA131100 CAW131100 CKS131100 CUO131100 DEK131100 DOG131100 DYC131100 EHY131100 ERU131100 FBQ131100 FLM131100 FVI131100 GFE131100 GPA131100 GYW131100 HIS131100 HSO131100 ICK131100 IMG131100 IWC131100 JFY131100 JPU131100 JZQ131100 KJM131100 KTI131100 LDE131100 LNA131100 LWW131100 MGS131100 MQO131100 NAK131100 NKG131100 NUC131100 ODY131100 ONU131100 OXQ131100 PHM131100 PRI131100 QBE131100 QLA131100 QUW131100 RES131100 ROO131100 RYK131100 SIG131100 SSC131100 TBY131100 TLU131100 TVQ131100 UFM131100 UPI131100 UZE131100 VJA131100 VSW131100 WCS131100 WMO131100 WWK131100 AC196636 JY196636 TU196636 ADQ196636 ANM196636 AXI196636 BHE196636 BRA196636 CAW196636 CKS196636 CUO196636 DEK196636 DOG196636 DYC196636 EHY196636 ERU196636 FBQ196636 FLM196636 FVI196636 GFE196636 GPA196636 GYW196636 HIS196636 HSO196636 ICK196636 IMG196636 IWC196636 JFY196636 JPU196636 JZQ196636 KJM196636 KTI196636 LDE196636 LNA196636 LWW196636 MGS196636 MQO196636 NAK196636 NKG196636 NUC196636 ODY196636 ONU196636 OXQ196636 PHM196636 PRI196636 QBE196636 QLA196636 QUW196636 RES196636 ROO196636 RYK196636 SIG196636 SSC196636 TBY196636 TLU196636 TVQ196636 UFM196636 UPI196636 UZE196636 VJA196636 VSW196636 WCS196636 WMO196636 WWK196636 AC262172 JY262172 TU262172 ADQ262172 ANM262172 AXI262172 BHE262172 BRA262172 CAW262172 CKS262172 CUO262172 DEK262172 DOG262172 DYC262172 EHY262172 ERU262172 FBQ262172 FLM262172 FVI262172 GFE262172 GPA262172 GYW262172 HIS262172 HSO262172 ICK262172 IMG262172 IWC262172 JFY262172 JPU262172 JZQ262172 KJM262172 KTI262172 LDE262172 LNA262172 LWW262172 MGS262172 MQO262172 NAK262172 NKG262172 NUC262172 ODY262172 ONU262172 OXQ262172 PHM262172 PRI262172 QBE262172 QLA262172 QUW262172 RES262172 ROO262172 RYK262172 SIG262172 SSC262172 TBY262172 TLU262172 TVQ262172 UFM262172 UPI262172 UZE262172 VJA262172 VSW262172 WCS262172 WMO262172 WWK262172 AC327708 JY327708 TU327708 ADQ327708 ANM327708 AXI327708 BHE327708 BRA327708 CAW327708 CKS327708 CUO327708 DEK327708 DOG327708 DYC327708 EHY327708 ERU327708 FBQ327708 FLM327708 FVI327708 GFE327708 GPA327708 GYW327708 HIS327708 HSO327708 ICK327708 IMG327708 IWC327708 JFY327708 JPU327708 JZQ327708 KJM327708 KTI327708 LDE327708 LNA327708 LWW327708 MGS327708 MQO327708 NAK327708 NKG327708 NUC327708 ODY327708 ONU327708 OXQ327708 PHM327708 PRI327708 QBE327708 QLA327708 QUW327708 RES327708 ROO327708 RYK327708 SIG327708 SSC327708 TBY327708 TLU327708 TVQ327708 UFM327708 UPI327708 UZE327708 VJA327708 VSW327708 WCS327708 WMO327708 WWK327708 AC393244 JY393244 TU393244 ADQ393244 ANM393244 AXI393244 BHE393244 BRA393244 CAW393244 CKS393244 CUO393244 DEK393244 DOG393244 DYC393244 EHY393244 ERU393244 FBQ393244 FLM393244 FVI393244 GFE393244 GPA393244 GYW393244 HIS393244 HSO393244 ICK393244 IMG393244 IWC393244 JFY393244 JPU393244 JZQ393244 KJM393244 KTI393244 LDE393244 LNA393244 LWW393244 MGS393244 MQO393244 NAK393244 NKG393244 NUC393244 ODY393244 ONU393244 OXQ393244 PHM393244 PRI393244 QBE393244 QLA393244 QUW393244 RES393244 ROO393244 RYK393244 SIG393244 SSC393244 TBY393244 TLU393244 TVQ393244 UFM393244 UPI393244 UZE393244 VJA393244 VSW393244 WCS393244 WMO393244 WWK393244 AC458780 JY458780 TU458780 ADQ458780 ANM458780 AXI458780 BHE458780 BRA458780 CAW458780 CKS458780 CUO458780 DEK458780 DOG458780 DYC458780 EHY458780 ERU458780 FBQ458780 FLM458780 FVI458780 GFE458780 GPA458780 GYW458780 HIS458780 HSO458780 ICK458780 IMG458780 IWC458780 JFY458780 JPU458780 JZQ458780 KJM458780 KTI458780 LDE458780 LNA458780 LWW458780 MGS458780 MQO458780 NAK458780 NKG458780 NUC458780 ODY458780 ONU458780 OXQ458780 PHM458780 PRI458780 QBE458780 QLA458780 QUW458780 RES458780 ROO458780 RYK458780 SIG458780 SSC458780 TBY458780 TLU458780 TVQ458780 UFM458780 UPI458780 UZE458780 VJA458780 VSW458780 WCS458780 WMO458780 WWK458780 AC524316 JY524316 TU524316 ADQ524316 ANM524316 AXI524316 BHE524316 BRA524316 CAW524316 CKS524316 CUO524316 DEK524316 DOG524316 DYC524316 EHY524316 ERU524316 FBQ524316 FLM524316 FVI524316 GFE524316 GPA524316 GYW524316 HIS524316 HSO524316 ICK524316 IMG524316 IWC524316 JFY524316 JPU524316 JZQ524316 KJM524316 KTI524316 LDE524316 LNA524316 LWW524316 MGS524316 MQO524316 NAK524316 NKG524316 NUC524316 ODY524316 ONU524316 OXQ524316 PHM524316 PRI524316 QBE524316 QLA524316 QUW524316 RES524316 ROO524316 RYK524316 SIG524316 SSC524316 TBY524316 TLU524316 TVQ524316 UFM524316 UPI524316 UZE524316 VJA524316 VSW524316 WCS524316 WMO524316 WWK524316 AC589852 JY589852 TU589852 ADQ589852 ANM589852 AXI589852 BHE589852 BRA589852 CAW589852 CKS589852 CUO589852 DEK589852 DOG589852 DYC589852 EHY589852 ERU589852 FBQ589852 FLM589852 FVI589852 GFE589852 GPA589852 GYW589852 HIS589852 HSO589852 ICK589852 IMG589852 IWC589852 JFY589852 JPU589852 JZQ589852 KJM589852 KTI589852 LDE589852 LNA589852 LWW589852 MGS589852 MQO589852 NAK589852 NKG589852 NUC589852 ODY589852 ONU589852 OXQ589852 PHM589852 PRI589852 QBE589852 QLA589852 QUW589852 RES589852 ROO589852 RYK589852 SIG589852 SSC589852 TBY589852 TLU589852 TVQ589852 UFM589852 UPI589852 UZE589852 VJA589852 VSW589852 WCS589852 WMO589852 WWK589852 AC655388 JY655388 TU655388 ADQ655388 ANM655388 AXI655388 BHE655388 BRA655388 CAW655388 CKS655388 CUO655388 DEK655388 DOG655388 DYC655388 EHY655388 ERU655388 FBQ655388 FLM655388 FVI655388 GFE655388 GPA655388 GYW655388 HIS655388 HSO655388 ICK655388 IMG655388 IWC655388 JFY655388 JPU655388 JZQ655388 KJM655388 KTI655388 LDE655388 LNA655388 LWW655388 MGS655388 MQO655388 NAK655388 NKG655388 NUC655388 ODY655388 ONU655388 OXQ655388 PHM655388 PRI655388 QBE655388 QLA655388 QUW655388 RES655388 ROO655388 RYK655388 SIG655388 SSC655388 TBY655388 TLU655388 TVQ655388 UFM655388 UPI655388 UZE655388 VJA655388 VSW655388 WCS655388 WMO655388 WWK655388 AC720924 JY720924 TU720924 ADQ720924 ANM720924 AXI720924 BHE720924 BRA720924 CAW720924 CKS720924 CUO720924 DEK720924 DOG720924 DYC720924 EHY720924 ERU720924 FBQ720924 FLM720924 FVI720924 GFE720924 GPA720924 GYW720924 HIS720924 HSO720924 ICK720924 IMG720924 IWC720924 JFY720924 JPU720924 JZQ720924 KJM720924 KTI720924 LDE720924 LNA720924 LWW720924 MGS720924 MQO720924 NAK720924 NKG720924 NUC720924 ODY720924 ONU720924 OXQ720924 PHM720924 PRI720924 QBE720924 QLA720924 QUW720924 RES720924 ROO720924 RYK720924 SIG720924 SSC720924 TBY720924 TLU720924 TVQ720924 UFM720924 UPI720924 UZE720924 VJA720924 VSW720924 WCS720924 WMO720924 WWK720924 AC786460 JY786460 TU786460 ADQ786460 ANM786460 AXI786460 BHE786460 BRA786460 CAW786460 CKS786460 CUO786460 DEK786460 DOG786460 DYC786460 EHY786460 ERU786460 FBQ786460 FLM786460 FVI786460 GFE786460 GPA786460 GYW786460 HIS786460 HSO786460 ICK786460 IMG786460 IWC786460 JFY786460 JPU786460 JZQ786460 KJM786460 KTI786460 LDE786460 LNA786460 LWW786460 MGS786460 MQO786460 NAK786460 NKG786460 NUC786460 ODY786460 ONU786460 OXQ786460 PHM786460 PRI786460 QBE786460 QLA786460 QUW786460 RES786460 ROO786460 RYK786460 SIG786460 SSC786460 TBY786460 TLU786460 TVQ786460 UFM786460 UPI786460 UZE786460 VJA786460 VSW786460 WCS786460 WMO786460 WWK786460 AC851996 JY851996 TU851996 ADQ851996 ANM851996 AXI851996 BHE851996 BRA851996 CAW851996 CKS851996 CUO851996 DEK851996 DOG851996 DYC851996 EHY851996 ERU851996 FBQ851996 FLM851996 FVI851996 GFE851996 GPA851996 GYW851996 HIS851996 HSO851996 ICK851996 IMG851996 IWC851996 JFY851996 JPU851996 JZQ851996 KJM851996 KTI851996 LDE851996 LNA851996 LWW851996 MGS851996 MQO851996 NAK851996 NKG851996 NUC851996 ODY851996 ONU851996 OXQ851996 PHM851996 PRI851996 QBE851996 QLA851996 QUW851996 RES851996 ROO851996 RYK851996 SIG851996 SSC851996 TBY851996 TLU851996 TVQ851996 UFM851996 UPI851996 UZE851996 VJA851996 VSW851996 WCS851996 WMO851996 WWK851996 AC917532 JY917532 TU917532 ADQ917532 ANM917532 AXI917532 BHE917532 BRA917532 CAW917532 CKS917532 CUO917532 DEK917532 DOG917532 DYC917532 EHY917532 ERU917532 FBQ917532 FLM917532 FVI917532 GFE917532 GPA917532 GYW917532 HIS917532 HSO917532 ICK917532 IMG917532 IWC917532 JFY917532 JPU917532 JZQ917532 KJM917532 KTI917532 LDE917532 LNA917532 LWW917532 MGS917532 MQO917532 NAK917532 NKG917532 NUC917532 ODY917532 ONU917532 OXQ917532 PHM917532 PRI917532 QBE917532 QLA917532 QUW917532 RES917532 ROO917532 RYK917532 SIG917532 SSC917532 TBY917532 TLU917532 TVQ917532 UFM917532 UPI917532 UZE917532 VJA917532 VSW917532 WCS917532 WMO917532 WWK917532 AC983068 JY983068 TU983068 ADQ983068 ANM983068 AXI983068 BHE983068 BRA983068 CAW983068 CKS983068 CUO983068 DEK983068 DOG983068 DYC983068 EHY983068 ERU983068 FBQ983068 FLM983068 FVI983068 GFE983068 GPA983068 GYW983068 HIS983068 HSO983068 ICK983068 IMG983068 IWC983068 JFY983068 JPU983068 JZQ983068 KJM983068 KTI983068 LDE983068 LNA983068 LWW983068 MGS983068 MQO983068 NAK983068 NKG983068 NUC983068 ODY983068 ONU983068 OXQ983068 PHM983068 PRI983068 QBE983068 QLA983068 QUW983068 RES983068 ROO983068 RYK983068 SIG983068 SSC983068 TBY983068 TLU983068 TVQ983068 UFM983068 UPI983068 UZE983068 VJA983068 VSW983068 WCS983068 WMO983068 WWK983068 IJ3 SF3 ACB3 ALX3 AVT3 BFP3 BPL3 BZH3 CJD3 CSZ3 DCV3 DMR3 DWN3 EGJ3 EQF3 FAB3 FJX3 FTT3 GDP3 GNL3 GXH3 HHD3 HQZ3 IAV3 IKR3 IUN3 JEJ3 JOF3 JYB3 KHX3 KRT3 LBP3 LLL3 LVH3 MFD3 MOZ3 MYV3 NIR3 NSN3 OCJ3 OMF3 OWB3 PFX3 PPT3 PZP3 QJL3 QTH3 RDD3 RMZ3 RWV3 SGR3 SQN3 TAJ3 TKF3 TUB3 UDX3 UNT3 UXP3 VHL3 VRH3 WBD3 WKZ3 WUV3 IJ65564 SF65564 ACB65564 ALX65564 AVT65564 BFP65564 BPL65564 BZH65564 CJD65564 CSZ65564 DCV65564 DMR65564 DWN65564 EGJ65564 EQF65564 FAB65564 FJX65564 FTT65564 GDP65564 GNL65564 GXH65564 HHD65564 HQZ65564 IAV65564 IKR65564 IUN65564 JEJ65564 JOF65564 JYB65564 KHX65564 KRT65564 LBP65564 LLL65564 LVH65564 MFD65564 MOZ65564 MYV65564 NIR65564 NSN65564 OCJ65564 OMF65564 OWB65564 PFX65564 PPT65564 PZP65564 QJL65564 QTH65564 RDD65564 RMZ65564 RWV65564 SGR65564 SQN65564 TAJ65564 TKF65564 TUB65564 UDX65564 UNT65564 UXP65564 VHL65564 VRH65564 WBD65564 WKZ65564 WUV65564 IJ131100 SF131100 ACB131100 ALX131100 AVT131100 BFP131100 BPL131100 BZH131100 CJD131100 CSZ131100 DCV131100 DMR131100 DWN131100 EGJ131100 EQF131100 FAB131100 FJX131100 FTT131100 GDP131100 GNL131100 GXH131100 HHD131100 HQZ131100 IAV131100 IKR131100 IUN131100 JEJ131100 JOF131100 JYB131100 KHX131100 KRT131100 LBP131100 LLL131100 LVH131100 MFD131100 MOZ131100 MYV131100 NIR131100 NSN131100 OCJ131100 OMF131100 OWB131100 PFX131100 PPT131100 PZP131100 QJL131100 QTH131100 RDD131100 RMZ131100 RWV131100 SGR131100 SQN131100 TAJ131100 TKF131100 TUB131100 UDX131100 UNT131100 UXP131100 VHL131100 VRH131100 WBD131100 WKZ131100 WUV131100 IJ196636 SF196636 ACB196636 ALX196636 AVT196636 BFP196636 BPL196636 BZH196636 CJD196636 CSZ196636 DCV196636 DMR196636 DWN196636 EGJ196636 EQF196636 FAB196636 FJX196636 FTT196636 GDP196636 GNL196636 GXH196636 HHD196636 HQZ196636 IAV196636 IKR196636 IUN196636 JEJ196636 JOF196636 JYB196636 KHX196636 KRT196636 LBP196636 LLL196636 LVH196636 MFD196636 MOZ196636 MYV196636 NIR196636 NSN196636 OCJ196636 OMF196636 OWB196636 PFX196636 PPT196636 PZP196636 QJL196636 QTH196636 RDD196636 RMZ196636 RWV196636 SGR196636 SQN196636 TAJ196636 TKF196636 TUB196636 UDX196636 UNT196636 UXP196636 VHL196636 VRH196636 WBD196636 WKZ196636 WUV196636 IJ262172 SF262172 ACB262172 ALX262172 AVT262172 BFP262172 BPL262172 BZH262172 CJD262172 CSZ262172 DCV262172 DMR262172 DWN262172 EGJ262172 EQF262172 FAB262172 FJX262172 FTT262172 GDP262172 GNL262172 GXH262172 HHD262172 HQZ262172 IAV262172 IKR262172 IUN262172 JEJ262172 JOF262172 JYB262172 KHX262172 KRT262172 LBP262172 LLL262172 LVH262172 MFD262172 MOZ262172 MYV262172 NIR262172 NSN262172 OCJ262172 OMF262172 OWB262172 PFX262172 PPT262172 PZP262172 QJL262172 QTH262172 RDD262172 RMZ262172 RWV262172 SGR262172 SQN262172 TAJ262172 TKF262172 TUB262172 UDX262172 UNT262172 UXP262172 VHL262172 VRH262172 WBD262172 WKZ262172 WUV262172 IJ327708 SF327708 ACB327708 ALX327708 AVT327708 BFP327708 BPL327708 BZH327708 CJD327708 CSZ327708 DCV327708 DMR327708 DWN327708 EGJ327708 EQF327708 FAB327708 FJX327708 FTT327708 GDP327708 GNL327708 GXH327708 HHD327708 HQZ327708 IAV327708 IKR327708 IUN327708 JEJ327708 JOF327708 JYB327708 KHX327708 KRT327708 LBP327708 LLL327708 LVH327708 MFD327708 MOZ327708 MYV327708 NIR327708 NSN327708 OCJ327708 OMF327708 OWB327708 PFX327708 PPT327708 PZP327708 QJL327708 QTH327708 RDD327708 RMZ327708 RWV327708 SGR327708 SQN327708 TAJ327708 TKF327708 TUB327708 UDX327708 UNT327708 UXP327708 VHL327708 VRH327708 WBD327708 WKZ327708 WUV327708 IJ393244 SF393244 ACB393244 ALX393244 AVT393244 BFP393244 BPL393244 BZH393244 CJD393244 CSZ393244 DCV393244 DMR393244 DWN393244 EGJ393244 EQF393244 FAB393244 FJX393244 FTT393244 GDP393244 GNL393244 GXH393244 HHD393244 HQZ393244 IAV393244 IKR393244 IUN393244 JEJ393244 JOF393244 JYB393244 KHX393244 KRT393244 LBP393244 LLL393244 LVH393244 MFD393244 MOZ393244 MYV393244 NIR393244 NSN393244 OCJ393244 OMF393244 OWB393244 PFX393244 PPT393244 PZP393244 QJL393244 QTH393244 RDD393244 RMZ393244 RWV393244 SGR393244 SQN393244 TAJ393244 TKF393244 TUB393244 UDX393244 UNT393244 UXP393244 VHL393244 VRH393244 WBD393244 WKZ393244 WUV393244 IJ458780 SF458780 ACB458780 ALX458780 AVT458780 BFP458780 BPL458780 BZH458780 CJD458780 CSZ458780 DCV458780 DMR458780 DWN458780 EGJ458780 EQF458780 FAB458780 FJX458780 FTT458780 GDP458780 GNL458780 GXH458780 HHD458780 HQZ458780 IAV458780 IKR458780 IUN458780 JEJ458780 JOF458780 JYB458780 KHX458780 KRT458780 LBP458780 LLL458780 LVH458780 MFD458780 MOZ458780 MYV458780 NIR458780 NSN458780 OCJ458780 OMF458780 OWB458780 PFX458780 PPT458780 PZP458780 QJL458780 QTH458780 RDD458780 RMZ458780 RWV458780 SGR458780 SQN458780 TAJ458780 TKF458780 TUB458780 UDX458780 UNT458780 UXP458780 VHL458780 VRH458780 WBD458780 WKZ458780 WUV458780 IJ524316 SF524316 ACB524316 ALX524316 AVT524316 BFP524316 BPL524316 BZH524316 CJD524316 CSZ524316 DCV524316 DMR524316 DWN524316 EGJ524316 EQF524316 FAB524316 FJX524316 FTT524316 GDP524316 GNL524316 GXH524316 HHD524316 HQZ524316 IAV524316 IKR524316 IUN524316 JEJ524316 JOF524316 JYB524316 KHX524316 KRT524316 LBP524316 LLL524316 LVH524316 MFD524316 MOZ524316 MYV524316 NIR524316 NSN524316 OCJ524316 OMF524316 OWB524316 PFX524316 PPT524316 PZP524316 QJL524316 QTH524316 RDD524316 RMZ524316 RWV524316 SGR524316 SQN524316 TAJ524316 TKF524316 TUB524316 UDX524316 UNT524316 UXP524316 VHL524316 VRH524316 WBD524316 WKZ524316 WUV524316 IJ589852 SF589852 ACB589852 ALX589852 AVT589852 BFP589852 BPL589852 BZH589852 CJD589852 CSZ589852 DCV589852 DMR589852 DWN589852 EGJ589852 EQF589852 FAB589852 FJX589852 FTT589852 GDP589852 GNL589852 GXH589852 HHD589852 HQZ589852 IAV589852 IKR589852 IUN589852 JEJ589852 JOF589852 JYB589852 KHX589852 KRT589852 LBP589852 LLL589852 LVH589852 MFD589852 MOZ589852 MYV589852 NIR589852 NSN589852 OCJ589852 OMF589852 OWB589852 PFX589852 PPT589852 PZP589852 QJL589852 QTH589852 RDD589852 RMZ589852 RWV589852 SGR589852 SQN589852 TAJ589852 TKF589852 TUB589852 UDX589852 UNT589852 UXP589852 VHL589852 VRH589852 WBD589852 WKZ589852 WUV589852 IJ655388 SF655388 ACB655388 ALX655388 AVT655388 BFP655388 BPL655388 BZH655388 CJD655388 CSZ655388 DCV655388 DMR655388 DWN655388 EGJ655388 EQF655388 FAB655388 FJX655388 FTT655388 GDP655388 GNL655388 GXH655388 HHD655388 HQZ655388 IAV655388 IKR655388 IUN655388 JEJ655388 JOF655388 JYB655388 KHX655388 KRT655388 LBP655388 LLL655388 LVH655388 MFD655388 MOZ655388 MYV655388 NIR655388 NSN655388 OCJ655388 OMF655388 OWB655388 PFX655388 PPT655388 PZP655388 QJL655388 QTH655388 RDD655388 RMZ655388 RWV655388 SGR655388 SQN655388 TAJ655388 TKF655388 TUB655388 UDX655388 UNT655388 UXP655388 VHL655388 VRH655388 WBD655388 WKZ655388 WUV655388 IJ720924 SF720924 ACB720924 ALX720924 AVT720924 BFP720924 BPL720924 BZH720924 CJD720924 CSZ720924 DCV720924 DMR720924 DWN720924 EGJ720924 EQF720924 FAB720924 FJX720924 FTT720924 GDP720924 GNL720924 GXH720924 HHD720924 HQZ720924 IAV720924 IKR720924 IUN720924 JEJ720924 JOF720924 JYB720924 KHX720924 KRT720924 LBP720924 LLL720924 LVH720924 MFD720924 MOZ720924 MYV720924 NIR720924 NSN720924 OCJ720924 OMF720924 OWB720924 PFX720924 PPT720924 PZP720924 QJL720924 QTH720924 RDD720924 RMZ720924 RWV720924 SGR720924 SQN720924 TAJ720924 TKF720924 TUB720924 UDX720924 UNT720924 UXP720924 VHL720924 VRH720924 WBD720924 WKZ720924 WUV720924 IJ786460 SF786460 ACB786460 ALX786460 AVT786460 BFP786460 BPL786460 BZH786460 CJD786460 CSZ786460 DCV786460 DMR786460 DWN786460 EGJ786460 EQF786460 FAB786460 FJX786460 FTT786460 GDP786460 GNL786460 GXH786460 HHD786460 HQZ786460 IAV786460 IKR786460 IUN786460 JEJ786460 JOF786460 JYB786460 KHX786460 KRT786460 LBP786460 LLL786460 LVH786460 MFD786460 MOZ786460 MYV786460 NIR786460 NSN786460 OCJ786460 OMF786460 OWB786460 PFX786460 PPT786460 PZP786460 QJL786460 QTH786460 RDD786460 RMZ786460 RWV786460 SGR786460 SQN786460 TAJ786460 TKF786460 TUB786460 UDX786460 UNT786460 UXP786460 VHL786460 VRH786460 WBD786460 WKZ786460 WUV786460 IJ851996 SF851996 ACB851996 ALX851996 AVT851996 BFP851996 BPL851996 BZH851996 CJD851996 CSZ851996 DCV851996 DMR851996 DWN851996 EGJ851996 EQF851996 FAB851996 FJX851996 FTT851996 GDP851996 GNL851996 GXH851996 HHD851996 HQZ851996 IAV851996 IKR851996 IUN851996 JEJ851996 JOF851996 JYB851996 KHX851996 KRT851996 LBP851996 LLL851996 LVH851996 MFD851996 MOZ851996 MYV851996 NIR851996 NSN851996 OCJ851996 OMF851996 OWB851996 PFX851996 PPT851996 PZP851996 QJL851996 QTH851996 RDD851996 RMZ851996 RWV851996 SGR851996 SQN851996 TAJ851996 TKF851996 TUB851996 UDX851996 UNT851996 UXP851996 VHL851996 VRH851996 WBD851996 WKZ851996 WUV851996 IJ917532 SF917532 ACB917532 ALX917532 AVT917532 BFP917532 BPL917532 BZH917532 CJD917532 CSZ917532 DCV917532 DMR917532 DWN917532 EGJ917532 EQF917532 FAB917532 FJX917532 FTT917532 GDP917532 GNL917532 GXH917532 HHD917532 HQZ917532 IAV917532 IKR917532 IUN917532 JEJ917532 JOF917532 JYB917532 KHX917532 KRT917532 LBP917532 LLL917532 LVH917532 MFD917532 MOZ917532 MYV917532 NIR917532 NSN917532 OCJ917532 OMF917532 OWB917532 PFX917532 PPT917532 PZP917532 QJL917532 QTH917532 RDD917532 RMZ917532 RWV917532 SGR917532 SQN917532 TAJ917532 TKF917532 TUB917532 UDX917532 UNT917532 UXP917532 VHL917532 VRH917532 WBD917532 WKZ917532 WUV917532 IJ983068 SF983068 ACB983068 ALX983068 AVT983068 BFP983068 BPL983068 BZH983068 CJD983068 CSZ983068 DCV983068 DMR983068 DWN983068 EGJ983068 EQF983068 FAB983068 FJX983068 FTT983068 GDP983068 GNL983068 GXH983068 HHD983068 HQZ983068 IAV983068 IKR983068 IUN983068 JEJ983068 JOF983068 JYB983068 KHX983068 KRT983068 LBP983068 LLL983068 LVH983068 MFD983068 MOZ983068 MYV983068 NIR983068 NSN983068 OCJ983068 OMF983068 OWB983068 PFX983068 PPT983068 PZP983068 QJL983068 QTH983068 RDD983068 RMZ983068 RWV983068 SGR983068 SQN983068 TAJ983068 TKF983068 TUB983068 UDX983068 UNT983068 UXP983068 VHL983068 VRH983068 WBD983068 WKZ983068 WUV983068 JB3 SX3 ACT3 AMP3 AWL3 BGH3 BQD3 BZZ3 CJV3 CTR3 DDN3 DNJ3 DXF3 EHB3 EQX3 FAT3 FKP3 FUL3 GEH3 GOD3 GXZ3 HHV3 HRR3 IBN3 ILJ3 IVF3 JFB3 JOX3 JYT3 KIP3 KSL3 LCH3 LMD3 LVZ3 MFV3 MPR3 MZN3 NJJ3 NTF3 ODB3 OMX3 OWT3 PGP3 PQL3 QAH3 QKD3 QTZ3 RDV3 RNR3 RXN3 SHJ3 SRF3 TBB3 TKX3 TUT3 UEP3 UOL3 UYH3 VID3 VRZ3 WBV3 WLR3 WVN3 JB65564 SX65564 ACT65564 AMP65564 AWL65564 BGH65564 BQD65564 BZZ65564 CJV65564 CTR65564 DDN65564 DNJ65564 DXF65564 EHB65564 EQX65564 FAT65564 FKP65564 FUL65564 GEH65564 GOD65564 GXZ65564 HHV65564 HRR65564 IBN65564 ILJ65564 IVF65564 JFB65564 JOX65564 JYT65564 KIP65564 KSL65564 LCH65564 LMD65564 LVZ65564 MFV65564 MPR65564 MZN65564 NJJ65564 NTF65564 ODB65564 OMX65564 OWT65564 PGP65564 PQL65564 QAH65564 QKD65564 QTZ65564 RDV65564 RNR65564 RXN65564 SHJ65564 SRF65564 TBB65564 TKX65564 TUT65564 UEP65564 UOL65564 UYH65564 VID65564 VRZ65564 WBV65564 WLR65564 WVN65564 JB131100 SX131100 ACT131100 AMP131100 AWL131100 BGH131100 BQD131100 BZZ131100 CJV131100 CTR131100 DDN131100 DNJ131100 DXF131100 EHB131100 EQX131100 FAT131100 FKP131100 FUL131100 GEH131100 GOD131100 GXZ131100 HHV131100 HRR131100 IBN131100 ILJ131100 IVF131100 JFB131100 JOX131100 JYT131100 KIP131100 KSL131100 LCH131100 LMD131100 LVZ131100 MFV131100 MPR131100 MZN131100 NJJ131100 NTF131100 ODB131100 OMX131100 OWT131100 PGP131100 PQL131100 QAH131100 QKD131100 QTZ131100 RDV131100 RNR131100 RXN131100 SHJ131100 SRF131100 TBB131100 TKX131100 TUT131100 UEP131100 UOL131100 UYH131100 VID131100 VRZ131100 WBV131100 WLR131100 WVN131100 JB196636 SX196636 ACT196636 AMP196636 AWL196636 BGH196636 BQD196636 BZZ196636 CJV196636 CTR196636 DDN196636 DNJ196636 DXF196636 EHB196636 EQX196636 FAT196636 FKP196636 FUL196636 GEH196636 GOD196636 GXZ196636 HHV196636 HRR196636 IBN196636 ILJ196636 IVF196636 JFB196636 JOX196636 JYT196636 KIP196636 KSL196636 LCH196636 LMD196636 LVZ196636 MFV196636 MPR196636 MZN196636 NJJ196636 NTF196636 ODB196636 OMX196636 OWT196636 PGP196636 PQL196636 QAH196636 QKD196636 QTZ196636 RDV196636 RNR196636 RXN196636 SHJ196636 SRF196636 TBB196636 TKX196636 TUT196636 UEP196636 UOL196636 UYH196636 VID196636 VRZ196636 WBV196636 WLR196636 WVN196636 JB262172 SX262172 ACT262172 AMP262172 AWL262172 BGH262172 BQD262172 BZZ262172 CJV262172 CTR262172 DDN262172 DNJ262172 DXF262172 EHB262172 EQX262172 FAT262172 FKP262172 FUL262172 GEH262172 GOD262172 GXZ262172 HHV262172 HRR262172 IBN262172 ILJ262172 IVF262172 JFB262172 JOX262172 JYT262172 KIP262172 KSL262172 LCH262172 LMD262172 LVZ262172 MFV262172 MPR262172 MZN262172 NJJ262172 NTF262172 ODB262172 OMX262172 OWT262172 PGP262172 PQL262172 QAH262172 QKD262172 QTZ262172 RDV262172 RNR262172 RXN262172 SHJ262172 SRF262172 TBB262172 TKX262172 TUT262172 UEP262172 UOL262172 UYH262172 VID262172 VRZ262172 WBV262172 WLR262172 WVN262172 JB327708 SX327708 ACT327708 AMP327708 AWL327708 BGH327708 BQD327708 BZZ327708 CJV327708 CTR327708 DDN327708 DNJ327708 DXF327708 EHB327708 EQX327708 FAT327708 FKP327708 FUL327708 GEH327708 GOD327708 GXZ327708 HHV327708 HRR327708 IBN327708 ILJ327708 IVF327708 JFB327708 JOX327708 JYT327708 KIP327708 KSL327708 LCH327708 LMD327708 LVZ327708 MFV327708 MPR327708 MZN327708 NJJ327708 NTF327708 ODB327708 OMX327708 OWT327708 PGP327708 PQL327708 QAH327708 QKD327708 QTZ327708 RDV327708 RNR327708 RXN327708 SHJ327708 SRF327708 TBB327708 TKX327708 TUT327708 UEP327708 UOL327708 UYH327708 VID327708 VRZ327708 WBV327708 WLR327708 WVN327708 JB393244 SX393244 ACT393244 AMP393244 AWL393244 BGH393244 BQD393244 BZZ393244 CJV393244 CTR393244 DDN393244 DNJ393244 DXF393244 EHB393244 EQX393244 FAT393244 FKP393244 FUL393244 GEH393244 GOD393244 GXZ393244 HHV393244 HRR393244 IBN393244 ILJ393244 IVF393244 JFB393244 JOX393244 JYT393244 KIP393244 KSL393244 LCH393244 LMD393244 LVZ393244 MFV393244 MPR393244 MZN393244 NJJ393244 NTF393244 ODB393244 OMX393244 OWT393244 PGP393244 PQL393244 QAH393244 QKD393244 QTZ393244 RDV393244 RNR393244 RXN393244 SHJ393244 SRF393244 TBB393244 TKX393244 TUT393244 UEP393244 UOL393244 UYH393244 VID393244 VRZ393244 WBV393244 WLR393244 WVN393244 JB458780 SX458780 ACT458780 AMP458780 AWL458780 BGH458780 BQD458780 BZZ458780 CJV458780 CTR458780 DDN458780 DNJ458780 DXF458780 EHB458780 EQX458780 FAT458780 FKP458780 FUL458780 GEH458780 GOD458780 GXZ458780 HHV458780 HRR458780 IBN458780 ILJ458780 IVF458780 JFB458780 JOX458780 JYT458780 KIP458780 KSL458780 LCH458780 LMD458780 LVZ458780 MFV458780 MPR458780 MZN458780 NJJ458780 NTF458780 ODB458780 OMX458780 OWT458780 PGP458780 PQL458780 QAH458780 QKD458780 QTZ458780 RDV458780 RNR458780 RXN458780 SHJ458780 SRF458780 TBB458780 TKX458780 TUT458780 UEP458780 UOL458780 UYH458780 VID458780 VRZ458780 WBV458780 WLR458780 WVN458780 JB524316 SX524316 ACT524316 AMP524316 AWL524316 BGH524316 BQD524316 BZZ524316 CJV524316 CTR524316 DDN524316 DNJ524316 DXF524316 EHB524316 EQX524316 FAT524316 FKP524316 FUL524316 GEH524316 GOD524316 GXZ524316 HHV524316 HRR524316 IBN524316 ILJ524316 IVF524316 JFB524316 JOX524316 JYT524316 KIP524316 KSL524316 LCH524316 LMD524316 LVZ524316 MFV524316 MPR524316 MZN524316 NJJ524316 NTF524316 ODB524316 OMX524316 OWT524316 PGP524316 PQL524316 QAH524316 QKD524316 QTZ524316 RDV524316 RNR524316 RXN524316 SHJ524316 SRF524316 TBB524316 TKX524316 TUT524316 UEP524316 UOL524316 UYH524316 VID524316 VRZ524316 WBV524316 WLR524316 WVN524316 JB589852 SX589852 ACT589852 AMP589852 AWL589852 BGH589852 BQD589852 BZZ589852 CJV589852 CTR589852 DDN589852 DNJ589852 DXF589852 EHB589852 EQX589852 FAT589852 FKP589852 FUL589852 GEH589852 GOD589852 GXZ589852 HHV589852 HRR589852 IBN589852 ILJ589852 IVF589852 JFB589852 JOX589852 JYT589852 KIP589852 KSL589852 LCH589852 LMD589852 LVZ589852 MFV589852 MPR589852 MZN589852 NJJ589852 NTF589852 ODB589852 OMX589852 OWT589852 PGP589852 PQL589852 QAH589852 QKD589852 QTZ589852 RDV589852 RNR589852 RXN589852 SHJ589852 SRF589852 TBB589852 TKX589852 TUT589852 UEP589852 UOL589852 UYH589852 VID589852 VRZ589852 WBV589852 WLR589852 WVN589852 JB655388 SX655388 ACT655388 AMP655388 AWL655388 BGH655388 BQD655388 BZZ655388 CJV655388 CTR655388 DDN655388 DNJ655388 DXF655388 EHB655388 EQX655388 FAT655388 FKP655388 FUL655388 GEH655388 GOD655388 GXZ655388 HHV655388 HRR655388 IBN655388 ILJ655388 IVF655388 JFB655388 JOX655388 JYT655388 KIP655388 KSL655388 LCH655388 LMD655388 LVZ655388 MFV655388 MPR655388 MZN655388 NJJ655388 NTF655388 ODB655388 OMX655388 OWT655388 PGP655388 PQL655388 QAH655388 QKD655388 QTZ655388 RDV655388 RNR655388 RXN655388 SHJ655388 SRF655388 TBB655388 TKX655388 TUT655388 UEP655388 UOL655388 UYH655388 VID655388 VRZ655388 WBV655388 WLR655388 WVN655388 JB720924 SX720924 ACT720924 AMP720924 AWL720924 BGH720924 BQD720924 BZZ720924 CJV720924 CTR720924 DDN720924 DNJ720924 DXF720924 EHB720924 EQX720924 FAT720924 FKP720924 FUL720924 GEH720924 GOD720924 GXZ720924 HHV720924 HRR720924 IBN720924 ILJ720924 IVF720924 JFB720924 JOX720924 JYT720924 KIP720924 KSL720924 LCH720924 LMD720924 LVZ720924 MFV720924 MPR720924 MZN720924 NJJ720924 NTF720924 ODB720924 OMX720924 OWT720924 PGP720924 PQL720924 QAH720924 QKD720924 QTZ720924 RDV720924 RNR720924 RXN720924 SHJ720924 SRF720924 TBB720924 TKX720924 TUT720924 UEP720924 UOL720924 UYH720924 VID720924 VRZ720924 WBV720924 WLR720924 WVN720924 JB786460 SX786460 ACT786460 AMP786460 AWL786460 BGH786460 BQD786460 BZZ786460 CJV786460 CTR786460 DDN786460 DNJ786460 DXF786460 EHB786460 EQX786460 FAT786460 FKP786460 FUL786460 GEH786460 GOD786460 GXZ786460 HHV786460 HRR786460 IBN786460 ILJ786460 IVF786460 JFB786460 JOX786460 JYT786460 KIP786460 KSL786460 LCH786460 LMD786460 LVZ786460 MFV786460 MPR786460 MZN786460 NJJ786460 NTF786460 ODB786460 OMX786460 OWT786460 PGP786460 PQL786460 QAH786460 QKD786460 QTZ786460 RDV786460 RNR786460 RXN786460 SHJ786460 SRF786460 TBB786460 TKX786460 TUT786460 UEP786460 UOL786460 UYH786460 VID786460 VRZ786460 WBV786460 WLR786460 WVN786460 JB851996 SX851996 ACT851996 AMP851996 AWL851996 BGH851996 BQD851996 BZZ851996 CJV851996 CTR851996 DDN851996 DNJ851996 DXF851996 EHB851996 EQX851996 FAT851996 FKP851996 FUL851996 GEH851996 GOD851996 GXZ851996 HHV851996 HRR851996 IBN851996 ILJ851996 IVF851996 JFB851996 JOX851996 JYT851996 KIP851996 KSL851996 LCH851996 LMD851996 LVZ851996 MFV851996 MPR851996 MZN851996 NJJ851996 NTF851996 ODB851996 OMX851996 OWT851996 PGP851996 PQL851996 QAH851996 QKD851996 QTZ851996 RDV851996 RNR851996 RXN851996 SHJ851996 SRF851996 TBB851996 TKX851996 TUT851996 UEP851996 UOL851996 UYH851996 VID851996 VRZ851996 WBV851996 WLR851996 WVN851996 JB917532 SX917532 ACT917532 AMP917532 AWL917532 BGH917532 BQD917532 BZZ917532 CJV917532 CTR917532 DDN917532 DNJ917532 DXF917532 EHB917532 EQX917532 FAT917532 FKP917532 FUL917532 GEH917532 GOD917532 GXZ917532 HHV917532 HRR917532 IBN917532 ILJ917532 IVF917532 JFB917532 JOX917532 JYT917532 KIP917532 KSL917532 LCH917532 LMD917532 LVZ917532 MFV917532 MPR917532 MZN917532 NJJ917532 NTF917532 ODB917532 OMX917532 OWT917532 PGP917532 PQL917532 QAH917532 QKD917532 QTZ917532 RDV917532 RNR917532 RXN917532 SHJ917532 SRF917532 TBB917532 TKX917532 TUT917532 UEP917532 UOL917532 UYH917532 VID917532 VRZ917532 WBV917532 WLR917532 WVN917532 JB983068 SX983068 ACT983068 AMP983068 AWL983068 BGH983068 BQD983068 BZZ983068 CJV983068 CTR983068 DDN983068 DNJ983068 DXF983068 EHB983068 EQX983068 FAT983068 FKP983068 FUL983068 GEH983068 GOD983068 GXZ983068 HHV983068 HRR983068 IBN983068 ILJ983068 IVF983068 JFB983068 JOX983068 JYT983068 KIP983068 KSL983068 LCH983068 LMD983068 LVZ983068 MFV983068 MPR983068 MZN983068 NJJ983068 NTF983068 ODB983068 OMX983068 OWT983068 PGP983068 PQL983068 QAH983068 QKD983068 QTZ983068 RDV983068 RNR983068 RXN983068 SHJ983068 SRF983068 TBB983068 TKX983068 TUT983068 UEP983068 UOL983068 UYH983068 VID983068 VRZ983068 WBV983068 WLR983068 WVN983068" xr:uid="{00000000-0002-0000-0400-000003000000}"/>
+    <dataValidation allowBlank="1" errorTitle="N° de contribuable" error="Veuillez saisir les 15 chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012345" promptTitle="N° de contribuable" prompt="Veuillez saisir les 15 chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="Z3:AA3 JV3:JW3 TR3:TS3 ADN3:ADO3 ANJ3:ANK3 AXF3:AXG3 BHB3:BHC3 BQX3:BQY3 CAT3:CAU3 CKP3:CKQ3 CUL3:CUM3 DEH3:DEI3 DOD3:DOE3 DXZ3:DYA3 EHV3:EHW3 ERR3:ERS3 FBN3:FBO3 FLJ3:FLK3 FVF3:FVG3 GFB3:GFC3 GOX3:GOY3 GYT3:GYU3 HIP3:HIQ3 HSL3:HSM3 ICH3:ICI3 IMD3:IME3 IVZ3:IWA3 JFV3:JFW3 JPR3:JPS3 JZN3:JZO3 KJJ3:KJK3 KTF3:KTG3 LDB3:LDC3 LMX3:LMY3 LWT3:LWU3 MGP3:MGQ3 MQL3:MQM3 NAH3:NAI3 NKD3:NKE3 NTZ3:NUA3 ODV3:ODW3 ONR3:ONS3 OXN3:OXO3 PHJ3:PHK3 PRF3:PRG3 QBB3:QBC3 QKX3:QKY3 QUT3:QUU3 REP3:REQ3 ROL3:ROM3 RYH3:RYI3 SID3:SIE3 SRZ3:SSA3 TBV3:TBW3 TLR3:TLS3 TVN3:TVO3 UFJ3:UFK3 UPF3:UPG3 UZB3:UZC3 VIX3:VIY3 VST3:VSU3 WCP3:WCQ3 WML3:WMM3 WWH3:WWI3 Z65564:AA65564 JV65564:JW65564 TR65564:TS65564 ADN65564:ADO65564 ANJ65564:ANK65564 AXF65564:AXG65564 BHB65564:BHC65564 BQX65564:BQY65564 CAT65564:CAU65564 CKP65564:CKQ65564 CUL65564:CUM65564 DEH65564:DEI65564 DOD65564:DOE65564 DXZ65564:DYA65564 EHV65564:EHW65564 ERR65564:ERS65564 FBN65564:FBO65564 FLJ65564:FLK65564 FVF65564:FVG65564 GFB65564:GFC65564 GOX65564:GOY65564 GYT65564:GYU65564 HIP65564:HIQ65564 HSL65564:HSM65564 ICH65564:ICI65564 IMD65564:IME65564 IVZ65564:IWA65564 JFV65564:JFW65564 JPR65564:JPS65564 JZN65564:JZO65564 KJJ65564:KJK65564 KTF65564:KTG65564 LDB65564:LDC65564 LMX65564:LMY65564 LWT65564:LWU65564 MGP65564:MGQ65564 MQL65564:MQM65564 NAH65564:NAI65564 NKD65564:NKE65564 NTZ65564:NUA65564 ODV65564:ODW65564 ONR65564:ONS65564 OXN65564:OXO65564 PHJ65564:PHK65564 PRF65564:PRG65564 QBB65564:QBC65564 QKX65564:QKY65564 QUT65564:QUU65564 REP65564:REQ65564 ROL65564:ROM65564 RYH65564:RYI65564 SID65564:SIE65564 SRZ65564:SSA65564 TBV65564:TBW65564 TLR65564:TLS65564 TVN65564:TVO65564 UFJ65564:UFK65564 UPF65564:UPG65564 UZB65564:UZC65564 VIX65564:VIY65564 VST65564:VSU65564 WCP65564:WCQ65564 WML65564:WMM65564 WWH65564:WWI65564 Z131100:AA131100 JV131100:JW131100 TR131100:TS131100 ADN131100:ADO131100 ANJ131100:ANK131100 AXF131100:AXG131100 BHB131100:BHC131100 BQX131100:BQY131100 CAT131100:CAU131100 CKP131100:CKQ131100 CUL131100:CUM131100 DEH131100:DEI131100 DOD131100:DOE131100 DXZ131100:DYA131100 EHV131100:EHW131100 ERR131100:ERS131100 FBN131100:FBO131100 FLJ131100:FLK131100 FVF131100:FVG131100 GFB131100:GFC131100 GOX131100:GOY131100 GYT131100:GYU131100 HIP131100:HIQ131100 HSL131100:HSM131100 ICH131100:ICI131100 IMD131100:IME131100 IVZ131100:IWA131100 JFV131100:JFW131100 JPR131100:JPS131100 JZN131100:JZO131100 KJJ131100:KJK131100 KTF131100:KTG131100 LDB131100:LDC131100 LMX131100:LMY131100 LWT131100:LWU131100 MGP131100:MGQ131100 MQL131100:MQM131100 NAH131100:NAI131100 NKD131100:NKE131100 NTZ131100:NUA131100 ODV131100:ODW131100 ONR131100:ONS131100 OXN131100:OXO131100 PHJ131100:PHK131100 PRF131100:PRG131100 QBB131100:QBC131100 QKX131100:QKY131100 QUT131100:QUU131100 REP131100:REQ131100 ROL131100:ROM131100 RYH131100:RYI131100 SID131100:SIE131100 SRZ131100:SSA131100 TBV131100:TBW131100 TLR131100:TLS131100 TVN131100:TVO131100 UFJ131100:UFK131100 UPF131100:UPG131100 UZB131100:UZC131100 VIX131100:VIY131100 VST131100:VSU131100 WCP131100:WCQ131100 WML131100:WMM131100 WWH131100:WWI131100 Z196636:AA196636 JV196636:JW196636 TR196636:TS196636 ADN196636:ADO196636 ANJ196636:ANK196636 AXF196636:AXG196636 BHB196636:BHC196636 BQX196636:BQY196636 CAT196636:CAU196636 CKP196636:CKQ196636 CUL196636:CUM196636 DEH196636:DEI196636 DOD196636:DOE196636 DXZ196636:DYA196636 EHV196636:EHW196636 ERR196636:ERS196636 FBN196636:FBO196636 FLJ196636:FLK196636 FVF196636:FVG196636 GFB196636:GFC196636 GOX196636:GOY196636 GYT196636:GYU196636 HIP196636:HIQ196636 HSL196636:HSM196636 ICH196636:ICI196636 IMD196636:IME196636 IVZ196636:IWA196636 JFV196636:JFW196636 JPR196636:JPS196636 JZN196636:JZO196636 KJJ196636:KJK196636 KTF196636:KTG196636 LDB196636:LDC196636 LMX196636:LMY196636 LWT196636:LWU196636 MGP196636:MGQ196636 MQL196636:MQM196636 NAH196636:NAI196636 NKD196636:NKE196636 NTZ196636:NUA196636 ODV196636:ODW196636 ONR196636:ONS196636 OXN196636:OXO196636 PHJ196636:PHK196636 PRF196636:PRG196636 QBB196636:QBC196636 QKX196636:QKY196636 QUT196636:QUU196636 REP196636:REQ196636 ROL196636:ROM196636 RYH196636:RYI196636 SID196636:SIE196636 SRZ196636:SSA196636 TBV196636:TBW196636 TLR196636:TLS196636 TVN196636:TVO196636 UFJ196636:UFK196636 UPF196636:UPG196636 UZB196636:UZC196636 VIX196636:VIY196636 VST196636:VSU196636 WCP196636:WCQ196636 WML196636:WMM196636 WWH196636:WWI196636 Z262172:AA262172 JV262172:JW262172 TR262172:TS262172 ADN262172:ADO262172 ANJ262172:ANK262172 AXF262172:AXG262172 BHB262172:BHC262172 BQX262172:BQY262172 CAT262172:CAU262172 CKP262172:CKQ262172 CUL262172:CUM262172 DEH262172:DEI262172 DOD262172:DOE262172 DXZ262172:DYA262172 EHV262172:EHW262172 ERR262172:ERS262172 FBN262172:FBO262172 FLJ262172:FLK262172 FVF262172:FVG262172 GFB262172:GFC262172 GOX262172:GOY262172 GYT262172:GYU262172 HIP262172:HIQ262172 HSL262172:HSM262172 ICH262172:ICI262172 IMD262172:IME262172 IVZ262172:IWA262172 JFV262172:JFW262172 JPR262172:JPS262172 JZN262172:JZO262172 KJJ262172:KJK262172 KTF262172:KTG262172 LDB262172:LDC262172 LMX262172:LMY262172 LWT262172:LWU262172 MGP262172:MGQ262172 MQL262172:MQM262172 NAH262172:NAI262172 NKD262172:NKE262172 NTZ262172:NUA262172 ODV262172:ODW262172 ONR262172:ONS262172 OXN262172:OXO262172 PHJ262172:PHK262172 PRF262172:PRG262172 QBB262172:QBC262172 QKX262172:QKY262172 QUT262172:QUU262172 REP262172:REQ262172 ROL262172:ROM262172 RYH262172:RYI262172 SID262172:SIE262172 SRZ262172:SSA262172 TBV262172:TBW262172 TLR262172:TLS262172 TVN262172:TVO262172 UFJ262172:UFK262172 UPF262172:UPG262172 UZB262172:UZC262172 VIX262172:VIY262172 VST262172:VSU262172 WCP262172:WCQ262172 WML262172:WMM262172 WWH262172:WWI262172 Z327708:AA327708 JV327708:JW327708 TR327708:TS327708 ADN327708:ADO327708 ANJ327708:ANK327708 AXF327708:AXG327708 BHB327708:BHC327708 BQX327708:BQY327708 CAT327708:CAU327708 CKP327708:CKQ327708 CUL327708:CUM327708 DEH327708:DEI327708 DOD327708:DOE327708 DXZ327708:DYA327708 EHV327708:EHW327708 ERR327708:ERS327708 FBN327708:FBO327708 FLJ327708:FLK327708 FVF327708:FVG327708 GFB327708:GFC327708 GOX327708:GOY327708 GYT327708:GYU327708 HIP327708:HIQ327708 HSL327708:HSM327708 ICH327708:ICI327708 IMD327708:IME327708 IVZ327708:IWA327708 JFV327708:JFW327708 JPR327708:JPS327708 JZN327708:JZO327708 KJJ327708:KJK327708 KTF327708:KTG327708 LDB327708:LDC327708 LMX327708:LMY327708 LWT327708:LWU327708 MGP327708:MGQ327708 MQL327708:MQM327708 NAH327708:NAI327708 NKD327708:NKE327708 NTZ327708:NUA327708 ODV327708:ODW327708 ONR327708:ONS327708 OXN327708:OXO327708 PHJ327708:PHK327708 PRF327708:PRG327708 QBB327708:QBC327708 QKX327708:QKY327708 QUT327708:QUU327708 REP327708:REQ327708 ROL327708:ROM327708 RYH327708:RYI327708 SID327708:SIE327708 SRZ327708:SSA327708 TBV327708:TBW327708 TLR327708:TLS327708 TVN327708:TVO327708 UFJ327708:UFK327708 UPF327708:UPG327708 UZB327708:UZC327708 VIX327708:VIY327708 VST327708:VSU327708 WCP327708:WCQ327708 WML327708:WMM327708 WWH327708:WWI327708 Z393244:AA393244 JV393244:JW393244 TR393244:TS393244 ADN393244:ADO393244 ANJ393244:ANK393244 AXF393244:AXG393244 BHB393244:BHC393244 BQX393244:BQY393244 CAT393244:CAU393244 CKP393244:CKQ393244 CUL393244:CUM393244 DEH393244:DEI393244 DOD393244:DOE393244 DXZ393244:DYA393244 EHV393244:EHW393244 ERR393244:ERS393244 FBN393244:FBO393244 FLJ393244:FLK393244 FVF393244:FVG393244 GFB393244:GFC393244 GOX393244:GOY393244 GYT393244:GYU393244 HIP393244:HIQ393244 HSL393244:HSM393244 ICH393244:ICI393244 IMD393244:IME393244 IVZ393244:IWA393244 JFV393244:JFW393244 JPR393244:JPS393244 JZN393244:JZO393244 KJJ393244:KJK393244 KTF393244:KTG393244 LDB393244:LDC393244 LMX393244:LMY393244 LWT393244:LWU393244 MGP393244:MGQ393244 MQL393244:MQM393244 NAH393244:NAI393244 NKD393244:NKE393244 NTZ393244:NUA393244 ODV393244:ODW393244 ONR393244:ONS393244 OXN393244:OXO393244 PHJ393244:PHK393244 PRF393244:PRG393244 QBB393244:QBC393244 QKX393244:QKY393244 QUT393244:QUU393244 REP393244:REQ393244 ROL393244:ROM393244 RYH393244:RYI393244 SID393244:SIE393244 SRZ393244:SSA393244 TBV393244:TBW393244 TLR393244:TLS393244 TVN393244:TVO393244 UFJ393244:UFK393244 UPF393244:UPG393244 UZB393244:UZC393244 VIX393244:VIY393244 VST393244:VSU393244 WCP393244:WCQ393244 WML393244:WMM393244 WWH393244:WWI393244 Z458780:AA458780 JV458780:JW458780 TR458780:TS458780 ADN458780:ADO458780 ANJ458780:ANK458780 AXF458780:AXG458780 BHB458780:BHC458780 BQX458780:BQY458780 CAT458780:CAU458780 CKP458780:CKQ458780 CUL458780:CUM458780 DEH458780:DEI458780 DOD458780:DOE458780 DXZ458780:DYA458780 EHV458780:EHW458780 ERR458780:ERS458780 FBN458780:FBO458780 FLJ458780:FLK458780 FVF458780:FVG458780 GFB458780:GFC458780 GOX458780:GOY458780 GYT458780:GYU458780 HIP458780:HIQ458780 HSL458780:HSM458780 ICH458780:ICI458780 IMD458780:IME458780 IVZ458780:IWA458780 JFV458780:JFW458780 JPR458780:JPS458780 JZN458780:JZO458780 KJJ458780:KJK458780 KTF458780:KTG458780 LDB458780:LDC458780 LMX458780:LMY458780 LWT458780:LWU458780 MGP458780:MGQ458780 MQL458780:MQM458780 NAH458780:NAI458780 NKD458780:NKE458780 NTZ458780:NUA458780 ODV458780:ODW458780 ONR458780:ONS458780 OXN458780:OXO458780 PHJ458780:PHK458780 PRF458780:PRG458780 QBB458780:QBC458780 QKX458780:QKY458780 QUT458780:QUU458780 REP458780:REQ458780 ROL458780:ROM458780 RYH458780:RYI458780 SID458780:SIE458780 SRZ458780:SSA458780 TBV458780:TBW458780 TLR458780:TLS458780 TVN458780:TVO458780 UFJ458780:UFK458780 UPF458780:UPG458780 UZB458780:UZC458780 VIX458780:VIY458780 VST458780:VSU458780 WCP458780:WCQ458780 WML458780:WMM458780 WWH458780:WWI458780 Z524316:AA524316 JV524316:JW524316 TR524316:TS524316 ADN524316:ADO524316 ANJ524316:ANK524316 AXF524316:AXG524316 BHB524316:BHC524316 BQX524316:BQY524316 CAT524316:CAU524316 CKP524316:CKQ524316 CUL524316:CUM524316 DEH524316:DEI524316 DOD524316:DOE524316 DXZ524316:DYA524316 EHV524316:EHW524316 ERR524316:ERS524316 FBN524316:FBO524316 FLJ524316:FLK524316 FVF524316:FVG524316 GFB524316:GFC524316 GOX524316:GOY524316 GYT524316:GYU524316 HIP524316:HIQ524316 HSL524316:HSM524316 ICH524316:ICI524316 IMD524316:IME524316 IVZ524316:IWA524316 JFV524316:JFW524316 JPR524316:JPS524316 JZN524316:JZO524316 KJJ524316:KJK524316 KTF524316:KTG524316 LDB524316:LDC524316 LMX524316:LMY524316 LWT524316:LWU524316 MGP524316:MGQ524316 MQL524316:MQM524316 NAH524316:NAI524316 NKD524316:NKE524316 NTZ524316:NUA524316 ODV524316:ODW524316 ONR524316:ONS524316 OXN524316:OXO524316 PHJ524316:PHK524316 PRF524316:PRG524316 QBB524316:QBC524316 QKX524316:QKY524316 QUT524316:QUU524316 REP524316:REQ524316 ROL524316:ROM524316 RYH524316:RYI524316 SID524316:SIE524316 SRZ524316:SSA524316 TBV524316:TBW524316 TLR524316:TLS524316 TVN524316:TVO524316 UFJ524316:UFK524316 UPF524316:UPG524316 UZB524316:UZC524316 VIX524316:VIY524316 VST524316:VSU524316 WCP524316:WCQ524316 WML524316:WMM524316 WWH524316:WWI524316 Z589852:AA589852 JV589852:JW589852 TR589852:TS589852 ADN589852:ADO589852 ANJ589852:ANK589852 AXF589852:AXG589852 BHB589852:BHC589852 BQX589852:BQY589852 CAT589852:CAU589852 CKP589852:CKQ589852 CUL589852:CUM589852 DEH589852:DEI589852 DOD589852:DOE589852 DXZ589852:DYA589852 EHV589852:EHW589852 ERR589852:ERS589852 FBN589852:FBO589852 FLJ589852:FLK589852 FVF589852:FVG589852 GFB589852:GFC589852 GOX589852:GOY589852 GYT589852:GYU589852 HIP589852:HIQ589852 HSL589852:HSM589852 ICH589852:ICI589852 IMD589852:IME589852 IVZ589852:IWA589852 JFV589852:JFW589852 JPR589852:JPS589852 JZN589852:JZO589852 KJJ589852:KJK589852 KTF589852:KTG589852 LDB589852:LDC589852 LMX589852:LMY589852 LWT589852:LWU589852 MGP589852:MGQ589852 MQL589852:MQM589852 NAH589852:NAI589852 NKD589852:NKE589852 NTZ589852:NUA589852 ODV589852:ODW589852 ONR589852:ONS589852 OXN589852:OXO589852 PHJ589852:PHK589852 PRF589852:PRG589852 QBB589852:QBC589852 QKX589852:QKY589852 QUT589852:QUU589852 REP589852:REQ589852 ROL589852:ROM589852 RYH589852:RYI589852 SID589852:SIE589852 SRZ589852:SSA589852 TBV589852:TBW589852 TLR589852:TLS589852 TVN589852:TVO589852 UFJ589852:UFK589852 UPF589852:UPG589852 UZB589852:UZC589852 VIX589852:VIY589852 VST589852:VSU589852 WCP589852:WCQ589852 WML589852:WMM589852 WWH589852:WWI589852 Z655388:AA655388 JV655388:JW655388 TR655388:TS655388 ADN655388:ADO655388 ANJ655388:ANK655388 AXF655388:AXG655388 BHB655388:BHC655388 BQX655388:BQY655388 CAT655388:CAU655388 CKP655388:CKQ655388 CUL655388:CUM655388 DEH655388:DEI655388 DOD655388:DOE655388 DXZ655388:DYA655388 EHV655388:EHW655388 ERR655388:ERS655388 FBN655388:FBO655388 FLJ655388:FLK655388 FVF655388:FVG655388 GFB655388:GFC655388 GOX655388:GOY655388 GYT655388:GYU655388 HIP655388:HIQ655388 HSL655388:HSM655388 ICH655388:ICI655388 IMD655388:IME655388 IVZ655388:IWA655388 JFV655388:JFW655388 JPR655388:JPS655388 JZN655388:JZO655388 KJJ655388:KJK655388 KTF655388:KTG655388 LDB655388:LDC655388 LMX655388:LMY655388 LWT655388:LWU655388 MGP655388:MGQ655388 MQL655388:MQM655388 NAH655388:NAI655388 NKD655388:NKE655388 NTZ655388:NUA655388 ODV655388:ODW655388 ONR655388:ONS655388 OXN655388:OXO655388 PHJ655388:PHK655388 PRF655388:PRG655388 QBB655388:QBC655388 QKX655388:QKY655388 QUT655388:QUU655388 REP655388:REQ655388 ROL655388:ROM655388 RYH655388:RYI655388 SID655388:SIE655388 SRZ655388:SSA655388 TBV655388:TBW655388 TLR655388:TLS655388 TVN655388:TVO655388 UFJ655388:UFK655388 UPF655388:UPG655388 UZB655388:UZC655388 VIX655388:VIY655388 VST655388:VSU655388 WCP655388:WCQ655388 WML655388:WMM655388 WWH655388:WWI655388 Z720924:AA720924 JV720924:JW720924 TR720924:TS720924 ADN720924:ADO720924 ANJ720924:ANK720924 AXF720924:AXG720924 BHB720924:BHC720924 BQX720924:BQY720924 CAT720924:CAU720924 CKP720924:CKQ720924 CUL720924:CUM720924 DEH720924:DEI720924 DOD720924:DOE720924 DXZ720924:DYA720924 EHV720924:EHW720924 ERR720924:ERS720924 FBN720924:FBO720924 FLJ720924:FLK720924 FVF720924:FVG720924 GFB720924:GFC720924 GOX720924:GOY720924 GYT720924:GYU720924 HIP720924:HIQ720924 HSL720924:HSM720924 ICH720924:ICI720924 IMD720924:IME720924 IVZ720924:IWA720924 JFV720924:JFW720924 JPR720924:JPS720924 JZN720924:JZO720924 KJJ720924:KJK720924 KTF720924:KTG720924 LDB720924:LDC720924 LMX720924:LMY720924 LWT720924:LWU720924 MGP720924:MGQ720924 MQL720924:MQM720924 NAH720924:NAI720924 NKD720924:NKE720924 NTZ720924:NUA720924 ODV720924:ODW720924 ONR720924:ONS720924 OXN720924:OXO720924 PHJ720924:PHK720924 PRF720924:PRG720924 QBB720924:QBC720924 QKX720924:QKY720924 QUT720924:QUU720924 REP720924:REQ720924 ROL720924:ROM720924 RYH720924:RYI720924 SID720924:SIE720924 SRZ720924:SSA720924 TBV720924:TBW720924 TLR720924:TLS720924 TVN720924:TVO720924 UFJ720924:UFK720924 UPF720924:UPG720924 UZB720924:UZC720924 VIX720924:VIY720924 VST720924:VSU720924 WCP720924:WCQ720924 WML720924:WMM720924 WWH720924:WWI720924 Z786460:AA786460 JV786460:JW786460 TR786460:TS786460 ADN786460:ADO786460 ANJ786460:ANK786460 AXF786460:AXG786460 BHB786460:BHC786460 BQX786460:BQY786460 CAT786460:CAU786460 CKP786460:CKQ786460 CUL786460:CUM786460 DEH786460:DEI786460 DOD786460:DOE786460 DXZ786460:DYA786460 EHV786460:EHW786460 ERR786460:ERS786460 FBN786460:FBO786460 FLJ786460:FLK786460 FVF786460:FVG786460 GFB786460:GFC786460 GOX786460:GOY786460 GYT786460:GYU786460 HIP786460:HIQ786460 HSL786460:HSM786460 ICH786460:ICI786460 IMD786460:IME786460 IVZ786460:IWA786460 JFV786460:JFW786460 JPR786460:JPS786460 JZN786460:JZO786460 KJJ786460:KJK786460 KTF786460:KTG786460 LDB786460:LDC786460 LMX786460:LMY786460 LWT786460:LWU786460 MGP786460:MGQ786460 MQL786460:MQM786460 NAH786460:NAI786460 NKD786460:NKE786460 NTZ786460:NUA786460 ODV786460:ODW786460 ONR786460:ONS786460 OXN786460:OXO786460 PHJ786460:PHK786460 PRF786460:PRG786460 QBB786460:QBC786460 QKX786460:QKY786460 QUT786460:QUU786460 REP786460:REQ786460 ROL786460:ROM786460 RYH786460:RYI786460 SID786460:SIE786460 SRZ786460:SSA786460 TBV786460:TBW786460 TLR786460:TLS786460 TVN786460:TVO786460 UFJ786460:UFK786460 UPF786460:UPG786460 UZB786460:UZC786460 VIX786460:VIY786460 VST786460:VSU786460 WCP786460:WCQ786460 WML786460:WMM786460 WWH786460:WWI786460 Z851996:AA851996 JV851996:JW851996 TR851996:TS851996 ADN851996:ADO851996 ANJ851996:ANK851996 AXF851996:AXG851996 BHB851996:BHC851996 BQX851996:BQY851996 CAT851996:CAU851996 CKP851996:CKQ851996 CUL851996:CUM851996 DEH851996:DEI851996 DOD851996:DOE851996 DXZ851996:DYA851996 EHV851996:EHW851996 ERR851996:ERS851996 FBN851996:FBO851996 FLJ851996:FLK851996 FVF851996:FVG851996 GFB851996:GFC851996 GOX851996:GOY851996 GYT851996:GYU851996 HIP851996:HIQ851996 HSL851996:HSM851996 ICH851996:ICI851996 IMD851996:IME851996 IVZ851996:IWA851996 JFV851996:JFW851996 JPR851996:JPS851996 JZN851996:JZO851996 KJJ851996:KJK851996 KTF851996:KTG851996 LDB851996:LDC851996 LMX851996:LMY851996 LWT851996:LWU851996 MGP851996:MGQ851996 MQL851996:MQM851996 NAH851996:NAI851996 NKD851996:NKE851996 NTZ851996:NUA851996 ODV851996:ODW851996 ONR851996:ONS851996 OXN851996:OXO851996 PHJ851996:PHK851996 PRF851996:PRG851996 QBB851996:QBC851996 QKX851996:QKY851996 QUT851996:QUU851996 REP851996:REQ851996 ROL851996:ROM851996 RYH851996:RYI851996 SID851996:SIE851996 SRZ851996:SSA851996 TBV851996:TBW851996 TLR851996:TLS851996 TVN851996:TVO851996 UFJ851996:UFK851996 UPF851996:UPG851996 UZB851996:UZC851996 VIX851996:VIY851996 VST851996:VSU851996 WCP851996:WCQ851996 WML851996:WMM851996 WWH851996:WWI851996 Z917532:AA917532 JV917532:JW917532 TR917532:TS917532 ADN917532:ADO917532 ANJ917532:ANK917532 AXF917532:AXG917532 BHB917532:BHC917532 BQX917532:BQY917532 CAT917532:CAU917532 CKP917532:CKQ917532 CUL917532:CUM917532 DEH917532:DEI917532 DOD917532:DOE917532 DXZ917532:DYA917532 EHV917532:EHW917532 ERR917532:ERS917532 FBN917532:FBO917532 FLJ917532:FLK917532 FVF917532:FVG917532 GFB917532:GFC917532 GOX917532:GOY917532 GYT917532:GYU917532 HIP917532:HIQ917532 HSL917532:HSM917532 ICH917532:ICI917532 IMD917532:IME917532 IVZ917532:IWA917532 JFV917532:JFW917532 JPR917532:JPS917532 JZN917532:JZO917532 KJJ917532:KJK917532 KTF917532:KTG917532 LDB917532:LDC917532 LMX917532:LMY917532 LWT917532:LWU917532 MGP917532:MGQ917532 MQL917532:MQM917532 NAH917532:NAI917532 NKD917532:NKE917532 NTZ917532:NUA917532 ODV917532:ODW917532 ONR917532:ONS917532 OXN917532:OXO917532 PHJ917532:PHK917532 PRF917532:PRG917532 QBB917532:QBC917532 QKX917532:QKY917532 QUT917532:QUU917532 REP917532:REQ917532 ROL917532:ROM917532 RYH917532:RYI917532 SID917532:SIE917532 SRZ917532:SSA917532 TBV917532:TBW917532 TLR917532:TLS917532 TVN917532:TVO917532 UFJ917532:UFK917532 UPF917532:UPG917532 UZB917532:UZC917532 VIX917532:VIY917532 VST917532:VSU917532 WCP917532:WCQ917532 WML917532:WMM917532 WWH917532:WWI917532 Z983068:AA983068 JV983068:JW983068 TR983068:TS983068 ADN983068:ADO983068 ANJ983068:ANK983068 AXF983068:AXG983068 BHB983068:BHC983068 BQX983068:BQY983068 CAT983068:CAU983068 CKP983068:CKQ983068 CUL983068:CUM983068 DEH983068:DEI983068 DOD983068:DOE983068 DXZ983068:DYA983068 EHV983068:EHW983068 ERR983068:ERS983068 FBN983068:FBO983068 FLJ983068:FLK983068 FVF983068:FVG983068 GFB983068:GFC983068 GOX983068:GOY983068 GYT983068:GYU983068 HIP983068:HIQ983068 HSL983068:HSM983068 ICH983068:ICI983068 IMD983068:IME983068 IVZ983068:IWA983068 JFV983068:JFW983068 JPR983068:JPS983068 JZN983068:JZO983068 KJJ983068:KJK983068 KTF983068:KTG983068 LDB983068:LDC983068 LMX983068:LMY983068 LWT983068:LWU983068 MGP983068:MGQ983068 MQL983068:MQM983068 NAH983068:NAI983068 NKD983068:NKE983068 NTZ983068:NUA983068 ODV983068:ODW983068 ONR983068:ONS983068 OXN983068:OXO983068 PHJ983068:PHK983068 PRF983068:PRG983068 QBB983068:QBC983068 QKX983068:QKY983068 QUT983068:QUU983068 REP983068:REQ983068 ROL983068:ROM983068 RYH983068:RYI983068 SID983068:SIE983068 SRZ983068:SSA983068 TBV983068:TBW983068 TLR983068:TLS983068 TVN983068:TVO983068 UFJ983068:UFK983068 UPF983068:UPG983068 UZB983068:UZC983068 VIX983068:VIY983068 VST983068:VSU983068 WCP983068:WCQ983068 WML983068:WMM983068 WWH983068:WWI983068 AR3:AS3 KN3:KO3 UJ3:UK3 AEF3:AEG3 AOB3:AOC3 AXX3:AXY3 BHT3:BHU3 BRP3:BRQ3 CBL3:CBM3 CLH3:CLI3 CVD3:CVE3 DEZ3:DFA3 DOV3:DOW3 DYR3:DYS3 EIN3:EIO3 ESJ3:ESK3 FCF3:FCG3 FMB3:FMC3 FVX3:FVY3 GFT3:GFU3 GPP3:GPQ3 GZL3:GZM3 HJH3:HJI3 HTD3:HTE3 ICZ3:IDA3 IMV3:IMW3 IWR3:IWS3 JGN3:JGO3 JQJ3:JQK3 KAF3:KAG3 KKB3:KKC3 KTX3:KTY3 LDT3:LDU3 LNP3:LNQ3 LXL3:LXM3 MHH3:MHI3 MRD3:MRE3 NAZ3:NBA3 NKV3:NKW3 NUR3:NUS3 OEN3:OEO3 OOJ3:OOK3 OYF3:OYG3 PIB3:PIC3 PRX3:PRY3 QBT3:QBU3 QLP3:QLQ3 QVL3:QVM3 RFH3:RFI3 RPD3:RPE3 RYZ3:RZA3 SIV3:SIW3 SSR3:SSS3 TCN3:TCO3 TMJ3:TMK3 TWF3:TWG3 UGB3:UGC3 UPX3:UPY3 UZT3:UZU3 VJP3:VJQ3 VTL3:VTM3 WDH3:WDI3 WND3:WNE3 WWZ3:WXA3 AR65564:AS65564 KN65564:KO65564 UJ65564:UK65564 AEF65564:AEG65564 AOB65564:AOC65564 AXX65564:AXY65564 BHT65564:BHU65564 BRP65564:BRQ65564 CBL65564:CBM65564 CLH65564:CLI65564 CVD65564:CVE65564 DEZ65564:DFA65564 DOV65564:DOW65564 DYR65564:DYS65564 EIN65564:EIO65564 ESJ65564:ESK65564 FCF65564:FCG65564 FMB65564:FMC65564 FVX65564:FVY65564 GFT65564:GFU65564 GPP65564:GPQ65564 GZL65564:GZM65564 HJH65564:HJI65564 HTD65564:HTE65564 ICZ65564:IDA65564 IMV65564:IMW65564 IWR65564:IWS65564 JGN65564:JGO65564 JQJ65564:JQK65564 KAF65564:KAG65564 KKB65564:KKC65564 KTX65564:KTY65564 LDT65564:LDU65564 LNP65564:LNQ65564 LXL65564:LXM65564 MHH65564:MHI65564 MRD65564:MRE65564 NAZ65564:NBA65564 NKV65564:NKW65564 NUR65564:NUS65564 OEN65564:OEO65564 OOJ65564:OOK65564 OYF65564:OYG65564 PIB65564:PIC65564 PRX65564:PRY65564 QBT65564:QBU65564 QLP65564:QLQ65564 QVL65564:QVM65564 RFH65564:RFI65564 RPD65564:RPE65564 RYZ65564:RZA65564 SIV65564:SIW65564 SSR65564:SSS65564 TCN65564:TCO65564 TMJ65564:TMK65564 TWF65564:TWG65564 UGB65564:UGC65564 UPX65564:UPY65564 UZT65564:UZU65564 VJP65564:VJQ65564 VTL65564:VTM65564 WDH65564:WDI65564 WND65564:WNE65564 WWZ65564:WXA65564 AR131100:AS131100 KN131100:KO131100 UJ131100:UK131100 AEF131100:AEG131100 AOB131100:AOC131100 AXX131100:AXY131100 BHT131100:BHU131100 BRP131100:BRQ131100 CBL131100:CBM131100 CLH131100:CLI131100 CVD131100:CVE131100 DEZ131100:DFA131100 DOV131100:DOW131100 DYR131100:DYS131100 EIN131100:EIO131100 ESJ131100:ESK131100 FCF131100:FCG131100 FMB131100:FMC131100 FVX131100:FVY131100 GFT131100:GFU131100 GPP131100:GPQ131100 GZL131100:GZM131100 HJH131100:HJI131100 HTD131100:HTE131100 ICZ131100:IDA131100 IMV131100:IMW131100 IWR131100:IWS131100 JGN131100:JGO131100 JQJ131100:JQK131100 KAF131100:KAG131100 KKB131100:KKC131100 KTX131100:KTY131100 LDT131100:LDU131100 LNP131100:LNQ131100 LXL131100:LXM131100 MHH131100:MHI131100 MRD131100:MRE131100 NAZ131100:NBA131100 NKV131100:NKW131100 NUR131100:NUS131100 OEN131100:OEO131100 OOJ131100:OOK131100 OYF131100:OYG131100 PIB131100:PIC131100 PRX131100:PRY131100 QBT131100:QBU131100 QLP131100:QLQ131100 QVL131100:QVM131100 RFH131100:RFI131100 RPD131100:RPE131100 RYZ131100:RZA131100 SIV131100:SIW131100 SSR131100:SSS131100 TCN131100:TCO131100 TMJ131100:TMK131100 TWF131100:TWG131100 UGB131100:UGC131100 UPX131100:UPY131100 UZT131100:UZU131100 VJP131100:VJQ131100 VTL131100:VTM131100 WDH131100:WDI131100 WND131100:WNE131100 WWZ131100:WXA131100 AR196636:AS196636 KN196636:KO196636 UJ196636:UK196636 AEF196636:AEG196636 AOB196636:AOC196636 AXX196636:AXY196636 BHT196636:BHU196636 BRP196636:BRQ196636 CBL196636:CBM196636 CLH196636:CLI196636 CVD196636:CVE196636 DEZ196636:DFA196636 DOV196636:DOW196636 DYR196636:DYS196636 EIN196636:EIO196636 ESJ196636:ESK196636 FCF196636:FCG196636 FMB196636:FMC196636 FVX196636:FVY196636 GFT196636:GFU196636 GPP196636:GPQ196636 GZL196636:GZM196636 HJH196636:HJI196636 HTD196636:HTE196636 ICZ196636:IDA196636 IMV196636:IMW196636 IWR196636:IWS196636 JGN196636:JGO196636 JQJ196636:JQK196636 KAF196636:KAG196636 KKB196636:KKC196636 KTX196636:KTY196636 LDT196636:LDU196636 LNP196636:LNQ196636 LXL196636:LXM196636 MHH196636:MHI196636 MRD196636:MRE196636 NAZ196636:NBA196636 NKV196636:NKW196636 NUR196636:NUS196636 OEN196636:OEO196636 OOJ196636:OOK196636 OYF196636:OYG196636 PIB196636:PIC196636 PRX196636:PRY196636 QBT196636:QBU196636 QLP196636:QLQ196636 QVL196636:QVM196636 RFH196636:RFI196636 RPD196636:RPE196636 RYZ196636:RZA196636 SIV196636:SIW196636 SSR196636:SSS196636 TCN196636:TCO196636 TMJ196636:TMK196636 TWF196636:TWG196636 UGB196636:UGC196636 UPX196636:UPY196636 UZT196636:UZU196636 VJP196636:VJQ196636 VTL196636:VTM196636 WDH196636:WDI196636 WND196636:WNE196636 WWZ196636:WXA196636 AR262172:AS262172 KN262172:KO262172 UJ262172:UK262172 AEF262172:AEG262172 AOB262172:AOC262172 AXX262172:AXY262172 BHT262172:BHU262172 BRP262172:BRQ262172 CBL262172:CBM262172 CLH262172:CLI262172 CVD262172:CVE262172 DEZ262172:DFA262172 DOV262172:DOW262172 DYR262172:DYS262172 EIN262172:EIO262172 ESJ262172:ESK262172 FCF262172:FCG262172 FMB262172:FMC262172 FVX262172:FVY262172 GFT262172:GFU262172 GPP262172:GPQ262172 GZL262172:GZM262172 HJH262172:HJI262172 HTD262172:HTE262172 ICZ262172:IDA262172 IMV262172:IMW262172 IWR262172:IWS262172 JGN262172:JGO262172 JQJ262172:JQK262172 KAF262172:KAG262172 KKB262172:KKC262172 KTX262172:KTY262172 LDT262172:LDU262172 LNP262172:LNQ262172 LXL262172:LXM262172 MHH262172:MHI262172 MRD262172:MRE262172 NAZ262172:NBA262172 NKV262172:NKW262172 NUR262172:NUS262172 OEN262172:OEO262172 OOJ262172:OOK262172 OYF262172:OYG262172 PIB262172:PIC262172 PRX262172:PRY262172 QBT262172:QBU262172 QLP262172:QLQ262172 QVL262172:QVM262172 RFH262172:RFI262172 RPD262172:RPE262172 RYZ262172:RZA262172 SIV262172:SIW262172 SSR262172:SSS262172 TCN262172:TCO262172 TMJ262172:TMK262172 TWF262172:TWG262172 UGB262172:UGC262172 UPX262172:UPY262172 UZT262172:UZU262172 VJP262172:VJQ262172 VTL262172:VTM262172 WDH262172:WDI262172 WND262172:WNE262172 WWZ262172:WXA262172 AR327708:AS327708 KN327708:KO327708 UJ327708:UK327708 AEF327708:AEG327708 AOB327708:AOC327708 AXX327708:AXY327708 BHT327708:BHU327708 BRP327708:BRQ327708 CBL327708:CBM327708 CLH327708:CLI327708 CVD327708:CVE327708 DEZ327708:DFA327708 DOV327708:DOW327708 DYR327708:DYS327708 EIN327708:EIO327708 ESJ327708:ESK327708 FCF327708:FCG327708 FMB327708:FMC327708 FVX327708:FVY327708 GFT327708:GFU327708 GPP327708:GPQ327708 GZL327708:GZM327708 HJH327708:HJI327708 HTD327708:HTE327708 ICZ327708:IDA327708 IMV327708:IMW327708 IWR327708:IWS327708 JGN327708:JGO327708 JQJ327708:JQK327708 KAF327708:KAG327708 KKB327708:KKC327708 KTX327708:KTY327708 LDT327708:LDU327708 LNP327708:LNQ327708 LXL327708:LXM327708 MHH327708:MHI327708 MRD327708:MRE327708 NAZ327708:NBA327708 NKV327708:NKW327708 NUR327708:NUS327708 OEN327708:OEO327708 OOJ327708:OOK327708 OYF327708:OYG327708 PIB327708:PIC327708 PRX327708:PRY327708 QBT327708:QBU327708 QLP327708:QLQ327708 QVL327708:QVM327708 RFH327708:RFI327708 RPD327708:RPE327708 RYZ327708:RZA327708 SIV327708:SIW327708 SSR327708:SSS327708 TCN327708:TCO327708 TMJ327708:TMK327708 TWF327708:TWG327708 UGB327708:UGC327708 UPX327708:UPY327708 UZT327708:UZU327708 VJP327708:VJQ327708 VTL327708:VTM327708 WDH327708:WDI327708 WND327708:WNE327708 WWZ327708:WXA327708 AR393244:AS393244 KN393244:KO393244 UJ393244:UK393244 AEF393244:AEG393244 AOB393244:AOC393244 AXX393244:AXY393244 BHT393244:BHU393244 BRP393244:BRQ393244 CBL393244:CBM393244 CLH393244:CLI393244 CVD393244:CVE393244 DEZ393244:DFA393244 DOV393244:DOW393244 DYR393244:DYS393244 EIN393244:EIO393244 ESJ393244:ESK393244 FCF393244:FCG393244 FMB393244:FMC393244 FVX393244:FVY393244 GFT393244:GFU393244 GPP393244:GPQ393244 GZL393244:GZM393244 HJH393244:HJI393244 HTD393244:HTE393244 ICZ393244:IDA393244 IMV393244:IMW393244 IWR393244:IWS393244 JGN393244:JGO393244 JQJ393244:JQK393244 KAF393244:KAG393244 KKB393244:KKC393244 KTX393244:KTY393244 LDT393244:LDU393244 LNP393244:LNQ393244 LXL393244:LXM393244 MHH393244:MHI393244 MRD393244:MRE393244 NAZ393244:NBA393244 NKV393244:NKW393244 NUR393244:NUS393244 OEN393244:OEO393244 OOJ393244:OOK393244 OYF393244:OYG393244 PIB393244:PIC393244 PRX393244:PRY393244 QBT393244:QBU393244 QLP393244:QLQ393244 QVL393244:QVM393244 RFH393244:RFI393244 RPD393244:RPE393244 RYZ393244:RZA393244 SIV393244:SIW393244 SSR393244:SSS393244 TCN393244:TCO393244 TMJ393244:TMK393244 TWF393244:TWG393244 UGB393244:UGC393244 UPX393244:UPY393244 UZT393244:UZU393244 VJP393244:VJQ393244 VTL393244:VTM393244 WDH393244:WDI393244 WND393244:WNE393244 WWZ393244:WXA393244 AR458780:AS458780 KN458780:KO458780 UJ458780:UK458780 AEF458780:AEG458780 AOB458780:AOC458780 AXX458780:AXY458780 BHT458780:BHU458780 BRP458780:BRQ458780 CBL458780:CBM458780 CLH458780:CLI458780 CVD458780:CVE458780 DEZ458780:DFA458780 DOV458780:DOW458780 DYR458780:DYS458780 EIN458780:EIO458780 ESJ458780:ESK458780 FCF458780:FCG458780 FMB458780:FMC458780 FVX458780:FVY458780 GFT458780:GFU458780 GPP458780:GPQ458780 GZL458780:GZM458780 HJH458780:HJI458780 HTD458780:HTE458780 ICZ458780:IDA458780 IMV458780:IMW458780 IWR458780:IWS458780 JGN458780:JGO458780 JQJ458780:JQK458780 KAF458780:KAG458780 KKB458780:KKC458780 KTX458780:KTY458780 LDT458780:LDU458780 LNP458780:LNQ458780 LXL458780:LXM458780 MHH458780:MHI458780 MRD458780:MRE458780 NAZ458780:NBA458780 NKV458780:NKW458780 NUR458780:NUS458780 OEN458780:OEO458780 OOJ458780:OOK458780 OYF458780:OYG458780 PIB458780:PIC458780 PRX458780:PRY458780 QBT458780:QBU458780 QLP458780:QLQ458780 QVL458780:QVM458780 RFH458780:RFI458780 RPD458780:RPE458780 RYZ458780:RZA458780 SIV458780:SIW458780 SSR458780:SSS458780 TCN458780:TCO458780 TMJ458780:TMK458780 TWF458780:TWG458780 UGB458780:UGC458780 UPX458780:UPY458780 UZT458780:UZU458780 VJP458780:VJQ458780 VTL458780:VTM458780 WDH458780:WDI458780 WND458780:WNE458780 WWZ458780:WXA458780 AR524316:AS524316 KN524316:KO524316 UJ524316:UK524316 AEF524316:AEG524316 AOB524316:AOC524316 AXX524316:AXY524316 BHT524316:BHU524316 BRP524316:BRQ524316 CBL524316:CBM524316 CLH524316:CLI524316 CVD524316:CVE524316 DEZ524316:DFA524316 DOV524316:DOW524316 DYR524316:DYS524316 EIN524316:EIO524316 ESJ524316:ESK524316 FCF524316:FCG524316 FMB524316:FMC524316 FVX524316:FVY524316 GFT524316:GFU524316 GPP524316:GPQ524316 GZL524316:GZM524316 HJH524316:HJI524316 HTD524316:HTE524316 ICZ524316:IDA524316 IMV524316:IMW524316 IWR524316:IWS524316 JGN524316:JGO524316 JQJ524316:JQK524316 KAF524316:KAG524316 KKB524316:KKC524316 KTX524316:KTY524316 LDT524316:LDU524316 LNP524316:LNQ524316 LXL524316:LXM524316 MHH524316:MHI524316 MRD524316:MRE524316 NAZ524316:NBA524316 NKV524316:NKW524316 NUR524316:NUS524316 OEN524316:OEO524316 OOJ524316:OOK524316 OYF524316:OYG524316 PIB524316:PIC524316 PRX524316:PRY524316 QBT524316:QBU524316 QLP524316:QLQ524316 QVL524316:QVM524316 RFH524316:RFI524316 RPD524316:RPE524316 RYZ524316:RZA524316 SIV524316:SIW524316 SSR524316:SSS524316 TCN524316:TCO524316 TMJ524316:TMK524316 TWF524316:TWG524316 UGB524316:UGC524316 UPX524316:UPY524316 UZT524316:UZU524316 VJP524316:VJQ524316 VTL524316:VTM524316 WDH524316:WDI524316 WND524316:WNE524316 WWZ524316:WXA524316 AR589852:AS589852 KN589852:KO589852 UJ589852:UK589852 AEF589852:AEG589852 AOB589852:AOC589852 AXX589852:AXY589852 BHT589852:BHU589852 BRP589852:BRQ589852 CBL589852:CBM589852 CLH589852:CLI589852 CVD589852:CVE589852 DEZ589852:DFA589852 DOV589852:DOW589852 DYR589852:DYS589852 EIN589852:EIO589852 ESJ589852:ESK589852 FCF589852:FCG589852 FMB589852:FMC589852 FVX589852:FVY589852 GFT589852:GFU589852 GPP589852:GPQ589852 GZL589852:GZM589852 HJH589852:HJI589852 HTD589852:HTE589852 ICZ589852:IDA589852 IMV589852:IMW589852 IWR589852:IWS589852 JGN589852:JGO589852 JQJ589852:JQK589852 KAF589852:KAG589852 KKB589852:KKC589852 KTX589852:KTY589852 LDT589852:LDU589852 LNP589852:LNQ589852 LXL589852:LXM589852 MHH589852:MHI589852 MRD589852:MRE589852 NAZ589852:NBA589852 NKV589852:NKW589852 NUR589852:NUS589852 OEN589852:OEO589852 OOJ589852:OOK589852 OYF589852:OYG589852 PIB589852:PIC589852 PRX589852:PRY589852 QBT589852:QBU589852 QLP589852:QLQ589852 QVL589852:QVM589852 RFH589852:RFI589852 RPD589852:RPE589852 RYZ589852:RZA589852 SIV589852:SIW589852 SSR589852:SSS589852 TCN589852:TCO589852 TMJ589852:TMK589852 TWF589852:TWG589852 UGB589852:UGC589852 UPX589852:UPY589852 UZT589852:UZU589852 VJP589852:VJQ589852 VTL589852:VTM589852 WDH589852:WDI589852 WND589852:WNE589852 WWZ589852:WXA589852 AR655388:AS655388 KN655388:KO655388 UJ655388:UK655388 AEF655388:AEG655388 AOB655388:AOC655388 AXX655388:AXY655388 BHT655388:BHU655388 BRP655388:BRQ655388 CBL655388:CBM655388 CLH655388:CLI655388 CVD655388:CVE655388 DEZ655388:DFA655388 DOV655388:DOW655388 DYR655388:DYS655388 EIN655388:EIO655388 ESJ655388:ESK655388 FCF655388:FCG655388 FMB655388:FMC655388 FVX655388:FVY655388 GFT655388:GFU655388 GPP655388:GPQ655388 GZL655388:GZM655388 HJH655388:HJI655388 HTD655388:HTE655388 ICZ655388:IDA655388 IMV655388:IMW655388 IWR655388:IWS655388 JGN655388:JGO655388 JQJ655388:JQK655388 KAF655388:KAG655388 KKB655388:KKC655388 KTX655388:KTY655388 LDT655388:LDU655388 LNP655388:LNQ655388 LXL655388:LXM655388 MHH655388:MHI655388 MRD655388:MRE655388 NAZ655388:NBA655388 NKV655388:NKW655388 NUR655388:NUS655388 OEN655388:OEO655388 OOJ655388:OOK655388 OYF655388:OYG655388 PIB655388:PIC655388 PRX655388:PRY655388 QBT655388:QBU655388 QLP655388:QLQ655388 QVL655388:QVM655388 RFH655388:RFI655388 RPD655388:RPE655388 RYZ655388:RZA655388 SIV655388:SIW655388 SSR655388:SSS655388 TCN655388:TCO655388 TMJ655388:TMK655388 TWF655388:TWG655388 UGB655388:UGC655388 UPX655388:UPY655388 UZT655388:UZU655388 VJP655388:VJQ655388 VTL655388:VTM655388 WDH655388:WDI655388 WND655388:WNE655388 WWZ655388:WXA655388 AR720924:AS720924 KN720924:KO720924 UJ720924:UK720924 AEF720924:AEG720924 AOB720924:AOC720924 AXX720924:AXY720924 BHT720924:BHU720924 BRP720924:BRQ720924 CBL720924:CBM720924 CLH720924:CLI720924 CVD720924:CVE720924 DEZ720924:DFA720924 DOV720924:DOW720924 DYR720924:DYS720924 EIN720924:EIO720924 ESJ720924:ESK720924 FCF720924:FCG720924 FMB720924:FMC720924 FVX720924:FVY720924 GFT720924:GFU720924 GPP720924:GPQ720924 GZL720924:GZM720924 HJH720924:HJI720924 HTD720924:HTE720924 ICZ720924:IDA720924 IMV720924:IMW720924 IWR720924:IWS720924 JGN720924:JGO720924 JQJ720924:JQK720924 KAF720924:KAG720924 KKB720924:KKC720924 KTX720924:KTY720924 LDT720924:LDU720924 LNP720924:LNQ720924 LXL720924:LXM720924 MHH720924:MHI720924 MRD720924:MRE720924 NAZ720924:NBA720924 NKV720924:NKW720924 NUR720924:NUS720924 OEN720924:OEO720924 OOJ720924:OOK720924 OYF720924:OYG720924 PIB720924:PIC720924 PRX720924:PRY720924 QBT720924:QBU720924 QLP720924:QLQ720924 QVL720924:QVM720924 RFH720924:RFI720924 RPD720924:RPE720924 RYZ720924:RZA720924 SIV720924:SIW720924 SSR720924:SSS720924 TCN720924:TCO720924 TMJ720924:TMK720924 TWF720924:TWG720924 UGB720924:UGC720924 UPX720924:UPY720924 UZT720924:UZU720924 VJP720924:VJQ720924 VTL720924:VTM720924 WDH720924:WDI720924 WND720924:WNE720924 WWZ720924:WXA720924 AR786460:AS786460 KN786460:KO786460 UJ786460:UK786460 AEF786460:AEG786460 AOB786460:AOC786460 AXX786460:AXY786460 BHT786460:BHU786460 BRP786460:BRQ786460 CBL786460:CBM786460 CLH786460:CLI786460 CVD786460:CVE786460 DEZ786460:DFA786460 DOV786460:DOW786460 DYR786460:DYS786460 EIN786460:EIO786460 ESJ786460:ESK786460 FCF786460:FCG786460 FMB786460:FMC786460 FVX786460:FVY786460 GFT786460:GFU786460 GPP786460:GPQ786460 GZL786460:GZM786460 HJH786460:HJI786460 HTD786460:HTE786460 ICZ786460:IDA786460 IMV786460:IMW786460 IWR786460:IWS786460 JGN786460:JGO786460 JQJ786460:JQK786460 KAF786460:KAG786460 KKB786460:KKC786460 KTX786460:KTY786460 LDT786460:LDU786460 LNP786460:LNQ786460 LXL786460:LXM786460 MHH786460:MHI786460 MRD786460:MRE786460 NAZ786460:NBA786460 NKV786460:NKW786460 NUR786460:NUS786460 OEN786460:OEO786460 OOJ786460:OOK786460 OYF786460:OYG786460 PIB786460:PIC786460 PRX786460:PRY786460 QBT786460:QBU786460 QLP786460:QLQ786460 QVL786460:QVM786460 RFH786460:RFI786460 RPD786460:RPE786460 RYZ786460:RZA786460 SIV786460:SIW786460 SSR786460:SSS786460 TCN786460:TCO786460 TMJ786460:TMK786460 TWF786460:TWG786460 UGB786460:UGC786460 UPX786460:UPY786460 UZT786460:UZU786460 VJP786460:VJQ786460 VTL786460:VTM786460 WDH786460:WDI786460 WND786460:WNE786460 WWZ786460:WXA786460 AR851996:AS851996 KN851996:KO851996 UJ851996:UK851996 AEF851996:AEG851996 AOB851996:AOC851996 AXX851996:AXY851996 BHT851996:BHU851996 BRP851996:BRQ851996 CBL851996:CBM851996 CLH851996:CLI851996 CVD851996:CVE851996 DEZ851996:DFA851996 DOV851996:DOW851996 DYR851996:DYS851996 EIN851996:EIO851996 ESJ851996:ESK851996 FCF851996:FCG851996 FMB851996:FMC851996 FVX851996:FVY851996 GFT851996:GFU851996 GPP851996:GPQ851996 GZL851996:GZM851996 HJH851996:HJI851996 HTD851996:HTE851996 ICZ851996:IDA851996 IMV851996:IMW851996 IWR851996:IWS851996 JGN851996:JGO851996 JQJ851996:JQK851996 KAF851996:KAG851996 KKB851996:KKC851996 KTX851996:KTY851996 LDT851996:LDU851996 LNP851996:LNQ851996 LXL851996:LXM851996 MHH851996:MHI851996 MRD851996:MRE851996 NAZ851996:NBA851996 NKV851996:NKW851996 NUR851996:NUS851996 OEN851996:OEO851996 OOJ851996:OOK851996 OYF851996:OYG851996 PIB851996:PIC851996 PRX851996:PRY851996 QBT851996:QBU851996 QLP851996:QLQ851996 QVL851996:QVM851996 RFH851996:RFI851996 RPD851996:RPE851996 RYZ851996:RZA851996 SIV851996:SIW851996 SSR851996:SSS851996 TCN851996:TCO851996 TMJ851996:TMK851996 TWF851996:TWG851996 UGB851996:UGC851996 UPX851996:UPY851996 UZT851996:UZU851996 VJP851996:VJQ851996 VTL851996:VTM851996 WDH851996:WDI851996 WND851996:WNE851996 WWZ851996:WXA851996 AR917532:AS917532 KN917532:KO917532 UJ917532:UK917532 AEF917532:AEG917532 AOB917532:AOC917532 AXX917532:AXY917532 BHT917532:BHU917532 BRP917532:BRQ917532 CBL917532:CBM917532 CLH917532:CLI917532 CVD917532:CVE917532 DEZ917532:DFA917532 DOV917532:DOW917532 DYR917532:DYS917532 EIN917532:EIO917532 ESJ917532:ESK917532 FCF917532:FCG917532 FMB917532:FMC917532 FVX917532:FVY917532 GFT917532:GFU917532 GPP917532:GPQ917532 GZL917532:GZM917532 HJH917532:HJI917532 HTD917532:HTE917532 ICZ917532:IDA917532 IMV917532:IMW917532 IWR917532:IWS917532 JGN917532:JGO917532 JQJ917532:JQK917532 KAF917532:KAG917532 KKB917532:KKC917532 KTX917532:KTY917532 LDT917532:LDU917532 LNP917532:LNQ917532 LXL917532:LXM917532 MHH917532:MHI917532 MRD917532:MRE917532 NAZ917532:NBA917532 NKV917532:NKW917532 NUR917532:NUS917532 OEN917532:OEO917532 OOJ917532:OOK917532 OYF917532:OYG917532 PIB917532:PIC917532 PRX917532:PRY917532 QBT917532:QBU917532 QLP917532:QLQ917532 QVL917532:QVM917532 RFH917532:RFI917532 RPD917532:RPE917532 RYZ917532:RZA917532 SIV917532:SIW917532 SSR917532:SSS917532 TCN917532:TCO917532 TMJ917532:TMK917532 TWF917532:TWG917532 UGB917532:UGC917532 UPX917532:UPY917532 UZT917532:UZU917532 VJP917532:VJQ917532 VTL917532:VTM917532 WDH917532:WDI917532 WND917532:WNE917532 WWZ917532:WXA917532 AR983068:AS983068 KN983068:KO983068 UJ983068:UK983068 AEF983068:AEG983068 AOB983068:AOC983068 AXX983068:AXY983068 BHT983068:BHU983068 BRP983068:BRQ983068 CBL983068:CBM983068 CLH983068:CLI983068 CVD983068:CVE983068 DEZ983068:DFA983068 DOV983068:DOW983068 DYR983068:DYS983068 EIN983068:EIO983068 ESJ983068:ESK983068 FCF983068:FCG983068 FMB983068:FMC983068 FVX983068:FVY983068 GFT983068:GFU983068 GPP983068:GPQ983068 GZL983068:GZM983068 HJH983068:HJI983068 HTD983068:HTE983068 ICZ983068:IDA983068 IMV983068:IMW983068 IWR983068:IWS983068 JGN983068:JGO983068 JQJ983068:JQK983068 KAF983068:KAG983068 KKB983068:KKC983068 KTX983068:KTY983068 LDT983068:LDU983068 LNP983068:LNQ983068 LXL983068:LXM983068 MHH983068:MHI983068 MRD983068:MRE983068 NAZ983068:NBA983068 NKV983068:NKW983068 NUR983068:NUS983068 OEN983068:OEO983068 OOJ983068:OOK983068 OYF983068:OYG983068 PIB983068:PIC983068 PRX983068:PRY983068 QBT983068:QBU983068 QLP983068:QLQ983068 QVL983068:QVM983068 RFH983068:RFI983068 RPD983068:RPE983068 RYZ983068:RZA983068 SIV983068:SIW983068 SSR983068:SSS983068 TCN983068:TCO983068 TMJ983068:TMK983068 TWF983068:TWG983068 UGB983068:UGC983068 UPX983068:UPY983068 UZT983068:UZU983068 VJP983068:VJQ983068 VTL983068:VTM983068 WDH983068:WDI983068 WND983068:WNE983068 WWZ983068:WXA983068" xr:uid="{00000000-0002-0000-0400-000002000000}"/>
+    <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contribuable" error="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" promptTitle="N° de contribuable" prompt="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="WUS983068:WUT983068 IG3:IH3 SC3:SD3 ABY3:ABZ3 ALU3:ALV3 AVQ3:AVR3 BFM3:BFN3 BPI3:BPJ3 BZE3:BZF3 CJA3:CJB3 CSW3:CSX3 DCS3:DCT3 DMO3:DMP3 DWK3:DWL3 EGG3:EGH3 EQC3:EQD3 EZY3:EZZ3 FJU3:FJV3 FTQ3:FTR3 GDM3:GDN3 GNI3:GNJ3 GXE3:GXF3 HHA3:HHB3 HQW3:HQX3 IAS3:IAT3 IKO3:IKP3 IUK3:IUL3 JEG3:JEH3 JOC3:JOD3 JXY3:JXZ3 KHU3:KHV3 KRQ3:KRR3 LBM3:LBN3 LLI3:LLJ3 LVE3:LVF3 MFA3:MFB3 MOW3:MOX3 MYS3:MYT3 NIO3:NIP3 NSK3:NSL3 OCG3:OCH3 OMC3:OMD3 OVY3:OVZ3 PFU3:PFV3 PPQ3:PPR3 PZM3:PZN3 QJI3:QJJ3 QTE3:QTF3 RDA3:RDB3 RMW3:RMX3 RWS3:RWT3 SGO3:SGP3 SQK3:SQL3 TAG3:TAH3 TKC3:TKD3 TTY3:TTZ3 UDU3:UDV3 UNQ3:UNR3 UXM3:UXN3 VHI3:VHJ3 VRE3:VRF3 WBA3:WBB3 WKW3:WKX3 WUS3:WUT3 E65564:F65564 IG65564:IH65564 SC65564:SD65564 ABY65564:ABZ65564 ALU65564:ALV65564 AVQ65564:AVR65564 BFM65564:BFN65564 BPI65564:BPJ65564 BZE65564:BZF65564 CJA65564:CJB65564 CSW65564:CSX65564 DCS65564:DCT65564 DMO65564:DMP65564 DWK65564:DWL65564 EGG65564:EGH65564 EQC65564:EQD65564 EZY65564:EZZ65564 FJU65564:FJV65564 FTQ65564:FTR65564 GDM65564:GDN65564 GNI65564:GNJ65564 GXE65564:GXF65564 HHA65564:HHB65564 HQW65564:HQX65564 IAS65564:IAT65564 IKO65564:IKP65564 IUK65564:IUL65564 JEG65564:JEH65564 JOC65564:JOD65564 JXY65564:JXZ65564 KHU65564:KHV65564 KRQ65564:KRR65564 LBM65564:LBN65564 LLI65564:LLJ65564 LVE65564:LVF65564 MFA65564:MFB65564 MOW65564:MOX65564 MYS65564:MYT65564 NIO65564:NIP65564 NSK65564:NSL65564 OCG65564:OCH65564 OMC65564:OMD65564 OVY65564:OVZ65564 PFU65564:PFV65564 PPQ65564:PPR65564 PZM65564:PZN65564 QJI65564:QJJ65564 QTE65564:QTF65564 RDA65564:RDB65564 RMW65564:RMX65564 RWS65564:RWT65564 SGO65564:SGP65564 SQK65564:SQL65564 TAG65564:TAH65564 TKC65564:TKD65564 TTY65564:TTZ65564 UDU65564:UDV65564 UNQ65564:UNR65564 UXM65564:UXN65564 VHI65564:VHJ65564 VRE65564:VRF65564 WBA65564:WBB65564 WKW65564:WKX65564 WUS65564:WUT65564 E131100:F131100 IG131100:IH131100 SC131100:SD131100 ABY131100:ABZ131100 ALU131100:ALV131100 AVQ131100:AVR131100 BFM131100:BFN131100 BPI131100:BPJ131100 BZE131100:BZF131100 CJA131100:CJB131100 CSW131100:CSX131100 DCS131100:DCT131100 DMO131100:DMP131100 DWK131100:DWL131100 EGG131100:EGH131100 EQC131100:EQD131100 EZY131100:EZZ131100 FJU131100:FJV131100 FTQ131100:FTR131100 GDM131100:GDN131100 GNI131100:GNJ131100 GXE131100:GXF131100 HHA131100:HHB131100 HQW131100:HQX131100 IAS131100:IAT131100 IKO131100:IKP131100 IUK131100:IUL131100 JEG131100:JEH131100 JOC131100:JOD131100 JXY131100:JXZ131100 KHU131100:KHV131100 KRQ131100:KRR131100 LBM131100:LBN131100 LLI131100:LLJ131100 LVE131100:LVF131100 MFA131100:MFB131100 MOW131100:MOX131100 MYS131100:MYT131100 NIO131100:NIP131100 NSK131100:NSL131100 OCG131100:OCH131100 OMC131100:OMD131100 OVY131100:OVZ131100 PFU131100:PFV131100 PPQ131100:PPR131100 PZM131100:PZN131100 QJI131100:QJJ131100 QTE131100:QTF131100 RDA131100:RDB131100 RMW131100:RMX131100 RWS131100:RWT131100 SGO131100:SGP131100 SQK131100:SQL131100 TAG131100:TAH131100 TKC131100:TKD131100 TTY131100:TTZ131100 UDU131100:UDV131100 UNQ131100:UNR131100 UXM131100:UXN131100 VHI131100:VHJ131100 VRE131100:VRF131100 WBA131100:WBB131100 WKW131100:WKX131100 WUS131100:WUT131100 E196636:F196636 IG196636:IH196636 SC196636:SD196636 ABY196636:ABZ196636 ALU196636:ALV196636 AVQ196636:AVR196636 BFM196636:BFN196636 BPI196636:BPJ196636 BZE196636:BZF196636 CJA196636:CJB196636 CSW196636:CSX196636 DCS196636:DCT196636 DMO196636:DMP196636 DWK196636:DWL196636 EGG196636:EGH196636 EQC196636:EQD196636 EZY196636:EZZ196636 FJU196636:FJV196636 FTQ196636:FTR196636 GDM196636:GDN196636 GNI196636:GNJ196636 GXE196636:GXF196636 HHA196636:HHB196636 HQW196636:HQX196636 IAS196636:IAT196636 IKO196636:IKP196636 IUK196636:IUL196636 JEG196636:JEH196636 JOC196636:JOD196636 JXY196636:JXZ196636 KHU196636:KHV196636 KRQ196636:KRR196636 LBM196636:LBN196636 LLI196636:LLJ196636 LVE196636:LVF196636 MFA196636:MFB196636 MOW196636:MOX196636 MYS196636:MYT196636 NIO196636:NIP196636 NSK196636:NSL196636 OCG196636:OCH196636 OMC196636:OMD196636 OVY196636:OVZ196636 PFU196636:PFV196636 PPQ196636:PPR196636 PZM196636:PZN196636 QJI196636:QJJ196636 QTE196636:QTF196636 RDA196636:RDB196636 RMW196636:RMX196636 RWS196636:RWT196636 SGO196636:SGP196636 SQK196636:SQL196636 TAG196636:TAH196636 TKC196636:TKD196636 TTY196636:TTZ196636 UDU196636:UDV196636 UNQ196636:UNR196636 UXM196636:UXN196636 VHI196636:VHJ196636 VRE196636:VRF196636 WBA196636:WBB196636 WKW196636:WKX196636 WUS196636:WUT196636 E262172:F262172 IG262172:IH262172 SC262172:SD262172 ABY262172:ABZ262172 ALU262172:ALV262172 AVQ262172:AVR262172 BFM262172:BFN262172 BPI262172:BPJ262172 BZE262172:BZF262172 CJA262172:CJB262172 CSW262172:CSX262172 DCS262172:DCT262172 DMO262172:DMP262172 DWK262172:DWL262172 EGG262172:EGH262172 EQC262172:EQD262172 EZY262172:EZZ262172 FJU262172:FJV262172 FTQ262172:FTR262172 GDM262172:GDN262172 GNI262172:GNJ262172 GXE262172:GXF262172 HHA262172:HHB262172 HQW262172:HQX262172 IAS262172:IAT262172 IKO262172:IKP262172 IUK262172:IUL262172 JEG262172:JEH262172 JOC262172:JOD262172 JXY262172:JXZ262172 KHU262172:KHV262172 KRQ262172:KRR262172 LBM262172:LBN262172 LLI262172:LLJ262172 LVE262172:LVF262172 MFA262172:MFB262172 MOW262172:MOX262172 MYS262172:MYT262172 NIO262172:NIP262172 NSK262172:NSL262172 OCG262172:OCH262172 OMC262172:OMD262172 OVY262172:OVZ262172 PFU262172:PFV262172 PPQ262172:PPR262172 PZM262172:PZN262172 QJI262172:QJJ262172 QTE262172:QTF262172 RDA262172:RDB262172 RMW262172:RMX262172 RWS262172:RWT262172 SGO262172:SGP262172 SQK262172:SQL262172 TAG262172:TAH262172 TKC262172:TKD262172 TTY262172:TTZ262172 UDU262172:UDV262172 UNQ262172:UNR262172 UXM262172:UXN262172 VHI262172:VHJ262172 VRE262172:VRF262172 WBA262172:WBB262172 WKW262172:WKX262172 WUS262172:WUT262172 E327708:F327708 IG327708:IH327708 SC327708:SD327708 ABY327708:ABZ327708 ALU327708:ALV327708 AVQ327708:AVR327708 BFM327708:BFN327708 BPI327708:BPJ327708 BZE327708:BZF327708 CJA327708:CJB327708 CSW327708:CSX327708 DCS327708:DCT327708 DMO327708:DMP327708 DWK327708:DWL327708 EGG327708:EGH327708 EQC327708:EQD327708 EZY327708:EZZ327708 FJU327708:FJV327708 FTQ327708:FTR327708 GDM327708:GDN327708 GNI327708:GNJ327708 GXE327708:GXF327708 HHA327708:HHB327708 HQW327708:HQX327708 IAS327708:IAT327708 IKO327708:IKP327708 IUK327708:IUL327708 JEG327708:JEH327708 JOC327708:JOD327708 JXY327708:JXZ327708 KHU327708:KHV327708 KRQ327708:KRR327708 LBM327708:LBN327708 LLI327708:LLJ327708 LVE327708:LVF327708 MFA327708:MFB327708 MOW327708:MOX327708 MYS327708:MYT327708 NIO327708:NIP327708 NSK327708:NSL327708 OCG327708:OCH327708 OMC327708:OMD327708 OVY327708:OVZ327708 PFU327708:PFV327708 PPQ327708:PPR327708 PZM327708:PZN327708 QJI327708:QJJ327708 QTE327708:QTF327708 RDA327708:RDB327708 RMW327708:RMX327708 RWS327708:RWT327708 SGO327708:SGP327708 SQK327708:SQL327708 TAG327708:TAH327708 TKC327708:TKD327708 TTY327708:TTZ327708 UDU327708:UDV327708 UNQ327708:UNR327708 UXM327708:UXN327708 VHI327708:VHJ327708 VRE327708:VRF327708 WBA327708:WBB327708 WKW327708:WKX327708 WUS327708:WUT327708 E393244:F393244 IG393244:IH393244 SC393244:SD393244 ABY393244:ABZ393244 ALU393244:ALV393244 AVQ393244:AVR393244 BFM393244:BFN393244 BPI393244:BPJ393244 BZE393244:BZF393244 CJA393244:CJB393244 CSW393244:CSX393244 DCS393244:DCT393244 DMO393244:DMP393244 DWK393244:DWL393244 EGG393244:EGH393244 EQC393244:EQD393244 EZY393244:EZZ393244 FJU393244:FJV393244 FTQ393244:FTR393244 GDM393244:GDN393244 GNI393244:GNJ393244 GXE393244:GXF393244 HHA393244:HHB393244 HQW393244:HQX393244 IAS393244:IAT393244 IKO393244:IKP393244 IUK393244:IUL393244 JEG393244:JEH393244 JOC393244:JOD393244 JXY393244:JXZ393244 KHU393244:KHV393244 KRQ393244:KRR393244 LBM393244:LBN393244 LLI393244:LLJ393244 LVE393244:LVF393244 MFA393244:MFB393244 MOW393244:MOX393244 MYS393244:MYT393244 NIO393244:NIP393244 NSK393244:NSL393244 OCG393244:OCH393244 OMC393244:OMD393244 OVY393244:OVZ393244 PFU393244:PFV393244 PPQ393244:PPR393244 PZM393244:PZN393244 QJI393244:QJJ393244 QTE393244:QTF393244 RDA393244:RDB393244 RMW393244:RMX393244 RWS393244:RWT393244 SGO393244:SGP393244 SQK393244:SQL393244 TAG393244:TAH393244 TKC393244:TKD393244 TTY393244:TTZ393244 UDU393244:UDV393244 UNQ393244:UNR393244 UXM393244:UXN393244 VHI393244:VHJ393244 VRE393244:VRF393244 WBA393244:WBB393244 WKW393244:WKX393244 WUS393244:WUT393244 E458780:F458780 IG458780:IH458780 SC458780:SD458780 ABY458780:ABZ458780 ALU458780:ALV458780 AVQ458780:AVR458780 BFM458780:BFN458780 BPI458780:BPJ458780 BZE458780:BZF458780 CJA458780:CJB458780 CSW458780:CSX458780 DCS458780:DCT458780 DMO458780:DMP458780 DWK458780:DWL458780 EGG458780:EGH458780 EQC458780:EQD458780 EZY458780:EZZ458780 FJU458780:FJV458780 FTQ458780:FTR458780 GDM458780:GDN458780 GNI458780:GNJ458780 GXE458780:GXF458780 HHA458780:HHB458780 HQW458780:HQX458780 IAS458780:IAT458780 IKO458780:IKP458780 IUK458780:IUL458780 JEG458780:JEH458780 JOC458780:JOD458780 JXY458780:JXZ458780 KHU458780:KHV458780 KRQ458780:KRR458780 LBM458780:LBN458780 LLI458780:LLJ458780 LVE458780:LVF458780 MFA458780:MFB458780 MOW458780:MOX458780 MYS458780:MYT458780 NIO458780:NIP458780 NSK458780:NSL458780 OCG458780:OCH458780 OMC458780:OMD458780 OVY458780:OVZ458780 PFU458780:PFV458780 PPQ458780:PPR458780 PZM458780:PZN458780 QJI458780:QJJ458780 QTE458780:QTF458780 RDA458780:RDB458780 RMW458780:RMX458780 RWS458780:RWT458780 SGO458780:SGP458780 SQK458780:SQL458780 TAG458780:TAH458780 TKC458780:TKD458780 TTY458780:TTZ458780 UDU458780:UDV458780 UNQ458780:UNR458780 UXM458780:UXN458780 VHI458780:VHJ458780 VRE458780:VRF458780 WBA458780:WBB458780 WKW458780:WKX458780 WUS458780:WUT458780 E524316:F524316 IG524316:IH524316 SC524316:SD524316 ABY524316:ABZ524316 ALU524316:ALV524316 AVQ524316:AVR524316 BFM524316:BFN524316 BPI524316:BPJ524316 BZE524316:BZF524316 CJA524316:CJB524316 CSW524316:CSX524316 DCS524316:DCT524316 DMO524316:DMP524316 DWK524316:DWL524316 EGG524316:EGH524316 EQC524316:EQD524316 EZY524316:EZZ524316 FJU524316:FJV524316 FTQ524316:FTR524316 GDM524316:GDN524316 GNI524316:GNJ524316 GXE524316:GXF524316 HHA524316:HHB524316 HQW524316:HQX524316 IAS524316:IAT524316 IKO524316:IKP524316 IUK524316:IUL524316 JEG524316:JEH524316 JOC524316:JOD524316 JXY524316:JXZ524316 KHU524316:KHV524316 KRQ524316:KRR524316 LBM524316:LBN524316 LLI524316:LLJ524316 LVE524316:LVF524316 MFA524316:MFB524316 MOW524316:MOX524316 MYS524316:MYT524316 NIO524316:NIP524316 NSK524316:NSL524316 OCG524316:OCH524316 OMC524316:OMD524316 OVY524316:OVZ524316 PFU524316:PFV524316 PPQ524316:PPR524316 PZM524316:PZN524316 QJI524316:QJJ524316 QTE524316:QTF524316 RDA524316:RDB524316 RMW524316:RMX524316 RWS524316:RWT524316 SGO524316:SGP524316 SQK524316:SQL524316 TAG524316:TAH524316 TKC524316:TKD524316 TTY524316:TTZ524316 UDU524316:UDV524316 UNQ524316:UNR524316 UXM524316:UXN524316 VHI524316:VHJ524316 VRE524316:VRF524316 WBA524316:WBB524316 WKW524316:WKX524316 WUS524316:WUT524316 E589852:F589852 IG589852:IH589852 SC589852:SD589852 ABY589852:ABZ589852 ALU589852:ALV589852 AVQ589852:AVR589852 BFM589852:BFN589852 BPI589852:BPJ589852 BZE589852:BZF589852 CJA589852:CJB589852 CSW589852:CSX589852 DCS589852:DCT589852 DMO589852:DMP589852 DWK589852:DWL589852 EGG589852:EGH589852 EQC589852:EQD589852 EZY589852:EZZ589852 FJU589852:FJV589852 FTQ589852:FTR589852 GDM589852:GDN589852 GNI589852:GNJ589852 GXE589852:GXF589852 HHA589852:HHB589852 HQW589852:HQX589852 IAS589852:IAT589852 IKO589852:IKP589852 IUK589852:IUL589852 JEG589852:JEH589852 JOC589852:JOD589852 JXY589852:JXZ589852 KHU589852:KHV589852 KRQ589852:KRR589852 LBM589852:LBN589852 LLI589852:LLJ589852 LVE589852:LVF589852 MFA589852:MFB589852 MOW589852:MOX589852 MYS589852:MYT589852 NIO589852:NIP589852 NSK589852:NSL589852 OCG589852:OCH589852 OMC589852:OMD589852 OVY589852:OVZ589852 PFU589852:PFV589852 PPQ589852:PPR589852 PZM589852:PZN589852 QJI589852:QJJ589852 QTE589852:QTF589852 RDA589852:RDB589852 RMW589852:RMX589852 RWS589852:RWT589852 SGO589852:SGP589852 SQK589852:SQL589852 TAG589852:TAH589852 TKC589852:TKD589852 TTY589852:TTZ589852 UDU589852:UDV589852 UNQ589852:UNR589852 UXM589852:UXN589852 VHI589852:VHJ589852 VRE589852:VRF589852 WBA589852:WBB589852 WKW589852:WKX589852 WUS589852:WUT589852 E655388:F655388 IG655388:IH655388 SC655388:SD655388 ABY655388:ABZ655388 ALU655388:ALV655388 AVQ655388:AVR655388 BFM655388:BFN655388 BPI655388:BPJ655388 BZE655388:BZF655388 CJA655388:CJB655388 CSW655388:CSX655388 DCS655388:DCT655388 DMO655388:DMP655388 DWK655388:DWL655388 EGG655388:EGH655388 EQC655388:EQD655388 EZY655388:EZZ655388 FJU655388:FJV655388 FTQ655388:FTR655388 GDM655388:GDN655388 GNI655388:GNJ655388 GXE655388:GXF655388 HHA655388:HHB655388 HQW655388:HQX655388 IAS655388:IAT655388 IKO655388:IKP655388 IUK655388:IUL655388 JEG655388:JEH655388 JOC655388:JOD655388 JXY655388:JXZ655388 KHU655388:KHV655388 KRQ655388:KRR655388 LBM655388:LBN655388 LLI655388:LLJ655388 LVE655388:LVF655388 MFA655388:MFB655388 MOW655388:MOX655388 MYS655388:MYT655388 NIO655388:NIP655388 NSK655388:NSL655388 OCG655388:OCH655388 OMC655388:OMD655388 OVY655388:OVZ655388 PFU655388:PFV655388 PPQ655388:PPR655388 PZM655388:PZN655388 QJI655388:QJJ655388 QTE655388:QTF655388 RDA655388:RDB655388 RMW655388:RMX655388 RWS655388:RWT655388 SGO655388:SGP655388 SQK655388:SQL655388 TAG655388:TAH655388 TKC655388:TKD655388 TTY655388:TTZ655388 UDU655388:UDV655388 UNQ655388:UNR655388 UXM655388:UXN655388 VHI655388:VHJ655388 VRE655388:VRF655388 WBA655388:WBB655388 WKW655388:WKX655388 WUS655388:WUT655388 E720924:F720924 IG720924:IH720924 SC720924:SD720924 ABY720924:ABZ720924 ALU720924:ALV720924 AVQ720924:AVR720924 BFM720924:BFN720924 BPI720924:BPJ720924 BZE720924:BZF720924 CJA720924:CJB720924 CSW720924:CSX720924 DCS720924:DCT720924 DMO720924:DMP720924 DWK720924:DWL720924 EGG720924:EGH720924 EQC720924:EQD720924 EZY720924:EZZ720924 FJU720924:FJV720924 FTQ720924:FTR720924 GDM720924:GDN720924 GNI720924:GNJ720924 GXE720924:GXF720924 HHA720924:HHB720924 HQW720924:HQX720924 IAS720924:IAT720924 IKO720924:IKP720924 IUK720924:IUL720924 JEG720924:JEH720924 JOC720924:JOD720924 JXY720924:JXZ720924 KHU720924:KHV720924 KRQ720924:KRR720924 LBM720924:LBN720924 LLI720924:LLJ720924 LVE720924:LVF720924 MFA720924:MFB720924 MOW720924:MOX720924 MYS720924:MYT720924 NIO720924:NIP720924 NSK720924:NSL720924 OCG720924:OCH720924 OMC720924:OMD720924 OVY720924:OVZ720924 PFU720924:PFV720924 PPQ720924:PPR720924 PZM720924:PZN720924 QJI720924:QJJ720924 QTE720924:QTF720924 RDA720924:RDB720924 RMW720924:RMX720924 RWS720924:RWT720924 SGO720924:SGP720924 SQK720924:SQL720924 TAG720924:TAH720924 TKC720924:TKD720924 TTY720924:TTZ720924 UDU720924:UDV720924 UNQ720924:UNR720924 UXM720924:UXN720924 VHI720924:VHJ720924 VRE720924:VRF720924 WBA720924:WBB720924 WKW720924:WKX720924 WUS720924:WUT720924 E786460:F786460 IG786460:IH786460 SC786460:SD786460 ABY786460:ABZ786460 ALU786460:ALV786460 AVQ786460:AVR786460 BFM786460:BFN786460 BPI786460:BPJ786460 BZE786460:BZF786460 CJA786460:CJB786460 CSW786460:CSX786460 DCS786460:DCT786460 DMO786460:DMP786460 DWK786460:DWL786460 EGG786460:EGH786460 EQC786460:EQD786460 EZY786460:EZZ786460 FJU786460:FJV786460 FTQ786460:FTR786460 GDM786460:GDN786460 GNI786460:GNJ786460 GXE786460:GXF786460 HHA786460:HHB786460 HQW786460:HQX786460 IAS786460:IAT786460 IKO786460:IKP786460 IUK786460:IUL786460 JEG786460:JEH786460 JOC786460:JOD786460 JXY786460:JXZ786460 KHU786460:KHV786460 KRQ786460:KRR786460 LBM786460:LBN786460 LLI786460:LLJ786460 LVE786460:LVF786460 MFA786460:MFB786460 MOW786460:MOX786460 MYS786460:MYT786460 NIO786460:NIP786460 NSK786460:NSL786460 OCG786460:OCH786460 OMC786460:OMD786460 OVY786460:OVZ786460 PFU786460:PFV786460 PPQ786460:PPR786460 PZM786460:PZN786460 QJI786460:QJJ786460 QTE786460:QTF786460 RDA786460:RDB786460 RMW786460:RMX786460 RWS786460:RWT786460 SGO786460:SGP786460 SQK786460:SQL786460 TAG786460:TAH786460 TKC786460:TKD786460 TTY786460:TTZ786460 UDU786460:UDV786460 UNQ786460:UNR786460 UXM786460:UXN786460 VHI786460:VHJ786460 VRE786460:VRF786460 WBA786460:WBB786460 WKW786460:WKX786460 WUS786460:WUT786460 E851996:F851996 IG851996:IH851996 SC851996:SD851996 ABY851996:ABZ851996 ALU851996:ALV851996 AVQ851996:AVR851996 BFM851996:BFN851996 BPI851996:BPJ851996 BZE851996:BZF851996 CJA851996:CJB851996 CSW851996:CSX851996 DCS851996:DCT851996 DMO851996:DMP851996 DWK851996:DWL851996 EGG851996:EGH851996 EQC851996:EQD851996 EZY851996:EZZ851996 FJU851996:FJV851996 FTQ851996:FTR851996 GDM851996:GDN851996 GNI851996:GNJ851996 GXE851996:GXF851996 HHA851996:HHB851996 HQW851996:HQX851996 IAS851996:IAT851996 IKO851996:IKP851996 IUK851996:IUL851996 JEG851996:JEH851996 JOC851996:JOD851996 JXY851996:JXZ851996 KHU851996:KHV851996 KRQ851996:KRR851996 LBM851996:LBN851996 LLI851996:LLJ851996 LVE851996:LVF851996 MFA851996:MFB851996 MOW851996:MOX851996 MYS851996:MYT851996 NIO851996:NIP851996 NSK851996:NSL851996 OCG851996:OCH851996 OMC851996:OMD851996 OVY851996:OVZ851996 PFU851996:PFV851996 PPQ851996:PPR851996 PZM851996:PZN851996 QJI851996:QJJ851996 QTE851996:QTF851996 RDA851996:RDB851996 RMW851996:RMX851996 RWS851996:RWT851996 SGO851996:SGP851996 SQK851996:SQL851996 TAG851996:TAH851996 TKC851996:TKD851996 TTY851996:TTZ851996 UDU851996:UDV851996 UNQ851996:UNR851996 UXM851996:UXN851996 VHI851996:VHJ851996 VRE851996:VRF851996 WBA851996:WBB851996 WKW851996:WKX851996 WUS851996:WUT851996 E917532:F917532 IG917532:IH917532 SC917532:SD917532 ABY917532:ABZ917532 ALU917532:ALV917532 AVQ917532:AVR917532 BFM917532:BFN917532 BPI917532:BPJ917532 BZE917532:BZF917532 CJA917532:CJB917532 CSW917532:CSX917532 DCS917532:DCT917532 DMO917532:DMP917532 DWK917532:DWL917532 EGG917532:EGH917532 EQC917532:EQD917532 EZY917532:EZZ917532 FJU917532:FJV917532 FTQ917532:FTR917532 GDM917532:GDN917532 GNI917532:GNJ917532 GXE917532:GXF917532 HHA917532:HHB917532 HQW917532:HQX917532 IAS917532:IAT917532 IKO917532:IKP917532 IUK917532:IUL917532 JEG917532:JEH917532 JOC917532:JOD917532 JXY917532:JXZ917532 KHU917532:KHV917532 KRQ917532:KRR917532 LBM917532:LBN917532 LLI917532:LLJ917532 LVE917532:LVF917532 MFA917532:MFB917532 MOW917532:MOX917532 MYS917532:MYT917532 NIO917532:NIP917532 NSK917532:NSL917532 OCG917532:OCH917532 OMC917532:OMD917532 OVY917532:OVZ917532 PFU917532:PFV917532 PPQ917532:PPR917532 PZM917532:PZN917532 QJI917532:QJJ917532 QTE917532:QTF917532 RDA917532:RDB917532 RMW917532:RMX917532 RWS917532:RWT917532 SGO917532:SGP917532 SQK917532:SQL917532 TAG917532:TAH917532 TKC917532:TKD917532 TTY917532:TTZ917532 UDU917532:UDV917532 UNQ917532:UNR917532 UXM917532:UXN917532 VHI917532:VHJ917532 VRE917532:VRF917532 WBA917532:WBB917532 WKW917532:WKX917532 WUS917532:WUT917532 E983068:F983068 IG983068:IH983068 SC983068:SD983068 ABY983068:ABZ983068 ALU983068:ALV983068 AVQ983068:AVR983068 BFM983068:BFN983068 BPI983068:BPJ983068 BZE983068:BZF983068 CJA983068:CJB983068 CSW983068:CSX983068 DCS983068:DCT983068 DMO983068:DMP983068 DWK983068:DWL983068 EGG983068:EGH983068 EQC983068:EQD983068 EZY983068:EZZ983068 FJU983068:FJV983068 FTQ983068:FTR983068 GDM983068:GDN983068 GNI983068:GNJ983068 GXE983068:GXF983068 HHA983068:HHB983068 HQW983068:HQX983068 IAS983068:IAT983068 IKO983068:IKP983068 IUK983068:IUL983068 JEG983068:JEH983068 JOC983068:JOD983068 JXY983068:JXZ983068 KHU983068:KHV983068 KRQ983068:KRR983068 LBM983068:LBN983068 LLI983068:LLJ983068 LVE983068:LVF983068 MFA983068:MFB983068 MOW983068:MOX983068 MYS983068:MYT983068 NIO983068:NIP983068 NSK983068:NSL983068 OCG983068:OCH983068 OMC983068:OMD983068 OVY983068:OVZ983068 PFU983068:PFV983068 PPQ983068:PPR983068 PZM983068:PZN983068 QJI983068:QJJ983068 QTE983068:QTF983068 RDA983068:RDB983068 RMW983068:RMX983068 RWS983068:RWT983068 SGO983068:SGP983068 SQK983068:SQL983068 TAG983068:TAH983068 TKC983068:TKD983068 TTY983068:TTZ983068 UDU983068:UDV983068 UNQ983068:UNR983068 UXM983068:UXN983068 VHI983068:VHJ983068 VRE983068:VRF983068 WBA983068:WBB983068 WKW983068:WKX983068" xr:uid="{00000000-0002-0000-0400-000001000000}">
+      <formula1>12</formula1>
+      <formula2>12</formula2>
+    </dataValidation>
+    <dataValidation allowBlank="1" errorTitle="N° de contribuable" error="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" promptTitle="N° de contribuable" prompt="Veuillez saisire votre n° de contribuable selon l'exemple suivant :_x000a_999.999.999999.110" sqref="IX3:JA3 ST3:SW3 ACP3:ACS3 AML3:AMO3 AWH3:AWK3 BGD3:BGG3 BPZ3:BQC3 BZV3:BZY3 CJR3:CJU3 CTN3:CTQ3 DDJ3:DDM3 DNF3:DNI3 DXB3:DXE3 EGX3:EHA3 EQT3:EQW3 FAP3:FAS3 FKL3:FKO3 FUH3:FUK3 GED3:GEG3 GNZ3:GOC3 GXV3:GXY3 HHR3:HHU3 HRN3:HRQ3 IBJ3:IBM3 ILF3:ILI3 IVB3:IVE3 JEX3:JFA3 JOT3:JOW3 JYP3:JYS3 KIL3:KIO3 KSH3:KSK3 LCD3:LCG3 LLZ3:LMC3 LVV3:LVY3 MFR3:MFU3 MPN3:MPQ3 MZJ3:MZM3 NJF3:NJI3 NTB3:NTE3 OCX3:ODA3 OMT3:OMW3 OWP3:OWS3 PGL3:PGO3 PQH3:PQK3 QAD3:QAG3 QJZ3:QKC3 QTV3:QTY3 RDR3:RDU3 RNN3:RNQ3 RXJ3:RXM3 SHF3:SHI3 SRB3:SRE3 TAX3:TBA3 TKT3:TKW3 TUP3:TUS3 UEL3:UEO3 UOH3:UOK3 UYD3:UYG3 VHZ3:VIC3 VRV3:VRY3 WBR3:WBU3 WLN3:WLQ3 WVJ3:WVM3 IX65564:JA65564 ST65564:SW65564 ACP65564:ACS65564 AML65564:AMO65564 AWH65564:AWK65564 BGD65564:BGG65564 BPZ65564:BQC65564 BZV65564:BZY65564 CJR65564:CJU65564 CTN65564:CTQ65564 DDJ65564:DDM65564 DNF65564:DNI65564 DXB65564:DXE65564 EGX65564:EHA65564 EQT65564:EQW65564 FAP65564:FAS65564 FKL65564:FKO65564 FUH65564:FUK65564 GED65564:GEG65564 GNZ65564:GOC65564 GXV65564:GXY65564 HHR65564:HHU65564 HRN65564:HRQ65564 IBJ65564:IBM65564 ILF65564:ILI65564 IVB65564:IVE65564 JEX65564:JFA65564 JOT65564:JOW65564 JYP65564:JYS65564 KIL65564:KIO65564 KSH65564:KSK65564 LCD65564:LCG65564 LLZ65564:LMC65564 LVV65564:LVY65564 MFR65564:MFU65564 MPN65564:MPQ65564 MZJ65564:MZM65564 NJF65564:NJI65564 NTB65564:NTE65564 OCX65564:ODA65564 OMT65564:OMW65564 OWP65564:OWS65564 PGL65564:PGO65564 PQH65564:PQK65564 QAD65564:QAG65564 QJZ65564:QKC65564 QTV65564:QTY65564 RDR65564:RDU65564 RNN65564:RNQ65564 RXJ65564:RXM65564 SHF65564:SHI65564 SRB65564:SRE65564 TAX65564:TBA65564 TKT65564:TKW65564 TUP65564:TUS65564 UEL65564:UEO65564 UOH65564:UOK65564 UYD65564:UYG65564 VHZ65564:VIC65564 VRV65564:VRY65564 WBR65564:WBU65564 WLN65564:WLQ65564 WVJ65564:WVM65564 IX131100:JA131100 ST131100:SW131100 ACP131100:ACS131100 AML131100:AMO131100 AWH131100:AWK131100 BGD131100:BGG131100 BPZ131100:BQC131100 BZV131100:BZY131100 CJR131100:CJU131100 CTN131100:CTQ131100 DDJ131100:DDM131100 DNF131100:DNI131100 DXB131100:DXE131100 EGX131100:EHA131100 EQT131100:EQW131100 FAP131100:FAS131100 FKL131100:FKO131100 FUH131100:FUK131100 GED131100:GEG131100 GNZ131100:GOC131100 GXV131100:GXY131100 HHR131100:HHU131100 HRN131100:HRQ131100 IBJ131100:IBM131100 ILF131100:ILI131100 IVB131100:IVE131100 JEX131100:JFA131100 JOT131100:JOW131100 JYP131100:JYS131100 KIL131100:KIO131100 KSH131100:KSK131100 LCD131100:LCG131100 LLZ131100:LMC131100 LVV131100:LVY131100 MFR131100:MFU131100 MPN131100:MPQ131100 MZJ131100:MZM131100 NJF131100:NJI131100 NTB131100:NTE131100 OCX131100:ODA131100 OMT131100:OMW131100 OWP131100:OWS131100 PGL131100:PGO131100 PQH131100:PQK131100 QAD131100:QAG131100 QJZ131100:QKC131100 QTV131100:QTY131100 RDR131100:RDU131100 RNN131100:RNQ131100 RXJ131100:RXM131100 SHF131100:SHI131100 SRB131100:SRE131100 TAX131100:TBA131100 TKT131100:TKW131100 TUP131100:TUS131100 UEL131100:UEO131100 UOH131100:UOK131100 UYD131100:UYG131100 VHZ131100:VIC131100 VRV131100:VRY131100 WBR131100:WBU131100 WLN131100:WLQ131100 WVJ131100:WVM131100 IX196636:JA196636 ST196636:SW196636 ACP196636:ACS196636 AML196636:AMO196636 AWH196636:AWK196636 BGD196636:BGG196636 BPZ196636:BQC196636 BZV196636:BZY196636 CJR196636:CJU196636 CTN196636:CTQ196636 DDJ196636:DDM196636 DNF196636:DNI196636 DXB196636:DXE196636 EGX196636:EHA196636 EQT196636:EQW196636 FAP196636:FAS196636 FKL196636:FKO196636 FUH196636:FUK196636 GED196636:GEG196636 GNZ196636:GOC196636 GXV196636:GXY196636 HHR196636:HHU196636 HRN196636:HRQ196636 IBJ196636:IBM196636 ILF196636:ILI196636 IVB196636:IVE196636 JEX196636:JFA196636 JOT196636:JOW196636 JYP196636:JYS196636 KIL196636:KIO196636 KSH196636:KSK196636 LCD196636:LCG196636 LLZ196636:LMC196636 LVV196636:LVY196636 MFR196636:MFU196636 MPN196636:MPQ196636 MZJ196636:MZM196636 NJF196636:NJI196636 NTB196636:NTE196636 OCX196636:ODA196636 OMT196636:OMW196636 OWP196636:OWS196636 PGL196636:PGO196636 PQH196636:PQK196636 QAD196636:QAG196636 QJZ196636:QKC196636 QTV196636:QTY196636 RDR196636:RDU196636 RNN196636:RNQ196636 RXJ196636:RXM196636 SHF196636:SHI196636 SRB196636:SRE196636 TAX196636:TBA196636 TKT196636:TKW196636 TUP196636:TUS196636 UEL196636:UEO196636 UOH196636:UOK196636 UYD196636:UYG196636 VHZ196636:VIC196636 VRV196636:VRY196636 WBR196636:WBU196636 WLN196636:WLQ196636 WVJ196636:WVM196636 IX262172:JA262172 ST262172:SW262172 ACP262172:ACS262172 AML262172:AMO262172 AWH262172:AWK262172 BGD262172:BGG262172 BPZ262172:BQC262172 BZV262172:BZY262172 CJR262172:CJU262172 CTN262172:CTQ262172 DDJ262172:DDM262172 DNF262172:DNI262172 DXB262172:DXE262172 EGX262172:EHA262172 EQT262172:EQW262172 FAP262172:FAS262172 FKL262172:FKO262172 FUH262172:FUK262172 GED262172:GEG262172 GNZ262172:GOC262172 GXV262172:GXY262172 HHR262172:HHU262172 HRN262172:HRQ262172 IBJ262172:IBM262172 ILF262172:ILI262172 IVB262172:IVE262172 JEX262172:JFA262172 JOT262172:JOW262172 JYP262172:JYS262172 KIL262172:KIO262172 KSH262172:KSK262172 LCD262172:LCG262172 LLZ262172:LMC262172 LVV262172:LVY262172 MFR262172:MFU262172 MPN262172:MPQ262172 MZJ262172:MZM262172 NJF262172:NJI262172 NTB262172:NTE262172 OCX262172:ODA262172 OMT262172:OMW262172 OWP262172:OWS262172 PGL262172:PGO262172 PQH262172:PQK262172 QAD262172:QAG262172 QJZ262172:QKC262172 QTV262172:QTY262172 RDR262172:RDU262172 RNN262172:RNQ262172 RXJ262172:RXM262172 SHF262172:SHI262172 SRB262172:SRE262172 TAX262172:TBA262172 TKT262172:TKW262172 TUP262172:TUS262172 UEL262172:UEO262172 UOH262172:UOK262172 UYD262172:UYG262172 VHZ262172:VIC262172 VRV262172:VRY262172 WBR262172:WBU262172 WLN262172:WLQ262172 WVJ262172:WVM262172 IX327708:JA327708 ST327708:SW327708 ACP327708:ACS327708 AML327708:AMO327708 AWH327708:AWK327708 BGD327708:BGG327708 BPZ327708:BQC327708 BZV327708:BZY327708 CJR327708:CJU327708 CTN327708:CTQ327708 DDJ327708:DDM327708 DNF327708:DNI327708 DXB327708:DXE327708 EGX327708:EHA327708 EQT327708:EQW327708 FAP327708:FAS327708 FKL327708:FKO327708 FUH327708:FUK327708 GED327708:GEG327708 GNZ327708:GOC327708 GXV327708:GXY327708 HHR327708:HHU327708 HRN327708:HRQ327708 IBJ327708:IBM327708 ILF327708:ILI327708 IVB327708:IVE327708 JEX327708:JFA327708 JOT327708:JOW327708 JYP327708:JYS327708 KIL327708:KIO327708 KSH327708:KSK327708 LCD327708:LCG327708 LLZ327708:LMC327708 LVV327708:LVY327708 MFR327708:MFU327708 MPN327708:MPQ327708 MZJ327708:MZM327708 NJF327708:NJI327708 NTB327708:NTE327708 OCX327708:ODA327708 OMT327708:OMW327708 OWP327708:OWS327708 PGL327708:PGO327708 PQH327708:PQK327708 QAD327708:QAG327708 QJZ327708:QKC327708 QTV327708:QTY327708 RDR327708:RDU327708 RNN327708:RNQ327708 RXJ327708:RXM327708 SHF327708:SHI327708 SRB327708:SRE327708 TAX327708:TBA327708 TKT327708:TKW327708 TUP327708:TUS327708 UEL327708:UEO327708 UOH327708:UOK327708 UYD327708:UYG327708 VHZ327708:VIC327708 VRV327708:VRY327708 WBR327708:WBU327708 WLN327708:WLQ327708 WVJ327708:WVM327708 IX393244:JA393244 ST393244:SW393244 ACP393244:ACS393244 AML393244:AMO393244 AWH393244:AWK393244 BGD393244:BGG393244 BPZ393244:BQC393244 BZV393244:BZY393244 CJR393244:CJU393244 CTN393244:CTQ393244 DDJ393244:DDM393244 DNF393244:DNI393244 DXB393244:DXE393244 EGX393244:EHA393244 EQT393244:EQW393244 FAP393244:FAS393244 FKL393244:FKO393244 FUH393244:FUK393244 GED393244:GEG393244 GNZ393244:GOC393244 GXV393244:GXY393244 HHR393244:HHU393244 HRN393244:HRQ393244 IBJ393244:IBM393244 ILF393244:ILI393244 IVB393244:IVE393244 JEX393244:JFA393244 JOT393244:JOW393244 JYP393244:JYS393244 KIL393244:KIO393244 KSH393244:KSK393244 LCD393244:LCG393244 LLZ393244:LMC393244 LVV393244:LVY393244 MFR393244:MFU393244 MPN393244:MPQ393244 MZJ393244:MZM393244 NJF393244:NJI393244 NTB393244:NTE393244 OCX393244:ODA393244 OMT393244:OMW393244 OWP393244:OWS393244 PGL393244:PGO393244 PQH393244:PQK393244 QAD393244:QAG393244 QJZ393244:QKC393244 QTV393244:QTY393244 RDR393244:RDU393244 RNN393244:RNQ393244 RXJ393244:RXM393244 SHF393244:SHI393244 SRB393244:SRE393244 TAX393244:TBA393244 TKT393244:TKW393244 TUP393244:TUS393244 UEL393244:UEO393244 UOH393244:UOK393244 UYD393244:UYG393244 VHZ393244:VIC393244 VRV393244:VRY393244 WBR393244:WBU393244 WLN393244:WLQ393244 WVJ393244:WVM393244 IX458780:JA458780 ST458780:SW458780 ACP458780:ACS458780 AML458780:AMO458780 AWH458780:AWK458780 BGD458780:BGG458780 BPZ458780:BQC458780 BZV458780:BZY458780 CJR458780:CJU458780 CTN458780:CTQ458780 DDJ458780:DDM458780 DNF458780:DNI458780 DXB458780:DXE458780 EGX458780:EHA458780 EQT458780:EQW458780 FAP458780:FAS458780 FKL458780:FKO458780 FUH458780:FUK458780 GED458780:GEG458780 GNZ458780:GOC458780 GXV458780:GXY458780 HHR458780:HHU458780 HRN458780:HRQ458780 IBJ458780:IBM458780 ILF458780:ILI458780 IVB458780:IVE458780 JEX458780:JFA458780 JOT458780:JOW458780 JYP458780:JYS458780 KIL458780:KIO458780 KSH458780:KSK458780 LCD458780:LCG458780 LLZ458780:LMC458780 LVV458780:LVY458780 MFR458780:MFU458780 MPN458780:MPQ458780 MZJ458780:MZM458780 NJF458780:NJI458780 NTB458780:NTE458780 OCX458780:ODA458780 OMT458780:OMW458780 OWP458780:OWS458780 PGL458780:PGO458780 PQH458780:PQK458780 QAD458780:QAG458780 QJZ458780:QKC458780 QTV458780:QTY458780 RDR458780:RDU458780 RNN458780:RNQ458780 RXJ458780:RXM458780 SHF458780:SHI458780 SRB458780:SRE458780 TAX458780:TBA458780 TKT458780:TKW458780 TUP458780:TUS458780 UEL458780:UEO458780 UOH458780:UOK458780 UYD458780:UYG458780 VHZ458780:VIC458780 VRV458780:VRY458780 WBR458780:WBU458780 WLN458780:WLQ458780 WVJ458780:WVM458780 IX524316:JA524316 ST524316:SW524316 ACP524316:ACS524316 AML524316:AMO524316 AWH524316:AWK524316 BGD524316:BGG524316 BPZ524316:BQC524316 BZV524316:BZY524316 CJR524316:CJU524316 CTN524316:CTQ524316 DDJ524316:DDM524316 DNF524316:DNI524316 DXB524316:DXE524316 EGX524316:EHA524316 EQT524316:EQW524316 FAP524316:FAS524316 FKL524316:FKO524316 FUH524316:FUK524316 GED524316:GEG524316 GNZ524316:GOC524316 GXV524316:GXY524316 HHR524316:HHU524316 HRN524316:HRQ524316 IBJ524316:IBM524316 ILF524316:ILI524316 IVB524316:IVE524316 JEX524316:JFA524316 JOT524316:JOW524316 JYP524316:JYS524316 KIL524316:KIO524316 KSH524316:KSK524316 LCD524316:LCG524316 LLZ524316:LMC524316 LVV524316:LVY524316 MFR524316:MFU524316 MPN524316:MPQ524316 MZJ524316:MZM524316 NJF524316:NJI524316 NTB524316:NTE524316 OCX524316:ODA524316 OMT524316:OMW524316 OWP524316:OWS524316 PGL524316:PGO524316 PQH524316:PQK524316 QAD524316:QAG524316 QJZ524316:QKC524316 QTV524316:QTY524316 RDR524316:RDU524316 RNN524316:RNQ524316 RXJ524316:RXM524316 SHF524316:SHI524316 SRB524316:SRE524316 TAX524316:TBA524316 TKT524316:TKW524316 TUP524316:TUS524316 UEL524316:UEO524316 UOH524316:UOK524316 UYD524316:UYG524316 VHZ524316:VIC524316 VRV524316:VRY524316 WBR524316:WBU524316 WLN524316:WLQ524316 WVJ524316:WVM524316 IX589852:JA589852 ST589852:SW589852 ACP589852:ACS589852 AML589852:AMO589852 AWH589852:AWK589852 BGD589852:BGG589852 BPZ589852:BQC589852 BZV589852:BZY589852 CJR589852:CJU589852 CTN589852:CTQ589852 DDJ589852:DDM589852 DNF589852:DNI589852 DXB589852:DXE589852 EGX589852:EHA589852 EQT589852:EQW589852 FAP589852:FAS589852 FKL589852:FKO589852 FUH589852:FUK589852 GED589852:GEG589852 GNZ589852:GOC589852 GXV589852:GXY589852 HHR589852:HHU589852 HRN589852:HRQ589852 IBJ589852:IBM589852 ILF589852:ILI589852 IVB589852:IVE589852 JEX589852:JFA589852 JOT589852:JOW589852 JYP589852:JYS589852 KIL589852:KIO589852 KSH589852:KSK589852 LCD589852:LCG589852 LLZ589852:LMC589852 LVV589852:LVY589852 MFR589852:MFU589852 MPN589852:MPQ589852 MZJ589852:MZM589852 NJF589852:NJI589852 NTB589852:NTE589852 OCX589852:ODA589852 OMT589852:OMW589852 OWP589852:OWS589852 PGL589852:PGO589852 PQH589852:PQK589852 QAD589852:QAG589852 QJZ589852:QKC589852 QTV589852:QTY589852 RDR589852:RDU589852 RNN589852:RNQ589852 RXJ589852:RXM589852 SHF589852:SHI589852 SRB589852:SRE589852 TAX589852:TBA589852 TKT589852:TKW589852 TUP589852:TUS589852 UEL589852:UEO589852 UOH589852:UOK589852 UYD589852:UYG589852 VHZ589852:VIC589852 VRV589852:VRY589852 WBR589852:WBU589852 WLN589852:WLQ589852 WVJ589852:WVM589852 IX655388:JA655388 ST655388:SW655388 ACP655388:ACS655388 AML655388:AMO655388 AWH655388:AWK655388 BGD655388:BGG655388 BPZ655388:BQC655388 BZV655388:BZY655388 CJR655388:CJU655388 CTN655388:CTQ655388 DDJ655388:DDM655388 DNF655388:DNI655388 DXB655388:DXE655388 EGX655388:EHA655388 EQT655388:EQW655388 FAP655388:FAS655388 FKL655388:FKO655388 FUH655388:FUK655388 GED655388:GEG655388 GNZ655388:GOC655388 GXV655388:GXY655388 HHR655388:HHU655388 HRN655388:HRQ655388 IBJ655388:IBM655388 ILF655388:ILI655388 IVB655388:IVE655388 JEX655388:JFA655388 JOT655388:JOW655388 JYP655388:JYS655388 KIL655388:KIO655388 KSH655388:KSK655388 LCD655388:LCG655388 LLZ655388:LMC655388 LVV655388:LVY655388 MFR655388:MFU655388 MPN655388:MPQ655388 MZJ655388:MZM655388 NJF655388:NJI655388 NTB655388:NTE655388 OCX655388:ODA655388 OMT655388:OMW655388 OWP655388:OWS655388 PGL655388:PGO655388 PQH655388:PQK655388 QAD655388:QAG655388 QJZ655388:QKC655388 QTV655388:QTY655388 RDR655388:RDU655388 RNN655388:RNQ655388 RXJ655388:RXM655388 SHF655388:SHI655388 SRB655388:SRE655388 TAX655388:TBA655388 TKT655388:TKW655388 TUP655388:TUS655388 UEL655388:UEO655388 UOH655388:UOK655388 UYD655388:UYG655388 VHZ655388:VIC655388 VRV655388:VRY655388 WBR655388:WBU655388 WLN655388:WLQ655388 WVJ655388:WVM655388 IX720924:JA720924 ST720924:SW720924 ACP720924:ACS720924 AML720924:AMO720924 AWH720924:AWK720924 BGD720924:BGG720924 BPZ720924:BQC720924 BZV720924:BZY720924 CJR720924:CJU720924 CTN720924:CTQ720924 DDJ720924:DDM720924 DNF720924:DNI720924 DXB720924:DXE720924 EGX720924:EHA720924 EQT720924:EQW720924 FAP720924:FAS720924 FKL720924:FKO720924 FUH720924:FUK720924 GED720924:GEG720924 GNZ720924:GOC720924 GXV720924:GXY720924 HHR720924:HHU720924 HRN720924:HRQ720924 IBJ720924:IBM720924 ILF720924:ILI720924 IVB720924:IVE720924 JEX720924:JFA720924 JOT720924:JOW720924 JYP720924:JYS720924 KIL720924:KIO720924 KSH720924:KSK720924 LCD720924:LCG720924 LLZ720924:LMC720924 LVV720924:LVY720924 MFR720924:MFU720924 MPN720924:MPQ720924 MZJ720924:MZM720924 NJF720924:NJI720924 NTB720924:NTE720924 OCX720924:ODA720924 OMT720924:OMW720924 OWP720924:OWS720924 PGL720924:PGO720924 PQH720924:PQK720924 QAD720924:QAG720924 QJZ720924:QKC720924 QTV720924:QTY720924 RDR720924:RDU720924 RNN720924:RNQ720924 RXJ720924:RXM720924 SHF720924:SHI720924 SRB720924:SRE720924 TAX720924:TBA720924 TKT720924:TKW720924 TUP720924:TUS720924 UEL720924:UEO720924 UOH720924:UOK720924 UYD720924:UYG720924 VHZ720924:VIC720924 VRV720924:VRY720924 WBR720924:WBU720924 WLN720924:WLQ720924 WVJ720924:WVM720924 IX786460:JA786460 ST786460:SW786460 ACP786460:ACS786460 AML786460:AMO786460 AWH786460:AWK786460 BGD786460:BGG786460 BPZ786460:BQC786460 BZV786460:BZY786460 CJR786460:CJU786460 CTN786460:CTQ786460 DDJ786460:DDM786460 DNF786460:DNI786460 DXB786460:DXE786460 EGX786460:EHA786460 EQT786460:EQW786460 FAP786460:FAS786460 FKL786460:FKO786460 FUH786460:FUK786460 GED786460:GEG786460 GNZ786460:GOC786460 GXV786460:GXY786460 HHR786460:HHU786460 HRN786460:HRQ786460 IBJ786460:IBM786460 ILF786460:ILI786460 IVB786460:IVE786460 JEX786460:JFA786460 JOT786460:JOW786460 JYP786460:JYS786460 KIL786460:KIO786460 KSH786460:KSK786460 LCD786460:LCG786460 LLZ786460:LMC786460 LVV786460:LVY786460 MFR786460:MFU786460 MPN786460:MPQ786460 MZJ786460:MZM786460 NJF786460:NJI786460 NTB786460:NTE786460 OCX786460:ODA786460 OMT786460:OMW786460 OWP786460:OWS786460 PGL786460:PGO786460 PQH786460:PQK786460 QAD786460:QAG786460 QJZ786460:QKC786460 QTV786460:QTY786460 RDR786460:RDU786460 RNN786460:RNQ786460 RXJ786460:RXM786460 SHF786460:SHI786460 SRB786460:SRE786460 TAX786460:TBA786460 TKT786460:TKW786460 TUP786460:TUS786460 UEL786460:UEO786460 UOH786460:UOK786460 UYD786460:UYG786460 VHZ786460:VIC786460 VRV786460:VRY786460 WBR786460:WBU786460 WLN786460:WLQ786460 WVJ786460:WVM786460 IX851996:JA851996 ST851996:SW851996 ACP851996:ACS851996 AML851996:AMO851996 AWH851996:AWK851996 BGD851996:BGG851996 BPZ851996:BQC851996 BZV851996:BZY851996 CJR851996:CJU851996 CTN851996:CTQ851996 DDJ851996:DDM851996 DNF851996:DNI851996 DXB851996:DXE851996 EGX851996:EHA851996 EQT851996:EQW851996 FAP851996:FAS851996 FKL851996:FKO851996 FUH851996:FUK851996 GED851996:GEG851996 GNZ851996:GOC851996 GXV851996:GXY851996 HHR851996:HHU851996 HRN851996:HRQ851996 IBJ851996:IBM851996 ILF851996:ILI851996 IVB851996:IVE851996 JEX851996:JFA851996 JOT851996:JOW851996 JYP851996:JYS851996 KIL851996:KIO851996 KSH851996:KSK851996 LCD851996:LCG851996 LLZ851996:LMC851996 LVV851996:LVY851996 MFR851996:MFU851996 MPN851996:MPQ851996 MZJ851996:MZM851996 NJF851996:NJI851996 NTB851996:NTE851996 OCX851996:ODA851996 OMT851996:OMW851996 OWP851996:OWS851996 PGL851996:PGO851996 PQH851996:PQK851996 QAD851996:QAG851996 QJZ851996:QKC851996 QTV851996:QTY851996 RDR851996:RDU851996 RNN851996:RNQ851996 RXJ851996:RXM851996 SHF851996:SHI851996 SRB851996:SRE851996 TAX851996:TBA851996 TKT851996:TKW851996 TUP851996:TUS851996 UEL851996:UEO851996 UOH851996:UOK851996 UYD851996:UYG851996 VHZ851996:VIC851996 VRV851996:VRY851996 WBR851996:WBU851996 WLN851996:WLQ851996 WVJ851996:WVM851996 IX917532:JA917532 ST917532:SW917532 ACP917532:ACS917532 AML917532:AMO917532 AWH917532:AWK917532 BGD917532:BGG917532 BPZ917532:BQC917532 BZV917532:BZY917532 CJR917532:CJU917532 CTN917532:CTQ917532 DDJ917532:DDM917532 DNF917532:DNI917532 DXB917532:DXE917532 EGX917532:EHA917532 EQT917532:EQW917532 FAP917532:FAS917532 FKL917532:FKO917532 FUH917532:FUK917532 GED917532:GEG917532 GNZ917532:GOC917532 GXV917532:GXY917532 HHR917532:HHU917532 HRN917532:HRQ917532 IBJ917532:IBM917532 ILF917532:ILI917532 IVB917532:IVE917532 JEX917532:JFA917532 JOT917532:JOW917532 JYP917532:JYS917532 KIL917532:KIO917532 KSH917532:KSK917532 LCD917532:LCG917532 LLZ917532:LMC917532 LVV917532:LVY917532 MFR917532:MFU917532 MPN917532:MPQ917532 MZJ917532:MZM917532 NJF917532:NJI917532 NTB917532:NTE917532 OCX917532:ODA917532 OMT917532:OMW917532 OWP917532:OWS917532 PGL917532:PGO917532 PQH917532:PQK917532 QAD917532:QAG917532 QJZ917532:QKC917532 QTV917532:QTY917532 RDR917532:RDU917532 RNN917532:RNQ917532 RXJ917532:RXM917532 SHF917532:SHI917532 SRB917532:SRE917532 TAX917532:TBA917532 TKT917532:TKW917532 TUP917532:TUS917532 UEL917532:UEO917532 UOH917532:UOK917532 UYD917532:UYG917532 VHZ917532:VIC917532 VRV917532:VRY917532 WBR917532:WBU917532 WLN917532:WLQ917532 WVJ917532:WVM917532 IX983068:JA983068 ST983068:SW983068 ACP983068:ACS983068 AML983068:AMO983068 AWH983068:AWK983068 BGD983068:BGG983068 BPZ983068:BQC983068 BZV983068:BZY983068 CJR983068:CJU983068 CTN983068:CTQ983068 DDJ983068:DDM983068 DNF983068:DNI983068 DXB983068:DXE983068 EGX983068:EHA983068 EQT983068:EQW983068 FAP983068:FAS983068 FKL983068:FKO983068 FUH983068:FUK983068 GED983068:GEG983068 GNZ983068:GOC983068 GXV983068:GXY983068 HHR983068:HHU983068 HRN983068:HRQ983068 IBJ983068:IBM983068 ILF983068:ILI983068 IVB983068:IVE983068 JEX983068:JFA983068 JOT983068:JOW983068 JYP983068:JYS983068 KIL983068:KIO983068 KSH983068:KSK983068 LCD983068:LCG983068 LLZ983068:LMC983068 LVV983068:LVY983068 MFR983068:MFU983068 MPN983068:MPQ983068 MZJ983068:MZM983068 NJF983068:NJI983068 NTB983068:NTE983068 OCX983068:ODA983068 OMT983068:OMW983068 OWP983068:OWS983068 PGL983068:PGO983068 PQH983068:PQK983068 QAD983068:QAG983068 QJZ983068:QKC983068 QTV983068:QTY983068 RDR983068:RDU983068 RNN983068:RNQ983068 RXJ983068:RXM983068 SHF983068:SHI983068 SRB983068:SRE983068 TAX983068:TBA983068 TKT983068:TKW983068 TUP983068:TUS983068 UEL983068:UEO983068 UOH983068:UOK983068 UYD983068:UYG983068 VHZ983068:VIC983068 VRV983068:VRY983068 WBR983068:WBU983068 WLN983068:WLQ983068 WVJ983068:WVM983068" xr:uid="{00000000-0002-0000-0400-000000000000}"/>
+  </dataValidations>
+  <pageMargins left="0.51181102362204722" right="0" top="0.43307086614173229" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="88" orientation="portrait" r:id="rId1"/>
+  <customProperties>
+    <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
+  </customProperties>
+  <drawing r:id="rId3"/>
+  <legacyDrawing r:id="rId4"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x14">
+      <controls>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3073" r:id="rId5" name="Check Box 1">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3074" r:id="rId6" name="Check Box 2">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3075" r:id="rId7" name="Check Box 3">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3076" r:id="rId8" name="Check Box 4">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3077" r:id="rId9" name="Check Box 5">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>7</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3078" r:id="rId10" name="Check Box 6">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3079" r:id="rId11" name="Check Box 7">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3080" r:id="rId12" name="Check Box 8">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3081" r:id="rId13" name="Check Box 9">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3082" r:id="rId14" name="Check Box 10">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>8</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>10</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3083" r:id="rId15" name="Check Box 11">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>3</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>11</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3084" r:id="rId16" name="Check Box 12">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>11</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3085" r:id="rId17" name="Check Box 13">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>5</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>11</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3086" r:id="rId18" name="Check Box 14">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>6</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>11</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="3087" r:id="rId19" name="Check Box 15">
+              <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>238125</xdr:colOff>
+                    <xdr:row>9</xdr:row>
+                    <xdr:rowOff>180975</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>762000</xdr:colOff>
+                    <xdr:row>11</xdr:row>
+                    <xdr:rowOff>0</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+      </controls>
+    </mc:Choice>
+  </mc:AlternateContent>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:G15"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.7109375" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="3" max="4" width="10.7109375" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" customWidth="1"/>
     <col min="6" max="7" width="14.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="191" t="s">
         <v>134</v>
       </c>
       <c r="B1" s="192"/>
       <c r="C1" s="191"/>
       <c r="D1" s="193"/>
       <c r="E1" s="193"/>
       <c r="F1" s="193"/>
@@ -7849,177 +11082,179 @@
     </row>
     <row r="7" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="161" t="s">
         <v>136</v>
       </c>
       <c r="B7" s="162"/>
       <c r="C7" s="162"/>
       <c r="D7" s="162"/>
       <c r="E7" s="162"/>
       <c r="F7" s="160"/>
       <c r="G7" s="160"/>
     </row>
     <row r="8" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="161" t="s">
         <v>137</v>
       </c>
       <c r="B8" s="162"/>
       <c r="C8" s="162"/>
       <c r="D8" s="162"/>
       <c r="E8" s="162"/>
       <c r="F8" s="160"/>
       <c r="G8" s="160"/>
     </row>
     <row r="9" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="161" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B9" s="162"/>
       <c r="C9" s="162"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="160"/>
       <c r="G9" s="160"/>
     </row>
     <row r="10" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="161" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B10" s="162"/>
       <c r="C10" s="162"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="160"/>
       <c r="G10" s="160"/>
     </row>
     <row r="11" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="161" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B11" s="162"/>
       <c r="C11" s="162"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="160"/>
       <c r="G11" s="160"/>
     </row>
     <row r="12" spans="1:7" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="163" t="s">
         <v>101</v>
       </c>
       <c r="B12" s="162"/>
       <c r="C12" s="162"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="167">
         <f>SUM(F4:F11)</f>
         <v>0</v>
       </c>
       <c r="G12" s="167">
         <f>SUM(G4:G11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:7" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="161" t="s">
         <v>102</v>
       </c>
       <c r="B13" s="162"/>
       <c r="C13" s="162"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
-      <c r="F13" s="247"/>
-      <c r="G13" s="247"/>
+      <c r="F13" s="340"/>
+      <c r="G13" s="340"/>
     </row>
     <row r="14" spans="1:7" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="161" t="s">
         <v>103</v>
       </c>
       <c r="B14" s="162"/>
       <c r="C14" s="162"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
-      <c r="F14" s="248"/>
-      <c r="G14" s="248"/>
+      <c r="F14" s="341"/>
+      <c r="G14" s="341"/>
     </row>
     <row r="15" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="163" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B15" s="162"/>
       <c r="C15" s="162"/>
       <c r="D15" s="162"/>
       <c r="E15" s="162"/>
       <c r="F15" s="164">
         <f>F12-F13</f>
         <v>0</v>
       </c>
       <c r="G15" s="164">
         <f>G12-G13</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="lxImfxfounJ21d7qqtF+r78IRzXSJmiwm3luKtR62Mr+IKp8p+gMJxMQTsJLjhm/Pgp6DquofN1S7z+j4iGRnw==" saltValue="Jke7Q7LPBF4cwFFWNWphZg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="G13:G14"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0" top="0.43307086614173229" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
+    <vt:vector size="10" baseType="lpstr">
       <vt:lpstr>Angaben</vt:lpstr>
       <vt:lpstr>Konten</vt:lpstr>
       <vt:lpstr>Beilage</vt:lpstr>
+      <vt:lpstr>Aufteilung</vt:lpstr>
       <vt:lpstr>Verluste</vt:lpstr>
       <vt:lpstr>Angaben!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>Aufteilung!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Beilage!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Konten!Zone_d_impression</vt:lpstr>
       <vt:lpstr>Verluste!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Etat du Valais / Staat Wallis</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>SCI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>