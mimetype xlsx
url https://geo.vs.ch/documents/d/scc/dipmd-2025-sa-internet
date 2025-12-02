--- v0 (2025-10-01)
+++ v1 (2025-12-02)
@@ -86,51 +86,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp60.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp61.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp62.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp63.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp64.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/customProperty6.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\USERDAT\PERS-MOR\PUBLIC\DIPM\DIPM2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B00447D7-96B5-4725-96A5-30A6AD7BB6F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5CD5EAE-331E-457F-A5D8-386F707D30C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="E6xCfHZe2l6eyYqnXqIUka4/sXwQbo3N+VOR+QV/yBF8SdEl+Lvf27FkIWATD1BP5mOIi9plX3BNIoD/YSJpDA==" workbookSaltValue="S9s8OZfmEtKI8wIEtiAppw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="727" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Angaben" sheetId="7" r:id="rId1"/>
     <sheet name="STJP" sheetId="1" r:id="rId2"/>
     <sheet name="Konten" sheetId="9" r:id="rId3"/>
     <sheet name="Aktionäre" sheetId="5" r:id="rId4"/>
     <sheet name="Aufteilung" sheetId="10" r:id="rId5"/>
     <sheet name="Verluste" sheetId="11" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Aktionäre!$A$1:$I$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Angaben!$A$1:$M$62</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Aufteilung!$A$1:$H$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Konten!$A$1:$BI$40</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">STJP!$A$1:$H$82</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">Verluste!$A$1:$G$15</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -2833,297 +2833,297 @@
     </xf>
     <xf numFmtId="3" fontId="20" fillId="0" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="171" fontId="19" fillId="0" borderId="20" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="19" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="38" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...40 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="20" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="3" fontId="20" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="9" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="9" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="9" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="9" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="9" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="9" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="9" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="19" fillId="3" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="3" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="3" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="9" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="9" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...119 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="3" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="9">
     <cellStyle name="Avertissement" xfId="2" builtinId="11"/>
     <cellStyle name="Calcul" xfId="4" builtinId="22"/>
@@ -3613,60 +3613,60 @@
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
             <a:t> Steuerverwaltung</a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="900">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="CL Futura CondensedLight"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPts val="960"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
-            <a:rPr lang="fr-FR" sz="900">
+            <a:rPr lang="fr-CH" sz="900">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Fujiyama-LightCondensed"/>
               <a:ea typeface="Times"/>
               <a:cs typeface="Times New Roman"/>
             </a:rPr>
-            <a:t>Einschätzung der jur. Personen</a:t>
+            <a:t>Sektion juristische Personen</a:t>
           </a:r>
           <a:endParaRPr lang="fr-CH" sz="900">
             <a:solidFill>
               <a:sysClr val="windowText" lastClr="000000"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="CL Futura CondensedLight"/>
             <a:ea typeface="Times"/>
             <a:cs typeface="Times New Roman"/>
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPts val="960"/>
             </a:lnSpc>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
           </a:pPr>
           <a:r>
             <a:rPr lang="fr-CH" sz="900" b="0">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
@@ -10342,156 +10342,156 @@
     <col min="16129" max="16129" width="5.5703125" customWidth="1"/>
     <col min="16130" max="16130" width="15.5703125" customWidth="1"/>
     <col min="16131" max="16131" width="0.42578125" customWidth="1"/>
     <col min="16132" max="16132" width="0.5703125" customWidth="1"/>
     <col min="16133" max="16133" width="3.42578125" customWidth="1"/>
     <col min="16141" max="16141" width="16.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:14" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="6"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
     </row>
     <row r="2" spans="2:14" ht="23.25" x14ac:dyDescent="0.35">
       <c r="B2" s="3"/>
       <c r="C2" s="25"/>
-      <c r="E2" s="302"/>
-      <c r="F2" s="309" t="s">
+      <c r="E2" s="318"/>
+      <c r="F2" s="323" t="s">
         <v>245</v>
       </c>
-      <c r="G2" s="309"/>
-[...3 lines deleted...]
-      <c r="K2" s="309"/>
+      <c r="G2" s="323"/>
+      <c r="H2" s="323"/>
+      <c r="I2" s="323"/>
+      <c r="J2" s="323"/>
+      <c r="K2" s="323"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
     </row>
     <row r="3" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3"/>
       <c r="C3" s="25"/>
-      <c r="E3" s="303"/>
-      <c r="F3" s="311" t="s">
+      <c r="E3" s="319"/>
+      <c r="F3" s="325" t="s">
         <v>15</v>
       </c>
-      <c r="G3" s="311"/>
-[...3 lines deleted...]
-      <c r="K3" s="311"/>
+      <c r="G3" s="325"/>
+      <c r="H3" s="325"/>
+      <c r="I3" s="325"/>
+      <c r="J3" s="325"/>
+      <c r="K3" s="325"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="2:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="26"/>
       <c r="D4" s="3"/>
-      <c r="E4" s="304"/>
-      <c r="F4" s="311" t="s">
+      <c r="E4" s="320"/>
+      <c r="F4" s="325" t="s">
         <v>239</v>
       </c>
-      <c r="G4" s="311"/>
-[...3 lines deleted...]
-      <c r="K4" s="311"/>
+      <c r="G4" s="325"/>
+      <c r="H4" s="325"/>
+      <c r="I4" s="325"/>
+      <c r="J4" s="325"/>
+      <c r="K4" s="325"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
     </row>
     <row r="5" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
       <c r="C5" s="3"/>
       <c r="D5" s="3"/>
-      <c r="E5" s="302"/>
-      <c r="F5" s="310" t="s">
+      <c r="E5" s="318"/>
+      <c r="F5" s="324" t="s">
         <v>16</v>
       </c>
-      <c r="G5" s="310"/>
-[...3 lines deleted...]
-      <c r="K5" s="310"/>
+      <c r="G5" s="324"/>
+      <c r="H5" s="324"/>
+      <c r="I5" s="324"/>
+      <c r="J5" s="324"/>
+      <c r="K5" s="324"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="27"/>
     </row>
     <row r="6" spans="2:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="3"/>
       <c r="C6" s="28"/>
       <c r="D6" s="3"/>
-      <c r="E6" s="302"/>
-      <c r="F6" s="310" t="s">
+      <c r="E6" s="318"/>
+      <c r="F6" s="324" t="s">
         <v>17</v>
       </c>
-      <c r="G6" s="310"/>
-[...3 lines deleted...]
-      <c r="K6" s="310"/>
+      <c r="G6" s="324"/>
+      <c r="H6" s="324"/>
+      <c r="I6" s="324"/>
+      <c r="J6" s="324"/>
+      <c r="K6" s="324"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
     </row>
     <row r="7" spans="2:14" x14ac:dyDescent="0.25">
       <c r="B7" s="3"/>
       <c r="C7" s="3"/>
       <c r="D7" s="3"/>
-      <c r="E7" s="302"/>
+      <c r="E7" s="318"/>
       <c r="I7" s="6"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
     </row>
     <row r="8" spans="2:14" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="3"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
-      <c r="E8" s="302"/>
+      <c r="E8" s="318"/>
       <c r="F8" s="5"/>
       <c r="G8" s="2"/>
       <c r="H8" s="5"/>
       <c r="I8" s="5"/>
       <c r="J8" s="1"/>
       <c r="K8" s="6"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
     </row>
     <row r="9" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B9" s="3"/>
       <c r="C9" s="3"/>
       <c r="D9" s="3"/>
-      <c r="E9" s="302"/>
+      <c r="E9" s="318"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="6"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="6"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="2:14" ht="3" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="29"/>
@@ -10506,170 +10506,170 @@
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="2:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="29"/>
       <c r="C12" s="29"/>
       <c r="D12" s="29"/>
       <c r="E12" s="13"/>
       <c r="F12" s="30" t="s">
         <v>18</v>
       </c>
       <c r="G12" s="30"/>
       <c r="H12" s="30"/>
       <c r="I12" s="14"/>
       <c r="J12" s="13"/>
       <c r="K12" s="92"/>
       <c r="L12" s="4"/>
       <c r="M12" s="93"/>
     </row>
     <row r="13" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="29"/>
       <c r="C13" s="29"/>
       <c r="D13" s="29"/>
       <c r="E13" s="8"/>
-      <c r="F13" s="305"/>
-[...4 lines deleted...]
-      <c r="K13" s="306"/>
+      <c r="F13" s="321"/>
+      <c r="G13" s="322"/>
+      <c r="H13" s="322"/>
+      <c r="I13" s="322"/>
+      <c r="J13" s="322"/>
+      <c r="K13" s="322"/>
       <c r="L13" s="4"/>
       <c r="M13" s="30"/>
     </row>
     <row r="14" spans="2:14" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="29"/>
       <c r="C14" s="29"/>
       <c r="D14" s="29"/>
       <c r="E14" s="8"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
       <c r="I14" s="31"/>
       <c r="J14" s="31"/>
       <c r="K14" s="31"/>
       <c r="L14" s="30"/>
       <c r="M14" s="30"/>
     </row>
     <row r="15" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B15" s="29"/>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="31"/>
-      <c r="F15" s="307"/>
-[...4 lines deleted...]
-      <c r="K15" s="308"/>
+      <c r="F15" s="302"/>
+      <c r="G15" s="306"/>
+      <c r="H15" s="306"/>
+      <c r="I15" s="306"/>
+      <c r="J15" s="306"/>
+      <c r="K15" s="306"/>
       <c r="L15" s="30"/>
       <c r="M15" s="30"/>
     </row>
     <row r="16" spans="2:14" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="E16" s="31"/>
-      <c r="F16" s="307"/>
-[...4 lines deleted...]
-      <c r="K16" s="308"/>
+      <c r="F16" s="302"/>
+      <c r="G16" s="306"/>
+      <c r="H16" s="306"/>
+      <c r="I16" s="306"/>
+      <c r="J16" s="306"/>
+      <c r="K16" s="306"/>
       <c r="L16" s="30"/>
       <c r="M16" s="30"/>
     </row>
     <row r="17" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="31"/>
       <c r="C17" s="31"/>
       <c r="D17" s="31"/>
       <c r="E17" s="31"/>
-      <c r="F17" s="307"/>
-[...4 lines deleted...]
-      <c r="K17" s="308"/>
+      <c r="F17" s="302"/>
+      <c r="G17" s="306"/>
+      <c r="H17" s="306"/>
+      <c r="I17" s="306"/>
+      <c r="J17" s="306"/>
+      <c r="K17" s="306"/>
       <c r="L17" s="30"/>
       <c r="M17" s="30"/>
     </row>
     <row r="18" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="31"/>
       <c r="C18" s="31"/>
       <c r="D18" s="31"/>
       <c r="E18" s="31"/>
-      <c r="F18" s="307"/>
-[...4 lines deleted...]
-      <c r="K18" s="308"/>
+      <c r="F18" s="302"/>
+      <c r="G18" s="306"/>
+      <c r="H18" s="306"/>
+      <c r="I18" s="306"/>
+      <c r="J18" s="306"/>
+      <c r="K18" s="306"/>
       <c r="L18" s="30"/>
       <c r="M18" s="30"/>
     </row>
     <row r="19" spans="1:18" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B19" s="29"/>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="32"/>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="30"/>
       <c r="M19" s="30"/>
     </row>
     <row r="20" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="90"/>
       <c r="E20" s="90"/>
       <c r="F20" s="90"/>
       <c r="G20" s="90"/>
       <c r="H20" s="90"/>
       <c r="I20" s="95"/>
       <c r="J20" s="90"/>
       <c r="K20" s="90"/>
       <c r="L20" s="30"/>
       <c r="M20" s="30"/>
     </row>
     <row r="21" spans="1:18" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B21" s="312" t="s">
+      <c r="B21" s="315" t="s">
         <v>246</v>
       </c>
-      <c r="C21" s="313"/>
-[...7 lines deleted...]
-      <c r="K21" s="313"/>
+      <c r="C21" s="316"/>
+      <c r="D21" s="316"/>
+      <c r="E21" s="316"/>
+      <c r="F21" s="316"/>
+      <c r="G21" s="316"/>
+      <c r="H21" s="316"/>
+      <c r="I21" s="316"/>
+      <c r="J21" s="316"/>
+      <c r="K21" s="316"/>
       <c r="L21" s="30"/>
       <c r="M21" s="30"/>
     </row>
     <row r="22" spans="1:18" ht="16.5" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B22" s="96"/>
       <c r="C22" s="97"/>
       <c r="D22" s="97"/>
       <c r="E22" s="30"/>
       <c r="F22" s="30"/>
       <c r="G22" s="30"/>
       <c r="H22" s="33"/>
       <c r="I22" s="34"/>
       <c r="J22" s="33"/>
       <c r="K22" s="33"/>
       <c r="L22" s="30"/>
       <c r="M22" s="30"/>
     </row>
     <row r="23" spans="1:18" s="35" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B23" s="36" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="37"/>
       <c r="D23" s="37"/>
       <c r="E23" s="38"/>
       <c r="F23" s="39"/>
@@ -10727,145 +10727,145 @@
       <c r="L26" s="30"/>
       <c r="M26" s="30"/>
     </row>
     <row r="27" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="98"/>
       <c r="B27" s="99"/>
       <c r="C27" s="100" t="s">
         <v>200</v>
       </c>
       <c r="D27" s="99"/>
       <c r="E27" s="101"/>
       <c r="F27" s="101"/>
       <c r="G27" s="102"/>
       <c r="H27" s="103"/>
       <c r="I27" s="104"/>
       <c r="J27" s="102"/>
       <c r="K27" s="103"/>
       <c r="L27" s="101"/>
       <c r="M27" s="105"/>
     </row>
     <row r="28" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="106"/>
       <c r="B28" s="90" t="s">
         <v>164</v>
       </c>
-      <c r="C28" s="314"/>
-[...1 lines deleted...]
-      <c r="E28" s="315"/>
+      <c r="C28" s="317"/>
+      <c r="D28" s="313"/>
+      <c r="E28" s="313"/>
       <c r="F28" s="107"/>
       <c r="G28" s="108"/>
       <c r="H28" s="109"/>
       <c r="I28" s="110"/>
       <c r="J28" s="108"/>
       <c r="K28" s="109"/>
       <c r="L28" s="107"/>
       <c r="M28" s="111"/>
     </row>
     <row r="29" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="112"/>
       <c r="B29" s="90" t="s">
         <v>20</v>
       </c>
-      <c r="C29" s="307"/>
-[...1 lines deleted...]
-      <c r="E29" s="316"/>
+      <c r="C29" s="302"/>
+      <c r="D29" s="303"/>
+      <c r="E29" s="303"/>
       <c r="F29" s="90"/>
       <c r="G29" s="13"/>
       <c r="H29" s="29"/>
       <c r="I29" s="14"/>
       <c r="J29" s="13"/>
       <c r="K29" s="13"/>
       <c r="L29" s="30"/>
       <c r="M29" s="113"/>
       <c r="Q29" s="43"/>
     </row>
     <row r="30" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="112"/>
       <c r="B30" s="90" t="s">
         <v>21</v>
       </c>
-      <c r="C30" s="307"/>
-[...1 lines deleted...]
-      <c r="E30" s="316"/>
+      <c r="C30" s="302"/>
+      <c r="D30" s="303"/>
+      <c r="E30" s="303"/>
       <c r="F30" s="31"/>
       <c r="G30" s="31"/>
       <c r="H30" s="31"/>
       <c r="I30" s="44"/>
       <c r="J30" s="45"/>
       <c r="K30" s="45"/>
       <c r="L30" s="30"/>
       <c r="M30" s="113"/>
       <c r="Q30" s="46"/>
       <c r="R30" s="35"/>
     </row>
     <row r="31" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="112"/>
       <c r="B31" s="90" t="s">
         <v>22</v>
       </c>
-      <c r="C31" s="307"/>
-[...1 lines deleted...]
-      <c r="E31" s="316"/>
+      <c r="C31" s="302"/>
+      <c r="D31" s="303"/>
+      <c r="E31" s="303"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="31"/>
       <c r="I31" s="44"/>
       <c r="J31" s="45"/>
       <c r="K31" s="45"/>
       <c r="L31" s="47"/>
       <c r="M31" s="113"/>
       <c r="Q31" s="46"/>
       <c r="R31" s="35"/>
     </row>
     <row r="32" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="112"/>
       <c r="B32" s="90" t="s">
         <v>166</v>
       </c>
-      <c r="C32" s="307"/>
-[...1 lines deleted...]
-      <c r="E32" s="316"/>
+      <c r="C32" s="302"/>
+      <c r="D32" s="303"/>
+      <c r="E32" s="303"/>
       <c r="F32" s="31"/>
       <c r="G32" s="31"/>
       <c r="H32" s="31"/>
       <c r="I32" s="44"/>
       <c r="J32" s="45"/>
       <c r="K32" s="45"/>
       <c r="L32" s="47"/>
       <c r="M32" s="113"/>
       <c r="Q32" s="46"/>
       <c r="R32" s="35"/>
     </row>
     <row r="33" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="112"/>
       <c r="B33" s="90" t="s">
         <v>165</v>
       </c>
-      <c r="C33" s="307"/>
-[...1 lines deleted...]
-      <c r="E33" s="316"/>
+      <c r="C33" s="302"/>
+      <c r="D33" s="303"/>
+      <c r="E33" s="303"/>
       <c r="F33" s="31"/>
       <c r="G33" s="13"/>
       <c r="H33" s="13"/>
       <c r="I33" s="13"/>
       <c r="J33" s="13"/>
       <c r="K33" s="13"/>
       <c r="L33" s="47"/>
       <c r="M33" s="113"/>
       <c r="Q33" s="46"/>
       <c r="R33" s="35"/>
     </row>
     <row r="34" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="112"/>
       <c r="B34" s="90" t="s">
         <v>23</v>
       </c>
       <c r="C34" s="90"/>
       <c r="D34" s="90"/>
       <c r="E34" s="90"/>
       <c r="F34" s="90"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="14"/>
       <c r="J34" s="13"/>
       <c r="K34" s="13"/>
@@ -11006,170 +11006,170 @@
       <c r="L42" s="30"/>
       <c r="M42" s="113"/>
     </row>
     <row r="43" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="112"/>
       <c r="B43" s="90" t="s">
         <v>27</v>
       </c>
       <c r="C43" s="90"/>
       <c r="D43" s="90"/>
       <c r="E43" s="90"/>
       <c r="F43" s="90"/>
       <c r="G43" s="13"/>
       <c r="H43" s="8"/>
       <c r="I43" s="14"/>
       <c r="J43" s="13"/>
       <c r="K43" s="13"/>
       <c r="L43" s="30"/>
       <c r="M43" s="113"/>
     </row>
     <row r="44" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="112"/>
       <c r="B44" s="90" t="s">
         <v>28</v>
       </c>
-      <c r="C44" s="321"/>
-[...1 lines deleted...]
-      <c r="E44" s="322"/>
+      <c r="C44" s="309"/>
+      <c r="D44" s="310"/>
+      <c r="E44" s="310"/>
       <c r="F44" s="90"/>
       <c r="G44" s="31"/>
       <c r="H44" s="31"/>
       <c r="I44" s="45"/>
       <c r="J44" s="45"/>
       <c r="K44" s="45"/>
       <c r="L44" s="30"/>
       <c r="M44" s="113"/>
     </row>
     <row r="45" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="112"/>
       <c r="B45" s="90" t="s">
         <v>29</v>
       </c>
-      <c r="C45" s="307"/>
-[...1 lines deleted...]
-      <c r="E45" s="308"/>
+      <c r="C45" s="302"/>
+      <c r="D45" s="306"/>
+      <c r="E45" s="306"/>
       <c r="F45" s="90"/>
       <c r="G45" s="31"/>
       <c r="H45" s="31"/>
       <c r="I45" s="45"/>
       <c r="J45" s="45"/>
       <c r="K45" s="45"/>
       <c r="L45" s="30"/>
       <c r="M45" s="113"/>
     </row>
     <row r="46" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="112"/>
       <c r="B46" s="90" t="s">
         <v>30</v>
       </c>
-      <c r="C46" s="307"/>
-[...1 lines deleted...]
-      <c r="E46" s="308"/>
+      <c r="C46" s="302"/>
+      <c r="D46" s="306"/>
+      <c r="E46" s="306"/>
       <c r="F46" s="90"/>
       <c r="G46" s="31"/>
       <c r="H46" s="31"/>
       <c r="I46" s="45"/>
       <c r="J46" s="45"/>
       <c r="K46" s="45"/>
       <c r="L46" s="30"/>
       <c r="M46" s="113"/>
     </row>
     <row r="47" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="112"/>
       <c r="B47" s="115" t="s">
         <v>31</v>
       </c>
-      <c r="C47" s="317"/>
-[...1 lines deleted...]
-      <c r="E47" s="318"/>
+      <c r="C47" s="304"/>
+      <c r="D47" s="305"/>
+      <c r="E47" s="305"/>
       <c r="F47" s="90"/>
       <c r="G47" s="31"/>
       <c r="H47" s="31"/>
       <c r="I47" s="45"/>
       <c r="J47" s="45"/>
       <c r="K47" s="45"/>
       <c r="L47" s="30"/>
       <c r="M47" s="113"/>
     </row>
     <row r="48" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="112"/>
       <c r="B48" s="90"/>
       <c r="C48" s="7"/>
       <c r="D48" s="7"/>
       <c r="E48" s="90"/>
       <c r="F48" s="90"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
       <c r="I48" s="13"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="30"/>
       <c r="M48" s="113"/>
     </row>
     <row r="49" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="112"/>
       <c r="B49" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="13"/>
       <c r="H49" s="8"/>
       <c r="I49" s="14"/>
       <c r="J49" s="13"/>
       <c r="K49" s="13"/>
       <c r="L49" s="13"/>
       <c r="M49" s="113"/>
     </row>
     <row r="50" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="112"/>
       <c r="B50" s="90" t="s">
         <v>33</v>
       </c>
-      <c r="C50" s="321"/>
-[...1 lines deleted...]
-      <c r="E50" s="322"/>
+      <c r="C50" s="309"/>
+      <c r="D50" s="310"/>
+      <c r="E50" s="310"/>
       <c r="F50" s="90"/>
       <c r="G50" s="31"/>
       <c r="H50" s="31"/>
       <c r="I50" s="44"/>
       <c r="J50" s="45"/>
       <c r="K50" s="45"/>
       <c r="L50" s="30"/>
       <c r="M50" s="113"/>
     </row>
     <row r="51" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="112"/>
       <c r="B51" s="90" t="s">
         <v>34</v>
       </c>
-      <c r="C51" s="307"/>
-[...1 lines deleted...]
-      <c r="E51" s="308"/>
+      <c r="C51" s="302"/>
+      <c r="D51" s="306"/>
+      <c r="E51" s="306"/>
       <c r="F51" s="59"/>
       <c r="G51" s="31"/>
       <c r="H51" s="31"/>
       <c r="I51" s="44"/>
       <c r="J51" s="45"/>
       <c r="K51" s="45"/>
       <c r="L51" s="30"/>
       <c r="M51" s="113"/>
     </row>
     <row r="52" spans="1:13" ht="3.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="112"/>
       <c r="B52" s="90"/>
       <c r="C52" s="90"/>
       <c r="D52" s="90"/>
       <c r="E52" s="90"/>
       <c r="F52" s="90"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
       <c r="I52" s="14"/>
       <c r="J52" s="13"/>
       <c r="K52" s="13"/>
       <c r="L52" s="30"/>
       <c r="M52" s="113"/>
     </row>
     <row r="53" spans="1:13" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
@@ -11200,105 +11200,105 @@
       <c r="J54" s="13"/>
       <c r="K54" s="13"/>
       <c r="L54" s="30"/>
       <c r="M54" s="113"/>
     </row>
     <row r="55" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="116"/>
       <c r="B55" s="9"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="9"/>
       <c r="F55" s="9"/>
       <c r="G55" s="9"/>
       <c r="H55" s="9"/>
       <c r="I55" s="117"/>
       <c r="J55" s="118"/>
       <c r="K55" s="118"/>
       <c r="L55" s="118"/>
       <c r="M55" s="119"/>
     </row>
     <row r="56" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="112"/>
       <c r="B56" s="90" t="s">
         <v>35</v>
       </c>
-      <c r="C56" s="323"/>
-[...8 lines deleted...]
-      <c r="L56" s="315"/>
+      <c r="C56" s="311"/>
+      <c r="D56" s="312"/>
+      <c r="E56" s="312"/>
+      <c r="F56" s="312"/>
+      <c r="G56" s="312"/>
+      <c r="H56" s="312"/>
+      <c r="I56" s="312"/>
+      <c r="J56" s="312"/>
+      <c r="K56" s="312"/>
+      <c r="L56" s="313"/>
       <c r="M56" s="113"/>
     </row>
     <row r="57" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="112"/>
       <c r="B57" s="52"/>
-      <c r="C57" s="325"/>
-[...8 lines deleted...]
-      <c r="L57" s="320"/>
+      <c r="C57" s="314"/>
+      <c r="D57" s="308"/>
+      <c r="E57" s="308"/>
+      <c r="F57" s="308"/>
+      <c r="G57" s="308"/>
+      <c r="H57" s="308"/>
+      <c r="I57" s="308"/>
+      <c r="J57" s="308"/>
+      <c r="K57" s="308"/>
+      <c r="L57" s="308"/>
       <c r="M57" s="113"/>
     </row>
     <row r="58" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="112"/>
       <c r="B58" s="53"/>
-      <c r="C58" s="319"/>
-[...8 lines deleted...]
-      <c r="L58" s="320"/>
+      <c r="C58" s="307"/>
+      <c r="D58" s="308"/>
+      <c r="E58" s="308"/>
+      <c r="F58" s="308"/>
+      <c r="G58" s="308"/>
+      <c r="H58" s="308"/>
+      <c r="I58" s="308"/>
+      <c r="J58" s="308"/>
+      <c r="K58" s="308"/>
+      <c r="L58" s="308"/>
       <c r="M58" s="120"/>
     </row>
     <row r="59" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="112"/>
       <c r="B59" s="53"/>
-      <c r="C59" s="319"/>
-[...8 lines deleted...]
-      <c r="L59" s="320"/>
+      <c r="C59" s="307"/>
+      <c r="D59" s="308"/>
+      <c r="E59" s="308"/>
+      <c r="F59" s="308"/>
+      <c r="G59" s="308"/>
+      <c r="H59" s="308"/>
+      <c r="I59" s="308"/>
+      <c r="J59" s="308"/>
+      <c r="K59" s="308"/>
+      <c r="L59" s="308"/>
       <c r="M59" s="120"/>
     </row>
     <row r="60" spans="1:13" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="116"/>
       <c r="B60" s="121"/>
       <c r="C60" s="121"/>
       <c r="D60" s="121"/>
       <c r="E60" s="121"/>
       <c r="F60" s="121"/>
       <c r="G60" s="121"/>
       <c r="H60" s="121"/>
       <c r="I60" s="1"/>
       <c r="J60" s="121"/>
       <c r="K60" s="121"/>
       <c r="L60" s="121"/>
       <c r="M60" s="122"/>
     </row>
     <row r="61" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B61" s="3"/>
       <c r="C61" s="3"/>
       <c r="D61" s="3"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
@@ -11307,82 +11307,82 @@
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
     </row>
     <row r="62" spans="1:13" s="54" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="B62" s="55"/>
       <c r="C62" s="55"/>
       <c r="D62" s="55"/>
       <c r="E62" s="55"/>
       <c r="F62" s="55"/>
       <c r="G62" s="55"/>
       <c r="H62" s="55"/>
       <c r="I62" s="56"/>
       <c r="J62" s="55"/>
       <c r="K62" s="56" t="s">
         <v>161</v>
       </c>
       <c r="L62" s="55"/>
       <c r="M62" s="55"/>
     </row>
     <row r="73" spans="5:9" x14ac:dyDescent="0.25">
       <c r="E73" s="57"/>
       <c r="I73"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="L6xEzSOELSypnlMt1MZm8oKzjsDgQYU791C//lyDvQ0JxHMiqg49o6OXTlYDL9RWiYV5+e6VQmqwmEeX6/5Haw==" saltValue="yfEa8Tfjqf5NlclY8vDQ2A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ZN8iyOrBzjx3v8n22IzxAG6SwDE97ry4zVLhRoDaMWQBFGRtMFlto3z3uq7coEBceBhYAzwEM/AsJLT9b0HLCg==" saltValue="GB8aqc8fBA80ZJhBdsqTTQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="30">
+    <mergeCell ref="E2:E3"/>
+    <mergeCell ref="E4:E6"/>
+    <mergeCell ref="E7:E9"/>
+    <mergeCell ref="F13:K13"/>
+    <mergeCell ref="F15:K15"/>
+    <mergeCell ref="F2:K2"/>
+    <mergeCell ref="F6:K6"/>
+    <mergeCell ref="F3:K3"/>
+    <mergeCell ref="F4:K4"/>
+    <mergeCell ref="F5:K5"/>
+    <mergeCell ref="F16:K16"/>
+    <mergeCell ref="F17:K17"/>
+    <mergeCell ref="B21:K21"/>
+    <mergeCell ref="F18:K18"/>
+    <mergeCell ref="C28:E28"/>
     <mergeCell ref="C33:E33"/>
     <mergeCell ref="C47:E47"/>
     <mergeCell ref="C51:E51"/>
     <mergeCell ref="C59:L59"/>
     <mergeCell ref="C29:E29"/>
     <mergeCell ref="C30:E30"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="C32:E32"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="C45:E45"/>
     <mergeCell ref="C46:E46"/>
     <mergeCell ref="C50:E50"/>
     <mergeCell ref="C56:L56"/>
     <mergeCell ref="C57:L57"/>
     <mergeCell ref="C58:L58"/>
-    <mergeCell ref="F16:K16"/>
-[...13 lines deleted...]
-    <mergeCell ref="F5:K5"/>
   </mergeCells>
   <dataValidations count="10">
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir la date en respectant le formant suivant : 31.12.2013_x000a_" promptTitle="Date de bouclement" prompt="Veuillez saisir la date en respectant le format suivant : 31.12.2013" sqref="C65558 IP65558 SL65558 ACH65558 AMD65558 AVZ65558 BFV65558 BPR65558 BZN65558 CJJ65558 CTF65558 DDB65558 DMX65558 DWT65558 EGP65558 EQL65558 FAH65558 FKD65558 FTZ65558 GDV65558 GNR65558 GXN65558 HHJ65558 HRF65558 IBB65558 IKX65558 IUT65558 JEP65558 JOL65558 JYH65558 KID65558 KRZ65558 LBV65558 LLR65558 LVN65558 MFJ65558 MPF65558 MZB65558 NIX65558 NST65558 OCP65558 OML65558 OWH65558 PGD65558 PPZ65558 PZV65558 QJR65558 QTN65558 RDJ65558 RNF65558 RXB65558 SGX65558 SQT65558 TAP65558 TKL65558 TUH65558 UED65558 UNZ65558 UXV65558 VHR65558 VRN65558 WBJ65558 WLF65558 WVB65558 C131094 IP131094 SL131094 ACH131094 AMD131094 AVZ131094 BFV131094 BPR131094 BZN131094 CJJ131094 CTF131094 DDB131094 DMX131094 DWT131094 EGP131094 EQL131094 FAH131094 FKD131094 FTZ131094 GDV131094 GNR131094 GXN131094 HHJ131094 HRF131094 IBB131094 IKX131094 IUT131094 JEP131094 JOL131094 JYH131094 KID131094 KRZ131094 LBV131094 LLR131094 LVN131094 MFJ131094 MPF131094 MZB131094 NIX131094 NST131094 OCP131094 OML131094 OWH131094 PGD131094 PPZ131094 PZV131094 QJR131094 QTN131094 RDJ131094 RNF131094 RXB131094 SGX131094 SQT131094 TAP131094 TKL131094 TUH131094 UED131094 UNZ131094 UXV131094 VHR131094 VRN131094 WBJ131094 WLF131094 WVB131094 C196630 IP196630 SL196630 ACH196630 AMD196630 AVZ196630 BFV196630 BPR196630 BZN196630 CJJ196630 CTF196630 DDB196630 DMX196630 DWT196630 EGP196630 EQL196630 FAH196630 FKD196630 FTZ196630 GDV196630 GNR196630 GXN196630 HHJ196630 HRF196630 IBB196630 IKX196630 IUT196630 JEP196630 JOL196630 JYH196630 KID196630 KRZ196630 LBV196630 LLR196630 LVN196630 MFJ196630 MPF196630 MZB196630 NIX196630 NST196630 OCP196630 OML196630 OWH196630 PGD196630 PPZ196630 PZV196630 QJR196630 QTN196630 RDJ196630 RNF196630 RXB196630 SGX196630 SQT196630 TAP196630 TKL196630 TUH196630 UED196630 UNZ196630 UXV196630 VHR196630 VRN196630 WBJ196630 WLF196630 WVB196630 C262166 IP262166 SL262166 ACH262166 AMD262166 AVZ262166 BFV262166 BPR262166 BZN262166 CJJ262166 CTF262166 DDB262166 DMX262166 DWT262166 EGP262166 EQL262166 FAH262166 FKD262166 FTZ262166 GDV262166 GNR262166 GXN262166 HHJ262166 HRF262166 IBB262166 IKX262166 IUT262166 JEP262166 JOL262166 JYH262166 KID262166 KRZ262166 LBV262166 LLR262166 LVN262166 MFJ262166 MPF262166 MZB262166 NIX262166 NST262166 OCP262166 OML262166 OWH262166 PGD262166 PPZ262166 PZV262166 QJR262166 QTN262166 RDJ262166 RNF262166 RXB262166 SGX262166 SQT262166 TAP262166 TKL262166 TUH262166 UED262166 UNZ262166 UXV262166 VHR262166 VRN262166 WBJ262166 WLF262166 WVB262166 C327702 IP327702 SL327702 ACH327702 AMD327702 AVZ327702 BFV327702 BPR327702 BZN327702 CJJ327702 CTF327702 DDB327702 DMX327702 DWT327702 EGP327702 EQL327702 FAH327702 FKD327702 FTZ327702 GDV327702 GNR327702 GXN327702 HHJ327702 HRF327702 IBB327702 IKX327702 IUT327702 JEP327702 JOL327702 JYH327702 KID327702 KRZ327702 LBV327702 LLR327702 LVN327702 MFJ327702 MPF327702 MZB327702 NIX327702 NST327702 OCP327702 OML327702 OWH327702 PGD327702 PPZ327702 PZV327702 QJR327702 QTN327702 RDJ327702 RNF327702 RXB327702 SGX327702 SQT327702 TAP327702 TKL327702 TUH327702 UED327702 UNZ327702 UXV327702 VHR327702 VRN327702 WBJ327702 WLF327702 WVB327702 C393238 IP393238 SL393238 ACH393238 AMD393238 AVZ393238 BFV393238 BPR393238 BZN393238 CJJ393238 CTF393238 DDB393238 DMX393238 DWT393238 EGP393238 EQL393238 FAH393238 FKD393238 FTZ393238 GDV393238 GNR393238 GXN393238 HHJ393238 HRF393238 IBB393238 IKX393238 IUT393238 JEP393238 JOL393238 JYH393238 KID393238 KRZ393238 LBV393238 LLR393238 LVN393238 MFJ393238 MPF393238 MZB393238 NIX393238 NST393238 OCP393238 OML393238 OWH393238 PGD393238 PPZ393238 PZV393238 QJR393238 QTN393238 RDJ393238 RNF393238 RXB393238 SGX393238 SQT393238 TAP393238 TKL393238 TUH393238 UED393238 UNZ393238 UXV393238 VHR393238 VRN393238 WBJ393238 WLF393238 WVB393238 C458774 IP458774 SL458774 ACH458774 AMD458774 AVZ458774 BFV458774 BPR458774 BZN458774 CJJ458774 CTF458774 DDB458774 DMX458774 DWT458774 EGP458774 EQL458774 FAH458774 FKD458774 FTZ458774 GDV458774 GNR458774 GXN458774 HHJ458774 HRF458774 IBB458774 IKX458774 IUT458774 JEP458774 JOL458774 JYH458774 KID458774 KRZ458774 LBV458774 LLR458774 LVN458774 MFJ458774 MPF458774 MZB458774 NIX458774 NST458774 OCP458774 OML458774 OWH458774 PGD458774 PPZ458774 PZV458774 QJR458774 QTN458774 RDJ458774 RNF458774 RXB458774 SGX458774 SQT458774 TAP458774 TKL458774 TUH458774 UED458774 UNZ458774 UXV458774 VHR458774 VRN458774 WBJ458774 WLF458774 WVB458774 C524310 IP524310 SL524310 ACH524310 AMD524310 AVZ524310 BFV524310 BPR524310 BZN524310 CJJ524310 CTF524310 DDB524310 DMX524310 DWT524310 EGP524310 EQL524310 FAH524310 FKD524310 FTZ524310 GDV524310 GNR524310 GXN524310 HHJ524310 HRF524310 IBB524310 IKX524310 IUT524310 JEP524310 JOL524310 JYH524310 KID524310 KRZ524310 LBV524310 LLR524310 LVN524310 MFJ524310 MPF524310 MZB524310 NIX524310 NST524310 OCP524310 OML524310 OWH524310 PGD524310 PPZ524310 PZV524310 QJR524310 QTN524310 RDJ524310 RNF524310 RXB524310 SGX524310 SQT524310 TAP524310 TKL524310 TUH524310 UED524310 UNZ524310 UXV524310 VHR524310 VRN524310 WBJ524310 WLF524310 WVB524310 C589846 IP589846 SL589846 ACH589846 AMD589846 AVZ589846 BFV589846 BPR589846 BZN589846 CJJ589846 CTF589846 DDB589846 DMX589846 DWT589846 EGP589846 EQL589846 FAH589846 FKD589846 FTZ589846 GDV589846 GNR589846 GXN589846 HHJ589846 HRF589846 IBB589846 IKX589846 IUT589846 JEP589846 JOL589846 JYH589846 KID589846 KRZ589846 LBV589846 LLR589846 LVN589846 MFJ589846 MPF589846 MZB589846 NIX589846 NST589846 OCP589846 OML589846 OWH589846 PGD589846 PPZ589846 PZV589846 QJR589846 QTN589846 RDJ589846 RNF589846 RXB589846 SGX589846 SQT589846 TAP589846 TKL589846 TUH589846 UED589846 UNZ589846 UXV589846 VHR589846 VRN589846 WBJ589846 WLF589846 WVB589846 C655382 IP655382 SL655382 ACH655382 AMD655382 AVZ655382 BFV655382 BPR655382 BZN655382 CJJ655382 CTF655382 DDB655382 DMX655382 DWT655382 EGP655382 EQL655382 FAH655382 FKD655382 FTZ655382 GDV655382 GNR655382 GXN655382 HHJ655382 HRF655382 IBB655382 IKX655382 IUT655382 JEP655382 JOL655382 JYH655382 KID655382 KRZ655382 LBV655382 LLR655382 LVN655382 MFJ655382 MPF655382 MZB655382 NIX655382 NST655382 OCP655382 OML655382 OWH655382 PGD655382 PPZ655382 PZV655382 QJR655382 QTN655382 RDJ655382 RNF655382 RXB655382 SGX655382 SQT655382 TAP655382 TKL655382 TUH655382 UED655382 UNZ655382 UXV655382 VHR655382 VRN655382 WBJ655382 WLF655382 WVB655382 C720918 IP720918 SL720918 ACH720918 AMD720918 AVZ720918 BFV720918 BPR720918 BZN720918 CJJ720918 CTF720918 DDB720918 DMX720918 DWT720918 EGP720918 EQL720918 FAH720918 FKD720918 FTZ720918 GDV720918 GNR720918 GXN720918 HHJ720918 HRF720918 IBB720918 IKX720918 IUT720918 JEP720918 JOL720918 JYH720918 KID720918 KRZ720918 LBV720918 LLR720918 LVN720918 MFJ720918 MPF720918 MZB720918 NIX720918 NST720918 OCP720918 OML720918 OWH720918 PGD720918 PPZ720918 PZV720918 QJR720918 QTN720918 RDJ720918 RNF720918 RXB720918 SGX720918 SQT720918 TAP720918 TKL720918 TUH720918 UED720918 UNZ720918 UXV720918 VHR720918 VRN720918 WBJ720918 WLF720918 WVB720918 C786454 IP786454 SL786454 ACH786454 AMD786454 AVZ786454 BFV786454 BPR786454 BZN786454 CJJ786454 CTF786454 DDB786454 DMX786454 DWT786454 EGP786454 EQL786454 FAH786454 FKD786454 FTZ786454 GDV786454 GNR786454 GXN786454 HHJ786454 HRF786454 IBB786454 IKX786454 IUT786454 JEP786454 JOL786454 JYH786454 KID786454 KRZ786454 LBV786454 LLR786454 LVN786454 MFJ786454 MPF786454 MZB786454 NIX786454 NST786454 OCP786454 OML786454 OWH786454 PGD786454 PPZ786454 PZV786454 QJR786454 QTN786454 RDJ786454 RNF786454 RXB786454 SGX786454 SQT786454 TAP786454 TKL786454 TUH786454 UED786454 UNZ786454 UXV786454 VHR786454 VRN786454 WBJ786454 WLF786454 WVB786454 C851990 IP851990 SL851990 ACH851990 AMD851990 AVZ851990 BFV851990 BPR851990 BZN851990 CJJ851990 CTF851990 DDB851990 DMX851990 DWT851990 EGP851990 EQL851990 FAH851990 FKD851990 FTZ851990 GDV851990 GNR851990 GXN851990 HHJ851990 HRF851990 IBB851990 IKX851990 IUT851990 JEP851990 JOL851990 JYH851990 KID851990 KRZ851990 LBV851990 LLR851990 LVN851990 MFJ851990 MPF851990 MZB851990 NIX851990 NST851990 OCP851990 OML851990 OWH851990 PGD851990 PPZ851990 PZV851990 QJR851990 QTN851990 RDJ851990 RNF851990 RXB851990 SGX851990 SQT851990 TAP851990 TKL851990 TUH851990 UED851990 UNZ851990 UXV851990 VHR851990 VRN851990 WBJ851990 WLF851990 WVB851990 C917526 IP917526 SL917526 ACH917526 AMD917526 AVZ917526 BFV917526 BPR917526 BZN917526 CJJ917526 CTF917526 DDB917526 DMX917526 DWT917526 EGP917526 EQL917526 FAH917526 FKD917526 FTZ917526 GDV917526 GNR917526 GXN917526 HHJ917526 HRF917526 IBB917526 IKX917526 IUT917526 JEP917526 JOL917526 JYH917526 KID917526 KRZ917526 LBV917526 LLR917526 LVN917526 MFJ917526 MPF917526 MZB917526 NIX917526 NST917526 OCP917526 OML917526 OWH917526 PGD917526 PPZ917526 PZV917526 QJR917526 QTN917526 RDJ917526 RNF917526 RXB917526 SGX917526 SQT917526 TAP917526 TKL917526 TUH917526 UED917526 UNZ917526 UXV917526 VHR917526 VRN917526 WBJ917526 WLF917526 WVB917526 C983062 IP983062 SL983062 ACH983062 AMD983062 AVZ983062 BFV983062 BPR983062 BZN983062 CJJ983062 CTF983062 DDB983062 DMX983062 DWT983062 EGP983062 EQL983062 FAH983062 FKD983062 FTZ983062 GDV983062 GNR983062 GXN983062 HHJ983062 HRF983062 IBB983062 IKX983062 IUT983062 JEP983062 JOL983062 JYH983062 KID983062 KRZ983062 LBV983062 LLR983062 LVN983062 MFJ983062 MPF983062 MZB983062 NIX983062 NST983062 OCP983062 OML983062 OWH983062 PGD983062 PPZ983062 PZV983062 QJR983062 QTN983062 RDJ983062 RNF983062 RXB983062 SGX983062 SQT983062 TAP983062 TKL983062 TUH983062 UED983062 UNZ983062 UXV983062 VHR983062 VRN983062 WBJ983062 WLF983062 WVB983062 H39:I39" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>40909</formula1>
       <formula2>41639</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir la date en respectant le formant suivant : 31.12.2013_x000a_" promptTitle="Date de bouclement" prompt="Veuillez saisir la date en respectant le format suivant : 31.12.2013" sqref="E65558:F65558 IR65558:IS65558 SN65558:SO65558 ACJ65558:ACK65558 AMF65558:AMG65558 AWB65558:AWC65558 BFX65558:BFY65558 BPT65558:BPU65558 BZP65558:BZQ65558 CJL65558:CJM65558 CTH65558:CTI65558 DDD65558:DDE65558 DMZ65558:DNA65558 DWV65558:DWW65558 EGR65558:EGS65558 EQN65558:EQO65558 FAJ65558:FAK65558 FKF65558:FKG65558 FUB65558:FUC65558 GDX65558:GDY65558 GNT65558:GNU65558 GXP65558:GXQ65558 HHL65558:HHM65558 HRH65558:HRI65558 IBD65558:IBE65558 IKZ65558:ILA65558 IUV65558:IUW65558 JER65558:JES65558 JON65558:JOO65558 JYJ65558:JYK65558 KIF65558:KIG65558 KSB65558:KSC65558 LBX65558:LBY65558 LLT65558:LLU65558 LVP65558:LVQ65558 MFL65558:MFM65558 MPH65558:MPI65558 MZD65558:MZE65558 NIZ65558:NJA65558 NSV65558:NSW65558 OCR65558:OCS65558 OMN65558:OMO65558 OWJ65558:OWK65558 PGF65558:PGG65558 PQB65558:PQC65558 PZX65558:PZY65558 QJT65558:QJU65558 QTP65558:QTQ65558 RDL65558:RDM65558 RNH65558:RNI65558 RXD65558:RXE65558 SGZ65558:SHA65558 SQV65558:SQW65558 TAR65558:TAS65558 TKN65558:TKO65558 TUJ65558:TUK65558 UEF65558:UEG65558 UOB65558:UOC65558 UXX65558:UXY65558 VHT65558:VHU65558 VRP65558:VRQ65558 WBL65558:WBM65558 WLH65558:WLI65558 WVD65558:WVE65558 E131094:F131094 IR131094:IS131094 SN131094:SO131094 ACJ131094:ACK131094 AMF131094:AMG131094 AWB131094:AWC131094 BFX131094:BFY131094 BPT131094:BPU131094 BZP131094:BZQ131094 CJL131094:CJM131094 CTH131094:CTI131094 DDD131094:DDE131094 DMZ131094:DNA131094 DWV131094:DWW131094 EGR131094:EGS131094 EQN131094:EQO131094 FAJ131094:FAK131094 FKF131094:FKG131094 FUB131094:FUC131094 GDX131094:GDY131094 GNT131094:GNU131094 GXP131094:GXQ131094 HHL131094:HHM131094 HRH131094:HRI131094 IBD131094:IBE131094 IKZ131094:ILA131094 IUV131094:IUW131094 JER131094:JES131094 JON131094:JOO131094 JYJ131094:JYK131094 KIF131094:KIG131094 KSB131094:KSC131094 LBX131094:LBY131094 LLT131094:LLU131094 LVP131094:LVQ131094 MFL131094:MFM131094 MPH131094:MPI131094 MZD131094:MZE131094 NIZ131094:NJA131094 NSV131094:NSW131094 OCR131094:OCS131094 OMN131094:OMO131094 OWJ131094:OWK131094 PGF131094:PGG131094 PQB131094:PQC131094 PZX131094:PZY131094 QJT131094:QJU131094 QTP131094:QTQ131094 RDL131094:RDM131094 RNH131094:RNI131094 RXD131094:RXE131094 SGZ131094:SHA131094 SQV131094:SQW131094 TAR131094:TAS131094 TKN131094:TKO131094 TUJ131094:TUK131094 UEF131094:UEG131094 UOB131094:UOC131094 UXX131094:UXY131094 VHT131094:VHU131094 VRP131094:VRQ131094 WBL131094:WBM131094 WLH131094:WLI131094 WVD131094:WVE131094 E196630:F196630 IR196630:IS196630 SN196630:SO196630 ACJ196630:ACK196630 AMF196630:AMG196630 AWB196630:AWC196630 BFX196630:BFY196630 BPT196630:BPU196630 BZP196630:BZQ196630 CJL196630:CJM196630 CTH196630:CTI196630 DDD196630:DDE196630 DMZ196630:DNA196630 DWV196630:DWW196630 EGR196630:EGS196630 EQN196630:EQO196630 FAJ196630:FAK196630 FKF196630:FKG196630 FUB196630:FUC196630 GDX196630:GDY196630 GNT196630:GNU196630 GXP196630:GXQ196630 HHL196630:HHM196630 HRH196630:HRI196630 IBD196630:IBE196630 IKZ196630:ILA196630 IUV196630:IUW196630 JER196630:JES196630 JON196630:JOO196630 JYJ196630:JYK196630 KIF196630:KIG196630 KSB196630:KSC196630 LBX196630:LBY196630 LLT196630:LLU196630 LVP196630:LVQ196630 MFL196630:MFM196630 MPH196630:MPI196630 MZD196630:MZE196630 NIZ196630:NJA196630 NSV196630:NSW196630 OCR196630:OCS196630 OMN196630:OMO196630 OWJ196630:OWK196630 PGF196630:PGG196630 PQB196630:PQC196630 PZX196630:PZY196630 QJT196630:QJU196630 QTP196630:QTQ196630 RDL196630:RDM196630 RNH196630:RNI196630 RXD196630:RXE196630 SGZ196630:SHA196630 SQV196630:SQW196630 TAR196630:TAS196630 TKN196630:TKO196630 TUJ196630:TUK196630 UEF196630:UEG196630 UOB196630:UOC196630 UXX196630:UXY196630 VHT196630:VHU196630 VRP196630:VRQ196630 WBL196630:WBM196630 WLH196630:WLI196630 WVD196630:WVE196630 E262166:F262166 IR262166:IS262166 SN262166:SO262166 ACJ262166:ACK262166 AMF262166:AMG262166 AWB262166:AWC262166 BFX262166:BFY262166 BPT262166:BPU262166 BZP262166:BZQ262166 CJL262166:CJM262166 CTH262166:CTI262166 DDD262166:DDE262166 DMZ262166:DNA262166 DWV262166:DWW262166 EGR262166:EGS262166 EQN262166:EQO262166 FAJ262166:FAK262166 FKF262166:FKG262166 FUB262166:FUC262166 GDX262166:GDY262166 GNT262166:GNU262166 GXP262166:GXQ262166 HHL262166:HHM262166 HRH262166:HRI262166 IBD262166:IBE262166 IKZ262166:ILA262166 IUV262166:IUW262166 JER262166:JES262166 JON262166:JOO262166 JYJ262166:JYK262166 KIF262166:KIG262166 KSB262166:KSC262166 LBX262166:LBY262166 LLT262166:LLU262166 LVP262166:LVQ262166 MFL262166:MFM262166 MPH262166:MPI262166 MZD262166:MZE262166 NIZ262166:NJA262166 NSV262166:NSW262166 OCR262166:OCS262166 OMN262166:OMO262166 OWJ262166:OWK262166 PGF262166:PGG262166 PQB262166:PQC262166 PZX262166:PZY262166 QJT262166:QJU262166 QTP262166:QTQ262166 RDL262166:RDM262166 RNH262166:RNI262166 RXD262166:RXE262166 SGZ262166:SHA262166 SQV262166:SQW262166 TAR262166:TAS262166 TKN262166:TKO262166 TUJ262166:TUK262166 UEF262166:UEG262166 UOB262166:UOC262166 UXX262166:UXY262166 VHT262166:VHU262166 VRP262166:VRQ262166 WBL262166:WBM262166 WLH262166:WLI262166 WVD262166:WVE262166 E327702:F327702 IR327702:IS327702 SN327702:SO327702 ACJ327702:ACK327702 AMF327702:AMG327702 AWB327702:AWC327702 BFX327702:BFY327702 BPT327702:BPU327702 BZP327702:BZQ327702 CJL327702:CJM327702 CTH327702:CTI327702 DDD327702:DDE327702 DMZ327702:DNA327702 DWV327702:DWW327702 EGR327702:EGS327702 EQN327702:EQO327702 FAJ327702:FAK327702 FKF327702:FKG327702 FUB327702:FUC327702 GDX327702:GDY327702 GNT327702:GNU327702 GXP327702:GXQ327702 HHL327702:HHM327702 HRH327702:HRI327702 IBD327702:IBE327702 IKZ327702:ILA327702 IUV327702:IUW327702 JER327702:JES327702 JON327702:JOO327702 JYJ327702:JYK327702 KIF327702:KIG327702 KSB327702:KSC327702 LBX327702:LBY327702 LLT327702:LLU327702 LVP327702:LVQ327702 MFL327702:MFM327702 MPH327702:MPI327702 MZD327702:MZE327702 NIZ327702:NJA327702 NSV327702:NSW327702 OCR327702:OCS327702 OMN327702:OMO327702 OWJ327702:OWK327702 PGF327702:PGG327702 PQB327702:PQC327702 PZX327702:PZY327702 QJT327702:QJU327702 QTP327702:QTQ327702 RDL327702:RDM327702 RNH327702:RNI327702 RXD327702:RXE327702 SGZ327702:SHA327702 SQV327702:SQW327702 TAR327702:TAS327702 TKN327702:TKO327702 TUJ327702:TUK327702 UEF327702:UEG327702 UOB327702:UOC327702 UXX327702:UXY327702 VHT327702:VHU327702 VRP327702:VRQ327702 WBL327702:WBM327702 WLH327702:WLI327702 WVD327702:WVE327702 E393238:F393238 IR393238:IS393238 SN393238:SO393238 ACJ393238:ACK393238 AMF393238:AMG393238 AWB393238:AWC393238 BFX393238:BFY393238 BPT393238:BPU393238 BZP393238:BZQ393238 CJL393238:CJM393238 CTH393238:CTI393238 DDD393238:DDE393238 DMZ393238:DNA393238 DWV393238:DWW393238 EGR393238:EGS393238 EQN393238:EQO393238 FAJ393238:FAK393238 FKF393238:FKG393238 FUB393238:FUC393238 GDX393238:GDY393238 GNT393238:GNU393238 GXP393238:GXQ393238 HHL393238:HHM393238 HRH393238:HRI393238 IBD393238:IBE393238 IKZ393238:ILA393238 IUV393238:IUW393238 JER393238:JES393238 JON393238:JOO393238 JYJ393238:JYK393238 KIF393238:KIG393238 KSB393238:KSC393238 LBX393238:LBY393238 LLT393238:LLU393238 LVP393238:LVQ393238 MFL393238:MFM393238 MPH393238:MPI393238 MZD393238:MZE393238 NIZ393238:NJA393238 NSV393238:NSW393238 OCR393238:OCS393238 OMN393238:OMO393238 OWJ393238:OWK393238 PGF393238:PGG393238 PQB393238:PQC393238 PZX393238:PZY393238 QJT393238:QJU393238 QTP393238:QTQ393238 RDL393238:RDM393238 RNH393238:RNI393238 RXD393238:RXE393238 SGZ393238:SHA393238 SQV393238:SQW393238 TAR393238:TAS393238 TKN393238:TKO393238 TUJ393238:TUK393238 UEF393238:UEG393238 UOB393238:UOC393238 UXX393238:UXY393238 VHT393238:VHU393238 VRP393238:VRQ393238 WBL393238:WBM393238 WLH393238:WLI393238 WVD393238:WVE393238 E458774:F458774 IR458774:IS458774 SN458774:SO458774 ACJ458774:ACK458774 AMF458774:AMG458774 AWB458774:AWC458774 BFX458774:BFY458774 BPT458774:BPU458774 BZP458774:BZQ458774 CJL458774:CJM458774 CTH458774:CTI458774 DDD458774:DDE458774 DMZ458774:DNA458774 DWV458774:DWW458774 EGR458774:EGS458774 EQN458774:EQO458774 FAJ458774:FAK458774 FKF458774:FKG458774 FUB458774:FUC458774 GDX458774:GDY458774 GNT458774:GNU458774 GXP458774:GXQ458774 HHL458774:HHM458774 HRH458774:HRI458774 IBD458774:IBE458774 IKZ458774:ILA458774 IUV458774:IUW458774 JER458774:JES458774 JON458774:JOO458774 JYJ458774:JYK458774 KIF458774:KIG458774 KSB458774:KSC458774 LBX458774:LBY458774 LLT458774:LLU458774 LVP458774:LVQ458774 MFL458774:MFM458774 MPH458774:MPI458774 MZD458774:MZE458774 NIZ458774:NJA458774 NSV458774:NSW458774 OCR458774:OCS458774 OMN458774:OMO458774 OWJ458774:OWK458774 PGF458774:PGG458774 PQB458774:PQC458774 PZX458774:PZY458774 QJT458774:QJU458774 QTP458774:QTQ458774 RDL458774:RDM458774 RNH458774:RNI458774 RXD458774:RXE458774 SGZ458774:SHA458774 SQV458774:SQW458774 TAR458774:TAS458774 TKN458774:TKO458774 TUJ458774:TUK458774 UEF458774:UEG458774 UOB458774:UOC458774 UXX458774:UXY458774 VHT458774:VHU458774 VRP458774:VRQ458774 WBL458774:WBM458774 WLH458774:WLI458774 WVD458774:WVE458774 E524310:F524310 IR524310:IS524310 SN524310:SO524310 ACJ524310:ACK524310 AMF524310:AMG524310 AWB524310:AWC524310 BFX524310:BFY524310 BPT524310:BPU524310 BZP524310:BZQ524310 CJL524310:CJM524310 CTH524310:CTI524310 DDD524310:DDE524310 DMZ524310:DNA524310 DWV524310:DWW524310 EGR524310:EGS524310 EQN524310:EQO524310 FAJ524310:FAK524310 FKF524310:FKG524310 FUB524310:FUC524310 GDX524310:GDY524310 GNT524310:GNU524310 GXP524310:GXQ524310 HHL524310:HHM524310 HRH524310:HRI524310 IBD524310:IBE524310 IKZ524310:ILA524310 IUV524310:IUW524310 JER524310:JES524310 JON524310:JOO524310 JYJ524310:JYK524310 KIF524310:KIG524310 KSB524310:KSC524310 LBX524310:LBY524310 LLT524310:LLU524310 LVP524310:LVQ524310 MFL524310:MFM524310 MPH524310:MPI524310 MZD524310:MZE524310 NIZ524310:NJA524310 NSV524310:NSW524310 OCR524310:OCS524310 OMN524310:OMO524310 OWJ524310:OWK524310 PGF524310:PGG524310 PQB524310:PQC524310 PZX524310:PZY524310 QJT524310:QJU524310 QTP524310:QTQ524310 RDL524310:RDM524310 RNH524310:RNI524310 RXD524310:RXE524310 SGZ524310:SHA524310 SQV524310:SQW524310 TAR524310:TAS524310 TKN524310:TKO524310 TUJ524310:TUK524310 UEF524310:UEG524310 UOB524310:UOC524310 UXX524310:UXY524310 VHT524310:VHU524310 VRP524310:VRQ524310 WBL524310:WBM524310 WLH524310:WLI524310 WVD524310:WVE524310 E589846:F589846 IR589846:IS589846 SN589846:SO589846 ACJ589846:ACK589846 AMF589846:AMG589846 AWB589846:AWC589846 BFX589846:BFY589846 BPT589846:BPU589846 BZP589846:BZQ589846 CJL589846:CJM589846 CTH589846:CTI589846 DDD589846:DDE589846 DMZ589846:DNA589846 DWV589846:DWW589846 EGR589846:EGS589846 EQN589846:EQO589846 FAJ589846:FAK589846 FKF589846:FKG589846 FUB589846:FUC589846 GDX589846:GDY589846 GNT589846:GNU589846 GXP589846:GXQ589846 HHL589846:HHM589846 HRH589846:HRI589846 IBD589846:IBE589846 IKZ589846:ILA589846 IUV589846:IUW589846 JER589846:JES589846 JON589846:JOO589846 JYJ589846:JYK589846 KIF589846:KIG589846 KSB589846:KSC589846 LBX589846:LBY589846 LLT589846:LLU589846 LVP589846:LVQ589846 MFL589846:MFM589846 MPH589846:MPI589846 MZD589846:MZE589846 NIZ589846:NJA589846 NSV589846:NSW589846 OCR589846:OCS589846 OMN589846:OMO589846 OWJ589846:OWK589846 PGF589846:PGG589846 PQB589846:PQC589846 PZX589846:PZY589846 QJT589846:QJU589846 QTP589846:QTQ589846 RDL589846:RDM589846 RNH589846:RNI589846 RXD589846:RXE589846 SGZ589846:SHA589846 SQV589846:SQW589846 TAR589846:TAS589846 TKN589846:TKO589846 TUJ589846:TUK589846 UEF589846:UEG589846 UOB589846:UOC589846 UXX589846:UXY589846 VHT589846:VHU589846 VRP589846:VRQ589846 WBL589846:WBM589846 WLH589846:WLI589846 WVD589846:WVE589846 E655382:F655382 IR655382:IS655382 SN655382:SO655382 ACJ655382:ACK655382 AMF655382:AMG655382 AWB655382:AWC655382 BFX655382:BFY655382 BPT655382:BPU655382 BZP655382:BZQ655382 CJL655382:CJM655382 CTH655382:CTI655382 DDD655382:DDE655382 DMZ655382:DNA655382 DWV655382:DWW655382 EGR655382:EGS655382 EQN655382:EQO655382 FAJ655382:FAK655382 FKF655382:FKG655382 FUB655382:FUC655382 GDX655382:GDY655382 GNT655382:GNU655382 GXP655382:GXQ655382 HHL655382:HHM655382 HRH655382:HRI655382 IBD655382:IBE655382 IKZ655382:ILA655382 IUV655382:IUW655382 JER655382:JES655382 JON655382:JOO655382 JYJ655382:JYK655382 KIF655382:KIG655382 KSB655382:KSC655382 LBX655382:LBY655382 LLT655382:LLU655382 LVP655382:LVQ655382 MFL655382:MFM655382 MPH655382:MPI655382 MZD655382:MZE655382 NIZ655382:NJA655382 NSV655382:NSW655382 OCR655382:OCS655382 OMN655382:OMO655382 OWJ655382:OWK655382 PGF655382:PGG655382 PQB655382:PQC655382 PZX655382:PZY655382 QJT655382:QJU655382 QTP655382:QTQ655382 RDL655382:RDM655382 RNH655382:RNI655382 RXD655382:RXE655382 SGZ655382:SHA655382 SQV655382:SQW655382 TAR655382:TAS655382 TKN655382:TKO655382 TUJ655382:TUK655382 UEF655382:UEG655382 UOB655382:UOC655382 UXX655382:UXY655382 VHT655382:VHU655382 VRP655382:VRQ655382 WBL655382:WBM655382 WLH655382:WLI655382 WVD655382:WVE655382 E720918:F720918 IR720918:IS720918 SN720918:SO720918 ACJ720918:ACK720918 AMF720918:AMG720918 AWB720918:AWC720918 BFX720918:BFY720918 BPT720918:BPU720918 BZP720918:BZQ720918 CJL720918:CJM720918 CTH720918:CTI720918 DDD720918:DDE720918 DMZ720918:DNA720918 DWV720918:DWW720918 EGR720918:EGS720918 EQN720918:EQO720918 FAJ720918:FAK720918 FKF720918:FKG720918 FUB720918:FUC720918 GDX720918:GDY720918 GNT720918:GNU720918 GXP720918:GXQ720918 HHL720918:HHM720918 HRH720918:HRI720918 IBD720918:IBE720918 IKZ720918:ILA720918 IUV720918:IUW720918 JER720918:JES720918 JON720918:JOO720918 JYJ720918:JYK720918 KIF720918:KIG720918 KSB720918:KSC720918 LBX720918:LBY720918 LLT720918:LLU720918 LVP720918:LVQ720918 MFL720918:MFM720918 MPH720918:MPI720918 MZD720918:MZE720918 NIZ720918:NJA720918 NSV720918:NSW720918 OCR720918:OCS720918 OMN720918:OMO720918 OWJ720918:OWK720918 PGF720918:PGG720918 PQB720918:PQC720918 PZX720918:PZY720918 QJT720918:QJU720918 QTP720918:QTQ720918 RDL720918:RDM720918 RNH720918:RNI720918 RXD720918:RXE720918 SGZ720918:SHA720918 SQV720918:SQW720918 TAR720918:TAS720918 TKN720918:TKO720918 TUJ720918:TUK720918 UEF720918:UEG720918 UOB720918:UOC720918 UXX720918:UXY720918 VHT720918:VHU720918 VRP720918:VRQ720918 WBL720918:WBM720918 WLH720918:WLI720918 WVD720918:WVE720918 E786454:F786454 IR786454:IS786454 SN786454:SO786454 ACJ786454:ACK786454 AMF786454:AMG786454 AWB786454:AWC786454 BFX786454:BFY786454 BPT786454:BPU786454 BZP786454:BZQ786454 CJL786454:CJM786454 CTH786454:CTI786454 DDD786454:DDE786454 DMZ786454:DNA786454 DWV786454:DWW786454 EGR786454:EGS786454 EQN786454:EQO786454 FAJ786454:FAK786454 FKF786454:FKG786454 FUB786454:FUC786454 GDX786454:GDY786454 GNT786454:GNU786454 GXP786454:GXQ786454 HHL786454:HHM786454 HRH786454:HRI786454 IBD786454:IBE786454 IKZ786454:ILA786454 IUV786454:IUW786454 JER786454:JES786454 JON786454:JOO786454 JYJ786454:JYK786454 KIF786454:KIG786454 KSB786454:KSC786454 LBX786454:LBY786454 LLT786454:LLU786454 LVP786454:LVQ786454 MFL786454:MFM786454 MPH786454:MPI786454 MZD786454:MZE786454 NIZ786454:NJA786454 NSV786454:NSW786454 OCR786454:OCS786454 OMN786454:OMO786454 OWJ786454:OWK786454 PGF786454:PGG786454 PQB786454:PQC786454 PZX786454:PZY786454 QJT786454:QJU786454 QTP786454:QTQ786454 RDL786454:RDM786454 RNH786454:RNI786454 RXD786454:RXE786454 SGZ786454:SHA786454 SQV786454:SQW786454 TAR786454:TAS786454 TKN786454:TKO786454 TUJ786454:TUK786454 UEF786454:UEG786454 UOB786454:UOC786454 UXX786454:UXY786454 VHT786454:VHU786454 VRP786454:VRQ786454 WBL786454:WBM786454 WLH786454:WLI786454 WVD786454:WVE786454 E851990:F851990 IR851990:IS851990 SN851990:SO851990 ACJ851990:ACK851990 AMF851990:AMG851990 AWB851990:AWC851990 BFX851990:BFY851990 BPT851990:BPU851990 BZP851990:BZQ851990 CJL851990:CJM851990 CTH851990:CTI851990 DDD851990:DDE851990 DMZ851990:DNA851990 DWV851990:DWW851990 EGR851990:EGS851990 EQN851990:EQO851990 FAJ851990:FAK851990 FKF851990:FKG851990 FUB851990:FUC851990 GDX851990:GDY851990 GNT851990:GNU851990 GXP851990:GXQ851990 HHL851990:HHM851990 HRH851990:HRI851990 IBD851990:IBE851990 IKZ851990:ILA851990 IUV851990:IUW851990 JER851990:JES851990 JON851990:JOO851990 JYJ851990:JYK851990 KIF851990:KIG851990 KSB851990:KSC851990 LBX851990:LBY851990 LLT851990:LLU851990 LVP851990:LVQ851990 MFL851990:MFM851990 MPH851990:MPI851990 MZD851990:MZE851990 NIZ851990:NJA851990 NSV851990:NSW851990 OCR851990:OCS851990 OMN851990:OMO851990 OWJ851990:OWK851990 PGF851990:PGG851990 PQB851990:PQC851990 PZX851990:PZY851990 QJT851990:QJU851990 QTP851990:QTQ851990 RDL851990:RDM851990 RNH851990:RNI851990 RXD851990:RXE851990 SGZ851990:SHA851990 SQV851990:SQW851990 TAR851990:TAS851990 TKN851990:TKO851990 TUJ851990:TUK851990 UEF851990:UEG851990 UOB851990:UOC851990 UXX851990:UXY851990 VHT851990:VHU851990 VRP851990:VRQ851990 WBL851990:WBM851990 WLH851990:WLI851990 WVD851990:WVE851990 E917526:F917526 IR917526:IS917526 SN917526:SO917526 ACJ917526:ACK917526 AMF917526:AMG917526 AWB917526:AWC917526 BFX917526:BFY917526 BPT917526:BPU917526 BZP917526:BZQ917526 CJL917526:CJM917526 CTH917526:CTI917526 DDD917526:DDE917526 DMZ917526:DNA917526 DWV917526:DWW917526 EGR917526:EGS917526 EQN917526:EQO917526 FAJ917526:FAK917526 FKF917526:FKG917526 FUB917526:FUC917526 GDX917526:GDY917526 GNT917526:GNU917526 GXP917526:GXQ917526 HHL917526:HHM917526 HRH917526:HRI917526 IBD917526:IBE917526 IKZ917526:ILA917526 IUV917526:IUW917526 JER917526:JES917526 JON917526:JOO917526 JYJ917526:JYK917526 KIF917526:KIG917526 KSB917526:KSC917526 LBX917526:LBY917526 LLT917526:LLU917526 LVP917526:LVQ917526 MFL917526:MFM917526 MPH917526:MPI917526 MZD917526:MZE917526 NIZ917526:NJA917526 NSV917526:NSW917526 OCR917526:OCS917526 OMN917526:OMO917526 OWJ917526:OWK917526 PGF917526:PGG917526 PQB917526:PQC917526 PZX917526:PZY917526 QJT917526:QJU917526 QTP917526:QTQ917526 RDL917526:RDM917526 RNH917526:RNI917526 RXD917526:RXE917526 SGZ917526:SHA917526 SQV917526:SQW917526 TAR917526:TAS917526 TKN917526:TKO917526 TUJ917526:TUK917526 UEF917526:UEG917526 UOB917526:UOC917526 UXX917526:UXY917526 VHT917526:VHU917526 VRP917526:VRQ917526 WBL917526:WBM917526 WLH917526:WLI917526 WVD917526:WVE917526 E983062:F983062 IR983062:IS983062 SN983062:SO983062 ACJ983062:ACK983062 AMF983062:AMG983062 AWB983062:AWC983062 BFX983062:BFY983062 BPT983062:BPU983062 BZP983062:BZQ983062 CJL983062:CJM983062 CTH983062:CTI983062 DDD983062:DDE983062 DMZ983062:DNA983062 DWV983062:DWW983062 EGR983062:EGS983062 EQN983062:EQO983062 FAJ983062:FAK983062 FKF983062:FKG983062 FUB983062:FUC983062 GDX983062:GDY983062 GNT983062:GNU983062 GXP983062:GXQ983062 HHL983062:HHM983062 HRH983062:HRI983062 IBD983062:IBE983062 IKZ983062:ILA983062 IUV983062:IUW983062 JER983062:JES983062 JON983062:JOO983062 JYJ983062:JYK983062 KIF983062:KIG983062 KSB983062:KSC983062 LBX983062:LBY983062 LLT983062:LLU983062 LVP983062:LVQ983062 MFL983062:MFM983062 MPH983062:MPI983062 MZD983062:MZE983062 NIZ983062:NJA983062 NSV983062:NSW983062 OCR983062:OCS983062 OMN983062:OMO983062 OWJ983062:OWK983062 PGF983062:PGG983062 PQB983062:PQC983062 PZX983062:PZY983062 QJT983062:QJU983062 QTP983062:QTQ983062 RDL983062:RDM983062 RNH983062:RNI983062 RXD983062:RXE983062 SGZ983062:SHA983062 SQV983062:SQW983062 TAR983062:TAS983062 TKN983062:TKO983062 TUJ983062:TUK983062 UEF983062:UEG983062 UOB983062:UOC983062 UXX983062:UXY983062 VHT983062:VHU983062 VRP983062:VRQ983062 WBL983062:WBM983062 WLH983062:WLI983062 WVD983062:WVE983062 K39" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>41275</formula1>
       <formula2>41639</formula2>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° IDE" error="Veuillez saisire les 9 chiffres du n° IDE, sans les points et sans le &quot;CHE-&quot;_x000a_Exemple : 123456789" promptTitle="N° IDE" prompt="Veuillez saisire les 9 chiffres du n° IDE, sans les points et sans le &quot;CHE-&quot;_x000a_Exemple : 123456789" sqref="WVF983034:WVI983034 G65530:J65530 IT65530:IW65530 SP65530:SS65530 ACL65530:ACO65530 AMH65530:AMK65530 AWD65530:AWG65530 BFZ65530:BGC65530 BPV65530:BPY65530 BZR65530:BZU65530 CJN65530:CJQ65530 CTJ65530:CTM65530 DDF65530:DDI65530 DNB65530:DNE65530 DWX65530:DXA65530 EGT65530:EGW65530 EQP65530:EQS65530 FAL65530:FAO65530 FKH65530:FKK65530 FUD65530:FUG65530 GDZ65530:GEC65530 GNV65530:GNY65530 GXR65530:GXU65530 HHN65530:HHQ65530 HRJ65530:HRM65530 IBF65530:IBI65530 ILB65530:ILE65530 IUX65530:IVA65530 JET65530:JEW65530 JOP65530:JOS65530 JYL65530:JYO65530 KIH65530:KIK65530 KSD65530:KSG65530 LBZ65530:LCC65530 LLV65530:LLY65530 LVR65530:LVU65530 MFN65530:MFQ65530 MPJ65530:MPM65530 MZF65530:MZI65530 NJB65530:NJE65530 NSX65530:NTA65530 OCT65530:OCW65530 OMP65530:OMS65530 OWL65530:OWO65530 PGH65530:PGK65530 PQD65530:PQG65530 PZZ65530:QAC65530 QJV65530:QJY65530 QTR65530:QTU65530 RDN65530:RDQ65530 RNJ65530:RNM65530 RXF65530:RXI65530 SHB65530:SHE65530 SQX65530:SRA65530 TAT65530:TAW65530 TKP65530:TKS65530 TUL65530:TUO65530 UEH65530:UEK65530 UOD65530:UOG65530 UXZ65530:UYC65530 VHV65530:VHY65530 VRR65530:VRU65530 WBN65530:WBQ65530 WLJ65530:WLM65530 WVF65530:WVI65530 G131066:J131066 IT131066:IW131066 SP131066:SS131066 ACL131066:ACO131066 AMH131066:AMK131066 AWD131066:AWG131066 BFZ131066:BGC131066 BPV131066:BPY131066 BZR131066:BZU131066 CJN131066:CJQ131066 CTJ131066:CTM131066 DDF131066:DDI131066 DNB131066:DNE131066 DWX131066:DXA131066 EGT131066:EGW131066 EQP131066:EQS131066 FAL131066:FAO131066 FKH131066:FKK131066 FUD131066:FUG131066 GDZ131066:GEC131066 GNV131066:GNY131066 GXR131066:GXU131066 HHN131066:HHQ131066 HRJ131066:HRM131066 IBF131066:IBI131066 ILB131066:ILE131066 IUX131066:IVA131066 JET131066:JEW131066 JOP131066:JOS131066 JYL131066:JYO131066 KIH131066:KIK131066 KSD131066:KSG131066 LBZ131066:LCC131066 LLV131066:LLY131066 LVR131066:LVU131066 MFN131066:MFQ131066 MPJ131066:MPM131066 MZF131066:MZI131066 NJB131066:NJE131066 NSX131066:NTA131066 OCT131066:OCW131066 OMP131066:OMS131066 OWL131066:OWO131066 PGH131066:PGK131066 PQD131066:PQG131066 PZZ131066:QAC131066 QJV131066:QJY131066 QTR131066:QTU131066 RDN131066:RDQ131066 RNJ131066:RNM131066 RXF131066:RXI131066 SHB131066:SHE131066 SQX131066:SRA131066 TAT131066:TAW131066 TKP131066:TKS131066 TUL131066:TUO131066 UEH131066:UEK131066 UOD131066:UOG131066 UXZ131066:UYC131066 VHV131066:VHY131066 VRR131066:VRU131066 WBN131066:WBQ131066 WLJ131066:WLM131066 WVF131066:WVI131066 G196602:J196602 IT196602:IW196602 SP196602:SS196602 ACL196602:ACO196602 AMH196602:AMK196602 AWD196602:AWG196602 BFZ196602:BGC196602 BPV196602:BPY196602 BZR196602:BZU196602 CJN196602:CJQ196602 CTJ196602:CTM196602 DDF196602:DDI196602 DNB196602:DNE196602 DWX196602:DXA196602 EGT196602:EGW196602 EQP196602:EQS196602 FAL196602:FAO196602 FKH196602:FKK196602 FUD196602:FUG196602 GDZ196602:GEC196602 GNV196602:GNY196602 GXR196602:GXU196602 HHN196602:HHQ196602 HRJ196602:HRM196602 IBF196602:IBI196602 ILB196602:ILE196602 IUX196602:IVA196602 JET196602:JEW196602 JOP196602:JOS196602 JYL196602:JYO196602 KIH196602:KIK196602 KSD196602:KSG196602 LBZ196602:LCC196602 LLV196602:LLY196602 LVR196602:LVU196602 MFN196602:MFQ196602 MPJ196602:MPM196602 MZF196602:MZI196602 NJB196602:NJE196602 NSX196602:NTA196602 OCT196602:OCW196602 OMP196602:OMS196602 OWL196602:OWO196602 PGH196602:PGK196602 PQD196602:PQG196602 PZZ196602:QAC196602 QJV196602:QJY196602 QTR196602:QTU196602 RDN196602:RDQ196602 RNJ196602:RNM196602 RXF196602:RXI196602 SHB196602:SHE196602 SQX196602:SRA196602 TAT196602:TAW196602 TKP196602:TKS196602 TUL196602:TUO196602 UEH196602:UEK196602 UOD196602:UOG196602 UXZ196602:UYC196602 VHV196602:VHY196602 VRR196602:VRU196602 WBN196602:WBQ196602 WLJ196602:WLM196602 WVF196602:WVI196602 G262138:J262138 IT262138:IW262138 SP262138:SS262138 ACL262138:ACO262138 AMH262138:AMK262138 AWD262138:AWG262138 BFZ262138:BGC262138 BPV262138:BPY262138 BZR262138:BZU262138 CJN262138:CJQ262138 CTJ262138:CTM262138 DDF262138:DDI262138 DNB262138:DNE262138 DWX262138:DXA262138 EGT262138:EGW262138 EQP262138:EQS262138 FAL262138:FAO262138 FKH262138:FKK262138 FUD262138:FUG262138 GDZ262138:GEC262138 GNV262138:GNY262138 GXR262138:GXU262138 HHN262138:HHQ262138 HRJ262138:HRM262138 IBF262138:IBI262138 ILB262138:ILE262138 IUX262138:IVA262138 JET262138:JEW262138 JOP262138:JOS262138 JYL262138:JYO262138 KIH262138:KIK262138 KSD262138:KSG262138 LBZ262138:LCC262138 LLV262138:LLY262138 LVR262138:LVU262138 MFN262138:MFQ262138 MPJ262138:MPM262138 MZF262138:MZI262138 NJB262138:NJE262138 NSX262138:NTA262138 OCT262138:OCW262138 OMP262138:OMS262138 OWL262138:OWO262138 PGH262138:PGK262138 PQD262138:PQG262138 PZZ262138:QAC262138 QJV262138:QJY262138 QTR262138:QTU262138 RDN262138:RDQ262138 RNJ262138:RNM262138 RXF262138:RXI262138 SHB262138:SHE262138 SQX262138:SRA262138 TAT262138:TAW262138 TKP262138:TKS262138 TUL262138:TUO262138 UEH262138:UEK262138 UOD262138:UOG262138 UXZ262138:UYC262138 VHV262138:VHY262138 VRR262138:VRU262138 WBN262138:WBQ262138 WLJ262138:WLM262138 WVF262138:WVI262138 G327674:J327674 IT327674:IW327674 SP327674:SS327674 ACL327674:ACO327674 AMH327674:AMK327674 AWD327674:AWG327674 BFZ327674:BGC327674 BPV327674:BPY327674 BZR327674:BZU327674 CJN327674:CJQ327674 CTJ327674:CTM327674 DDF327674:DDI327674 DNB327674:DNE327674 DWX327674:DXA327674 EGT327674:EGW327674 EQP327674:EQS327674 FAL327674:FAO327674 FKH327674:FKK327674 FUD327674:FUG327674 GDZ327674:GEC327674 GNV327674:GNY327674 GXR327674:GXU327674 HHN327674:HHQ327674 HRJ327674:HRM327674 IBF327674:IBI327674 ILB327674:ILE327674 IUX327674:IVA327674 JET327674:JEW327674 JOP327674:JOS327674 JYL327674:JYO327674 KIH327674:KIK327674 KSD327674:KSG327674 LBZ327674:LCC327674 LLV327674:LLY327674 LVR327674:LVU327674 MFN327674:MFQ327674 MPJ327674:MPM327674 MZF327674:MZI327674 NJB327674:NJE327674 NSX327674:NTA327674 OCT327674:OCW327674 OMP327674:OMS327674 OWL327674:OWO327674 PGH327674:PGK327674 PQD327674:PQG327674 PZZ327674:QAC327674 QJV327674:QJY327674 QTR327674:QTU327674 RDN327674:RDQ327674 RNJ327674:RNM327674 RXF327674:RXI327674 SHB327674:SHE327674 SQX327674:SRA327674 TAT327674:TAW327674 TKP327674:TKS327674 TUL327674:TUO327674 UEH327674:UEK327674 UOD327674:UOG327674 UXZ327674:UYC327674 VHV327674:VHY327674 VRR327674:VRU327674 WBN327674:WBQ327674 WLJ327674:WLM327674 WVF327674:WVI327674 G393210:J393210 IT393210:IW393210 SP393210:SS393210 ACL393210:ACO393210 AMH393210:AMK393210 AWD393210:AWG393210 BFZ393210:BGC393210 BPV393210:BPY393210 BZR393210:BZU393210 CJN393210:CJQ393210 CTJ393210:CTM393210 DDF393210:DDI393210 DNB393210:DNE393210 DWX393210:DXA393210 EGT393210:EGW393210 EQP393210:EQS393210 FAL393210:FAO393210 FKH393210:FKK393210 FUD393210:FUG393210 GDZ393210:GEC393210 GNV393210:GNY393210 GXR393210:GXU393210 HHN393210:HHQ393210 HRJ393210:HRM393210 IBF393210:IBI393210 ILB393210:ILE393210 IUX393210:IVA393210 JET393210:JEW393210 JOP393210:JOS393210 JYL393210:JYO393210 KIH393210:KIK393210 KSD393210:KSG393210 LBZ393210:LCC393210 LLV393210:LLY393210 LVR393210:LVU393210 MFN393210:MFQ393210 MPJ393210:MPM393210 MZF393210:MZI393210 NJB393210:NJE393210 NSX393210:NTA393210 OCT393210:OCW393210 OMP393210:OMS393210 OWL393210:OWO393210 PGH393210:PGK393210 PQD393210:PQG393210 PZZ393210:QAC393210 QJV393210:QJY393210 QTR393210:QTU393210 RDN393210:RDQ393210 RNJ393210:RNM393210 RXF393210:RXI393210 SHB393210:SHE393210 SQX393210:SRA393210 TAT393210:TAW393210 TKP393210:TKS393210 TUL393210:TUO393210 UEH393210:UEK393210 UOD393210:UOG393210 UXZ393210:UYC393210 VHV393210:VHY393210 VRR393210:VRU393210 WBN393210:WBQ393210 WLJ393210:WLM393210 WVF393210:WVI393210 G458746:J458746 IT458746:IW458746 SP458746:SS458746 ACL458746:ACO458746 AMH458746:AMK458746 AWD458746:AWG458746 BFZ458746:BGC458746 BPV458746:BPY458746 BZR458746:BZU458746 CJN458746:CJQ458746 CTJ458746:CTM458746 DDF458746:DDI458746 DNB458746:DNE458746 DWX458746:DXA458746 EGT458746:EGW458746 EQP458746:EQS458746 FAL458746:FAO458746 FKH458746:FKK458746 FUD458746:FUG458746 GDZ458746:GEC458746 GNV458746:GNY458746 GXR458746:GXU458746 HHN458746:HHQ458746 HRJ458746:HRM458746 IBF458746:IBI458746 ILB458746:ILE458746 IUX458746:IVA458746 JET458746:JEW458746 JOP458746:JOS458746 JYL458746:JYO458746 KIH458746:KIK458746 KSD458746:KSG458746 LBZ458746:LCC458746 LLV458746:LLY458746 LVR458746:LVU458746 MFN458746:MFQ458746 MPJ458746:MPM458746 MZF458746:MZI458746 NJB458746:NJE458746 NSX458746:NTA458746 OCT458746:OCW458746 OMP458746:OMS458746 OWL458746:OWO458746 PGH458746:PGK458746 PQD458746:PQG458746 PZZ458746:QAC458746 QJV458746:QJY458746 QTR458746:QTU458746 RDN458746:RDQ458746 RNJ458746:RNM458746 RXF458746:RXI458746 SHB458746:SHE458746 SQX458746:SRA458746 TAT458746:TAW458746 TKP458746:TKS458746 TUL458746:TUO458746 UEH458746:UEK458746 UOD458746:UOG458746 UXZ458746:UYC458746 VHV458746:VHY458746 VRR458746:VRU458746 WBN458746:WBQ458746 WLJ458746:WLM458746 WVF458746:WVI458746 G524282:J524282 IT524282:IW524282 SP524282:SS524282 ACL524282:ACO524282 AMH524282:AMK524282 AWD524282:AWG524282 BFZ524282:BGC524282 BPV524282:BPY524282 BZR524282:BZU524282 CJN524282:CJQ524282 CTJ524282:CTM524282 DDF524282:DDI524282 DNB524282:DNE524282 DWX524282:DXA524282 EGT524282:EGW524282 EQP524282:EQS524282 FAL524282:FAO524282 FKH524282:FKK524282 FUD524282:FUG524282 GDZ524282:GEC524282 GNV524282:GNY524282 GXR524282:GXU524282 HHN524282:HHQ524282 HRJ524282:HRM524282 IBF524282:IBI524282 ILB524282:ILE524282 IUX524282:IVA524282 JET524282:JEW524282 JOP524282:JOS524282 JYL524282:JYO524282 KIH524282:KIK524282 KSD524282:KSG524282 LBZ524282:LCC524282 LLV524282:LLY524282 LVR524282:LVU524282 MFN524282:MFQ524282 MPJ524282:MPM524282 MZF524282:MZI524282 NJB524282:NJE524282 NSX524282:NTA524282 OCT524282:OCW524282 OMP524282:OMS524282 OWL524282:OWO524282 PGH524282:PGK524282 PQD524282:PQG524282 PZZ524282:QAC524282 QJV524282:QJY524282 QTR524282:QTU524282 RDN524282:RDQ524282 RNJ524282:RNM524282 RXF524282:RXI524282 SHB524282:SHE524282 SQX524282:SRA524282 TAT524282:TAW524282 TKP524282:TKS524282 TUL524282:TUO524282 UEH524282:UEK524282 UOD524282:UOG524282 UXZ524282:UYC524282 VHV524282:VHY524282 VRR524282:VRU524282 WBN524282:WBQ524282 WLJ524282:WLM524282 WVF524282:WVI524282 G589818:J589818 IT589818:IW589818 SP589818:SS589818 ACL589818:ACO589818 AMH589818:AMK589818 AWD589818:AWG589818 BFZ589818:BGC589818 BPV589818:BPY589818 BZR589818:BZU589818 CJN589818:CJQ589818 CTJ589818:CTM589818 DDF589818:DDI589818 DNB589818:DNE589818 DWX589818:DXA589818 EGT589818:EGW589818 EQP589818:EQS589818 FAL589818:FAO589818 FKH589818:FKK589818 FUD589818:FUG589818 GDZ589818:GEC589818 GNV589818:GNY589818 GXR589818:GXU589818 HHN589818:HHQ589818 HRJ589818:HRM589818 IBF589818:IBI589818 ILB589818:ILE589818 IUX589818:IVA589818 JET589818:JEW589818 JOP589818:JOS589818 JYL589818:JYO589818 KIH589818:KIK589818 KSD589818:KSG589818 LBZ589818:LCC589818 LLV589818:LLY589818 LVR589818:LVU589818 MFN589818:MFQ589818 MPJ589818:MPM589818 MZF589818:MZI589818 NJB589818:NJE589818 NSX589818:NTA589818 OCT589818:OCW589818 OMP589818:OMS589818 OWL589818:OWO589818 PGH589818:PGK589818 PQD589818:PQG589818 PZZ589818:QAC589818 QJV589818:QJY589818 QTR589818:QTU589818 RDN589818:RDQ589818 RNJ589818:RNM589818 RXF589818:RXI589818 SHB589818:SHE589818 SQX589818:SRA589818 TAT589818:TAW589818 TKP589818:TKS589818 TUL589818:TUO589818 UEH589818:UEK589818 UOD589818:UOG589818 UXZ589818:UYC589818 VHV589818:VHY589818 VRR589818:VRU589818 WBN589818:WBQ589818 WLJ589818:WLM589818 WVF589818:WVI589818 G655354:J655354 IT655354:IW655354 SP655354:SS655354 ACL655354:ACO655354 AMH655354:AMK655354 AWD655354:AWG655354 BFZ655354:BGC655354 BPV655354:BPY655354 BZR655354:BZU655354 CJN655354:CJQ655354 CTJ655354:CTM655354 DDF655354:DDI655354 DNB655354:DNE655354 DWX655354:DXA655354 EGT655354:EGW655354 EQP655354:EQS655354 FAL655354:FAO655354 FKH655354:FKK655354 FUD655354:FUG655354 GDZ655354:GEC655354 GNV655354:GNY655354 GXR655354:GXU655354 HHN655354:HHQ655354 HRJ655354:HRM655354 IBF655354:IBI655354 ILB655354:ILE655354 IUX655354:IVA655354 JET655354:JEW655354 JOP655354:JOS655354 JYL655354:JYO655354 KIH655354:KIK655354 KSD655354:KSG655354 LBZ655354:LCC655354 LLV655354:LLY655354 LVR655354:LVU655354 MFN655354:MFQ655354 MPJ655354:MPM655354 MZF655354:MZI655354 NJB655354:NJE655354 NSX655354:NTA655354 OCT655354:OCW655354 OMP655354:OMS655354 OWL655354:OWO655354 PGH655354:PGK655354 PQD655354:PQG655354 PZZ655354:QAC655354 QJV655354:QJY655354 QTR655354:QTU655354 RDN655354:RDQ655354 RNJ655354:RNM655354 RXF655354:RXI655354 SHB655354:SHE655354 SQX655354:SRA655354 TAT655354:TAW655354 TKP655354:TKS655354 TUL655354:TUO655354 UEH655354:UEK655354 UOD655354:UOG655354 UXZ655354:UYC655354 VHV655354:VHY655354 VRR655354:VRU655354 WBN655354:WBQ655354 WLJ655354:WLM655354 WVF655354:WVI655354 G720890:J720890 IT720890:IW720890 SP720890:SS720890 ACL720890:ACO720890 AMH720890:AMK720890 AWD720890:AWG720890 BFZ720890:BGC720890 BPV720890:BPY720890 BZR720890:BZU720890 CJN720890:CJQ720890 CTJ720890:CTM720890 DDF720890:DDI720890 DNB720890:DNE720890 DWX720890:DXA720890 EGT720890:EGW720890 EQP720890:EQS720890 FAL720890:FAO720890 FKH720890:FKK720890 FUD720890:FUG720890 GDZ720890:GEC720890 GNV720890:GNY720890 GXR720890:GXU720890 HHN720890:HHQ720890 HRJ720890:HRM720890 IBF720890:IBI720890 ILB720890:ILE720890 IUX720890:IVA720890 JET720890:JEW720890 JOP720890:JOS720890 JYL720890:JYO720890 KIH720890:KIK720890 KSD720890:KSG720890 LBZ720890:LCC720890 LLV720890:LLY720890 LVR720890:LVU720890 MFN720890:MFQ720890 MPJ720890:MPM720890 MZF720890:MZI720890 NJB720890:NJE720890 NSX720890:NTA720890 OCT720890:OCW720890 OMP720890:OMS720890 OWL720890:OWO720890 PGH720890:PGK720890 PQD720890:PQG720890 PZZ720890:QAC720890 QJV720890:QJY720890 QTR720890:QTU720890 RDN720890:RDQ720890 RNJ720890:RNM720890 RXF720890:RXI720890 SHB720890:SHE720890 SQX720890:SRA720890 TAT720890:TAW720890 TKP720890:TKS720890 TUL720890:TUO720890 UEH720890:UEK720890 UOD720890:UOG720890 UXZ720890:UYC720890 VHV720890:VHY720890 VRR720890:VRU720890 WBN720890:WBQ720890 WLJ720890:WLM720890 WVF720890:WVI720890 G786426:J786426 IT786426:IW786426 SP786426:SS786426 ACL786426:ACO786426 AMH786426:AMK786426 AWD786426:AWG786426 BFZ786426:BGC786426 BPV786426:BPY786426 BZR786426:BZU786426 CJN786426:CJQ786426 CTJ786426:CTM786426 DDF786426:DDI786426 DNB786426:DNE786426 DWX786426:DXA786426 EGT786426:EGW786426 EQP786426:EQS786426 FAL786426:FAO786426 FKH786426:FKK786426 FUD786426:FUG786426 GDZ786426:GEC786426 GNV786426:GNY786426 GXR786426:GXU786426 HHN786426:HHQ786426 HRJ786426:HRM786426 IBF786426:IBI786426 ILB786426:ILE786426 IUX786426:IVA786426 JET786426:JEW786426 JOP786426:JOS786426 JYL786426:JYO786426 KIH786426:KIK786426 KSD786426:KSG786426 LBZ786426:LCC786426 LLV786426:LLY786426 LVR786426:LVU786426 MFN786426:MFQ786426 MPJ786426:MPM786426 MZF786426:MZI786426 NJB786426:NJE786426 NSX786426:NTA786426 OCT786426:OCW786426 OMP786426:OMS786426 OWL786426:OWO786426 PGH786426:PGK786426 PQD786426:PQG786426 PZZ786426:QAC786426 QJV786426:QJY786426 QTR786426:QTU786426 RDN786426:RDQ786426 RNJ786426:RNM786426 RXF786426:RXI786426 SHB786426:SHE786426 SQX786426:SRA786426 TAT786426:TAW786426 TKP786426:TKS786426 TUL786426:TUO786426 UEH786426:UEK786426 UOD786426:UOG786426 UXZ786426:UYC786426 VHV786426:VHY786426 VRR786426:VRU786426 WBN786426:WBQ786426 WLJ786426:WLM786426 WVF786426:WVI786426 G851962:J851962 IT851962:IW851962 SP851962:SS851962 ACL851962:ACO851962 AMH851962:AMK851962 AWD851962:AWG851962 BFZ851962:BGC851962 BPV851962:BPY851962 BZR851962:BZU851962 CJN851962:CJQ851962 CTJ851962:CTM851962 DDF851962:DDI851962 DNB851962:DNE851962 DWX851962:DXA851962 EGT851962:EGW851962 EQP851962:EQS851962 FAL851962:FAO851962 FKH851962:FKK851962 FUD851962:FUG851962 GDZ851962:GEC851962 GNV851962:GNY851962 GXR851962:GXU851962 HHN851962:HHQ851962 HRJ851962:HRM851962 IBF851962:IBI851962 ILB851962:ILE851962 IUX851962:IVA851962 JET851962:JEW851962 JOP851962:JOS851962 JYL851962:JYO851962 KIH851962:KIK851962 KSD851962:KSG851962 LBZ851962:LCC851962 LLV851962:LLY851962 LVR851962:LVU851962 MFN851962:MFQ851962 MPJ851962:MPM851962 MZF851962:MZI851962 NJB851962:NJE851962 NSX851962:NTA851962 OCT851962:OCW851962 OMP851962:OMS851962 OWL851962:OWO851962 PGH851962:PGK851962 PQD851962:PQG851962 PZZ851962:QAC851962 QJV851962:QJY851962 QTR851962:QTU851962 RDN851962:RDQ851962 RNJ851962:RNM851962 RXF851962:RXI851962 SHB851962:SHE851962 SQX851962:SRA851962 TAT851962:TAW851962 TKP851962:TKS851962 TUL851962:TUO851962 UEH851962:UEK851962 UOD851962:UOG851962 UXZ851962:UYC851962 VHV851962:VHY851962 VRR851962:VRU851962 WBN851962:WBQ851962 WLJ851962:WLM851962 WVF851962:WVI851962 G917498:J917498 IT917498:IW917498 SP917498:SS917498 ACL917498:ACO917498 AMH917498:AMK917498 AWD917498:AWG917498 BFZ917498:BGC917498 BPV917498:BPY917498 BZR917498:BZU917498 CJN917498:CJQ917498 CTJ917498:CTM917498 DDF917498:DDI917498 DNB917498:DNE917498 DWX917498:DXA917498 EGT917498:EGW917498 EQP917498:EQS917498 FAL917498:FAO917498 FKH917498:FKK917498 FUD917498:FUG917498 GDZ917498:GEC917498 GNV917498:GNY917498 GXR917498:GXU917498 HHN917498:HHQ917498 HRJ917498:HRM917498 IBF917498:IBI917498 ILB917498:ILE917498 IUX917498:IVA917498 JET917498:JEW917498 JOP917498:JOS917498 JYL917498:JYO917498 KIH917498:KIK917498 KSD917498:KSG917498 LBZ917498:LCC917498 LLV917498:LLY917498 LVR917498:LVU917498 MFN917498:MFQ917498 MPJ917498:MPM917498 MZF917498:MZI917498 NJB917498:NJE917498 NSX917498:NTA917498 OCT917498:OCW917498 OMP917498:OMS917498 OWL917498:OWO917498 PGH917498:PGK917498 PQD917498:PQG917498 PZZ917498:QAC917498 QJV917498:QJY917498 QTR917498:QTU917498 RDN917498:RDQ917498 RNJ917498:RNM917498 RXF917498:RXI917498 SHB917498:SHE917498 SQX917498:SRA917498 TAT917498:TAW917498 TKP917498:TKS917498 TUL917498:TUO917498 UEH917498:UEK917498 UOD917498:UOG917498 UXZ917498:UYC917498 VHV917498:VHY917498 VRR917498:VRU917498 WBN917498:WBQ917498 WLJ917498:WLM917498 WVF917498:WVI917498 G983034:J983034 IT983034:IW983034 SP983034:SS983034 ACL983034:ACO983034 AMH983034:AMK983034 AWD983034:AWG983034 BFZ983034:BGC983034 BPV983034:BPY983034 BZR983034:BZU983034 CJN983034:CJQ983034 CTJ983034:CTM983034 DDF983034:DDI983034 DNB983034:DNE983034 DWX983034:DXA983034 EGT983034:EGW983034 EQP983034:EQS983034 FAL983034:FAO983034 FKH983034:FKK983034 FUD983034:FUG983034 GDZ983034:GEC983034 GNV983034:GNY983034 GXR983034:GXU983034 HHN983034:HHQ983034 HRJ983034:HRM983034 IBF983034:IBI983034 ILB983034:ILE983034 IUX983034:IVA983034 JET983034:JEW983034 JOP983034:JOS983034 JYL983034:JYO983034 KIH983034:KIK983034 KSD983034:KSG983034 LBZ983034:LCC983034 LLV983034:LLY983034 LVR983034:LVU983034 MFN983034:MFQ983034 MPJ983034:MPM983034 MZF983034:MZI983034 NJB983034:NJE983034 NSX983034:NTA983034 OCT983034:OCW983034 OMP983034:OMS983034 OWL983034:OWO983034 PGH983034:PGK983034 PQD983034:PQG983034 PZZ983034:QAC983034 QJV983034:QJY983034 QTR983034:QTU983034 RDN983034:RDQ983034 RNJ983034:RNM983034 RXF983034:RXI983034 SHB983034:SHE983034 SQX983034:SRA983034 TAT983034:TAW983034 TKP983034:TKS983034 TUL983034:TUO983034 UEH983034:UEK983034 UOD983034:UOG983034 UXZ983034:UYC983034 VHV983034:VHY983034 VRR983034:VRU983034 WBN983034:WBQ983034 WLJ983034:WLM983034" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>9</formula1>
       <formula2>9</formula2>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="WVJ983034 K65530 IX65530 ST65530 ACP65530 AML65530 AWH65530 BGD65530 BPZ65530 BZV65530 CJR65530 CTN65530 DDJ65530 DNF65530 DXB65530 EGX65530 EQT65530 FAP65530 FKL65530 FUH65530 GED65530 GNZ65530 GXV65530 HHR65530 HRN65530 IBJ65530 ILF65530 IVB65530 JEX65530 JOT65530 JYP65530 KIL65530 KSH65530 LCD65530 LLZ65530 LVV65530 MFR65530 MPN65530 MZJ65530 NJF65530 NTB65530 OCX65530 OMT65530 OWP65530 PGL65530 PQH65530 QAD65530 QJZ65530 QTV65530 RDR65530 RNN65530 RXJ65530 SHF65530 SRB65530 TAX65530 TKT65530 TUP65530 UEL65530 UOH65530 UYD65530 VHZ65530 VRV65530 WBR65530 WLN65530 WVJ65530 K131066 IX131066 ST131066 ACP131066 AML131066 AWH131066 BGD131066 BPZ131066 BZV131066 CJR131066 CTN131066 DDJ131066 DNF131066 DXB131066 EGX131066 EQT131066 FAP131066 FKL131066 FUH131066 GED131066 GNZ131066 GXV131066 HHR131066 HRN131066 IBJ131066 ILF131066 IVB131066 JEX131066 JOT131066 JYP131066 KIL131066 KSH131066 LCD131066 LLZ131066 LVV131066 MFR131066 MPN131066 MZJ131066 NJF131066 NTB131066 OCX131066 OMT131066 OWP131066 PGL131066 PQH131066 QAD131066 QJZ131066 QTV131066 RDR131066 RNN131066 RXJ131066 SHF131066 SRB131066 TAX131066 TKT131066 TUP131066 UEL131066 UOH131066 UYD131066 VHZ131066 VRV131066 WBR131066 WLN131066 WVJ131066 K196602 IX196602 ST196602 ACP196602 AML196602 AWH196602 BGD196602 BPZ196602 BZV196602 CJR196602 CTN196602 DDJ196602 DNF196602 DXB196602 EGX196602 EQT196602 FAP196602 FKL196602 FUH196602 GED196602 GNZ196602 GXV196602 HHR196602 HRN196602 IBJ196602 ILF196602 IVB196602 JEX196602 JOT196602 JYP196602 KIL196602 KSH196602 LCD196602 LLZ196602 LVV196602 MFR196602 MPN196602 MZJ196602 NJF196602 NTB196602 OCX196602 OMT196602 OWP196602 PGL196602 PQH196602 QAD196602 QJZ196602 QTV196602 RDR196602 RNN196602 RXJ196602 SHF196602 SRB196602 TAX196602 TKT196602 TUP196602 UEL196602 UOH196602 UYD196602 VHZ196602 VRV196602 WBR196602 WLN196602 WVJ196602 K262138 IX262138 ST262138 ACP262138 AML262138 AWH262138 BGD262138 BPZ262138 BZV262138 CJR262138 CTN262138 DDJ262138 DNF262138 DXB262138 EGX262138 EQT262138 FAP262138 FKL262138 FUH262138 GED262138 GNZ262138 GXV262138 HHR262138 HRN262138 IBJ262138 ILF262138 IVB262138 JEX262138 JOT262138 JYP262138 KIL262138 KSH262138 LCD262138 LLZ262138 LVV262138 MFR262138 MPN262138 MZJ262138 NJF262138 NTB262138 OCX262138 OMT262138 OWP262138 PGL262138 PQH262138 QAD262138 QJZ262138 QTV262138 RDR262138 RNN262138 RXJ262138 SHF262138 SRB262138 TAX262138 TKT262138 TUP262138 UEL262138 UOH262138 UYD262138 VHZ262138 VRV262138 WBR262138 WLN262138 WVJ262138 K327674 IX327674 ST327674 ACP327674 AML327674 AWH327674 BGD327674 BPZ327674 BZV327674 CJR327674 CTN327674 DDJ327674 DNF327674 DXB327674 EGX327674 EQT327674 FAP327674 FKL327674 FUH327674 GED327674 GNZ327674 GXV327674 HHR327674 HRN327674 IBJ327674 ILF327674 IVB327674 JEX327674 JOT327674 JYP327674 KIL327674 KSH327674 LCD327674 LLZ327674 LVV327674 MFR327674 MPN327674 MZJ327674 NJF327674 NTB327674 OCX327674 OMT327674 OWP327674 PGL327674 PQH327674 QAD327674 QJZ327674 QTV327674 RDR327674 RNN327674 RXJ327674 SHF327674 SRB327674 TAX327674 TKT327674 TUP327674 UEL327674 UOH327674 UYD327674 VHZ327674 VRV327674 WBR327674 WLN327674 WVJ327674 K393210 IX393210 ST393210 ACP393210 AML393210 AWH393210 BGD393210 BPZ393210 BZV393210 CJR393210 CTN393210 DDJ393210 DNF393210 DXB393210 EGX393210 EQT393210 FAP393210 FKL393210 FUH393210 GED393210 GNZ393210 GXV393210 HHR393210 HRN393210 IBJ393210 ILF393210 IVB393210 JEX393210 JOT393210 JYP393210 KIL393210 KSH393210 LCD393210 LLZ393210 LVV393210 MFR393210 MPN393210 MZJ393210 NJF393210 NTB393210 OCX393210 OMT393210 OWP393210 PGL393210 PQH393210 QAD393210 QJZ393210 QTV393210 RDR393210 RNN393210 RXJ393210 SHF393210 SRB393210 TAX393210 TKT393210 TUP393210 UEL393210 UOH393210 UYD393210 VHZ393210 VRV393210 WBR393210 WLN393210 WVJ393210 K458746 IX458746 ST458746 ACP458746 AML458746 AWH458746 BGD458746 BPZ458746 BZV458746 CJR458746 CTN458746 DDJ458746 DNF458746 DXB458746 EGX458746 EQT458746 FAP458746 FKL458746 FUH458746 GED458746 GNZ458746 GXV458746 HHR458746 HRN458746 IBJ458746 ILF458746 IVB458746 JEX458746 JOT458746 JYP458746 KIL458746 KSH458746 LCD458746 LLZ458746 LVV458746 MFR458746 MPN458746 MZJ458746 NJF458746 NTB458746 OCX458746 OMT458746 OWP458746 PGL458746 PQH458746 QAD458746 QJZ458746 QTV458746 RDR458746 RNN458746 RXJ458746 SHF458746 SRB458746 TAX458746 TKT458746 TUP458746 UEL458746 UOH458746 UYD458746 VHZ458746 VRV458746 WBR458746 WLN458746 WVJ458746 K524282 IX524282 ST524282 ACP524282 AML524282 AWH524282 BGD524282 BPZ524282 BZV524282 CJR524282 CTN524282 DDJ524282 DNF524282 DXB524282 EGX524282 EQT524282 FAP524282 FKL524282 FUH524282 GED524282 GNZ524282 GXV524282 HHR524282 HRN524282 IBJ524282 ILF524282 IVB524282 JEX524282 JOT524282 JYP524282 KIL524282 KSH524282 LCD524282 LLZ524282 LVV524282 MFR524282 MPN524282 MZJ524282 NJF524282 NTB524282 OCX524282 OMT524282 OWP524282 PGL524282 PQH524282 QAD524282 QJZ524282 QTV524282 RDR524282 RNN524282 RXJ524282 SHF524282 SRB524282 TAX524282 TKT524282 TUP524282 UEL524282 UOH524282 UYD524282 VHZ524282 VRV524282 WBR524282 WLN524282 WVJ524282 K589818 IX589818 ST589818 ACP589818 AML589818 AWH589818 BGD589818 BPZ589818 BZV589818 CJR589818 CTN589818 DDJ589818 DNF589818 DXB589818 EGX589818 EQT589818 FAP589818 FKL589818 FUH589818 GED589818 GNZ589818 GXV589818 HHR589818 HRN589818 IBJ589818 ILF589818 IVB589818 JEX589818 JOT589818 JYP589818 KIL589818 KSH589818 LCD589818 LLZ589818 LVV589818 MFR589818 MPN589818 MZJ589818 NJF589818 NTB589818 OCX589818 OMT589818 OWP589818 PGL589818 PQH589818 QAD589818 QJZ589818 QTV589818 RDR589818 RNN589818 RXJ589818 SHF589818 SRB589818 TAX589818 TKT589818 TUP589818 UEL589818 UOH589818 UYD589818 VHZ589818 VRV589818 WBR589818 WLN589818 WVJ589818 K655354 IX655354 ST655354 ACP655354 AML655354 AWH655354 BGD655354 BPZ655354 BZV655354 CJR655354 CTN655354 DDJ655354 DNF655354 DXB655354 EGX655354 EQT655354 FAP655354 FKL655354 FUH655354 GED655354 GNZ655354 GXV655354 HHR655354 HRN655354 IBJ655354 ILF655354 IVB655354 JEX655354 JOT655354 JYP655354 KIL655354 KSH655354 LCD655354 LLZ655354 LVV655354 MFR655354 MPN655354 MZJ655354 NJF655354 NTB655354 OCX655354 OMT655354 OWP655354 PGL655354 PQH655354 QAD655354 QJZ655354 QTV655354 RDR655354 RNN655354 RXJ655354 SHF655354 SRB655354 TAX655354 TKT655354 TUP655354 UEL655354 UOH655354 UYD655354 VHZ655354 VRV655354 WBR655354 WLN655354 WVJ655354 K720890 IX720890 ST720890 ACP720890 AML720890 AWH720890 BGD720890 BPZ720890 BZV720890 CJR720890 CTN720890 DDJ720890 DNF720890 DXB720890 EGX720890 EQT720890 FAP720890 FKL720890 FUH720890 GED720890 GNZ720890 GXV720890 HHR720890 HRN720890 IBJ720890 ILF720890 IVB720890 JEX720890 JOT720890 JYP720890 KIL720890 KSH720890 LCD720890 LLZ720890 LVV720890 MFR720890 MPN720890 MZJ720890 NJF720890 NTB720890 OCX720890 OMT720890 OWP720890 PGL720890 PQH720890 QAD720890 QJZ720890 QTV720890 RDR720890 RNN720890 RXJ720890 SHF720890 SRB720890 TAX720890 TKT720890 TUP720890 UEL720890 UOH720890 UYD720890 VHZ720890 VRV720890 WBR720890 WLN720890 WVJ720890 K786426 IX786426 ST786426 ACP786426 AML786426 AWH786426 BGD786426 BPZ786426 BZV786426 CJR786426 CTN786426 DDJ786426 DNF786426 DXB786426 EGX786426 EQT786426 FAP786426 FKL786426 FUH786426 GED786426 GNZ786426 GXV786426 HHR786426 HRN786426 IBJ786426 ILF786426 IVB786426 JEX786426 JOT786426 JYP786426 KIL786426 KSH786426 LCD786426 LLZ786426 LVV786426 MFR786426 MPN786426 MZJ786426 NJF786426 NTB786426 OCX786426 OMT786426 OWP786426 PGL786426 PQH786426 QAD786426 QJZ786426 QTV786426 RDR786426 RNN786426 RXJ786426 SHF786426 SRB786426 TAX786426 TKT786426 TUP786426 UEL786426 UOH786426 UYD786426 VHZ786426 VRV786426 WBR786426 WLN786426 WVJ786426 K851962 IX851962 ST851962 ACP851962 AML851962 AWH851962 BGD851962 BPZ851962 BZV851962 CJR851962 CTN851962 DDJ851962 DNF851962 DXB851962 EGX851962 EQT851962 FAP851962 FKL851962 FUH851962 GED851962 GNZ851962 GXV851962 HHR851962 HRN851962 IBJ851962 ILF851962 IVB851962 JEX851962 JOT851962 JYP851962 KIL851962 KSH851962 LCD851962 LLZ851962 LVV851962 MFR851962 MPN851962 MZJ851962 NJF851962 NTB851962 OCX851962 OMT851962 OWP851962 PGL851962 PQH851962 QAD851962 QJZ851962 QTV851962 RDR851962 RNN851962 RXJ851962 SHF851962 SRB851962 TAX851962 TKT851962 TUP851962 UEL851962 UOH851962 UYD851962 VHZ851962 VRV851962 WBR851962 WLN851962 WVJ851962 K917498 IX917498 ST917498 ACP917498 AML917498 AWH917498 BGD917498 BPZ917498 BZV917498 CJR917498 CTN917498 DDJ917498 DNF917498 DXB917498 EGX917498 EQT917498 FAP917498 FKL917498 FUH917498 GED917498 GNZ917498 GXV917498 HHR917498 HRN917498 IBJ917498 ILF917498 IVB917498 JEX917498 JOT917498 JYP917498 KIL917498 KSH917498 LCD917498 LLZ917498 LVV917498 MFR917498 MPN917498 MZJ917498 NJF917498 NTB917498 OCX917498 OMT917498 OWP917498 PGL917498 PQH917498 QAD917498 QJZ917498 QTV917498 RDR917498 RNN917498 RXJ917498 SHF917498 SRB917498 TAX917498 TKT917498 TUP917498 UEL917498 UOH917498 UYD917498 VHZ917498 VRV917498 WBR917498 WLN917498 WVJ917498 K983034 IX983034 ST983034 ACP983034 AML983034 AWH983034 BGD983034 BPZ983034 BZV983034 CJR983034 CTN983034 DDJ983034 DNF983034 DXB983034 EGX983034 EQT983034 FAP983034 FKL983034 FUH983034 GED983034 GNZ983034 GXV983034 HHR983034 HRN983034 IBJ983034 ILF983034 IVB983034 JEX983034 JOT983034 JYP983034 KIL983034 KSH983034 LCD983034 LLZ983034 LVV983034 MFR983034 MPN983034 MZJ983034 NJF983034 NTB983034 OCX983034 OMT983034 OWP983034 PGL983034 PQH983034 QAD983034 QJZ983034 QTV983034 RDR983034 RNN983034 RXJ983034 SHF983034 SRB983034 TAX983034 TKT983034 TUP983034 UEL983034 UOH983034 UYD983034 VHZ983034 VRV983034 WBR983034 WLN983034" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"###.###.###"</formula1>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="N° de contibuable" error="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" promptTitle="N° de contibuable" prompt="Veuillez saisir les 12 premiers chiffres du n° de contribuable sans les points et sans les espaces._x000a_Exemple :_x000a_123456789012" sqref="WVE983013:WVG983013 IS8:IU8 SO8:SQ8 ACK8:ACM8 AMG8:AMI8 AWC8:AWE8 BFY8:BGA8 BPU8:BPW8 BZQ8:BZS8 CJM8:CJO8 CTI8:CTK8 DDE8:DDG8 DNA8:DNC8 DWW8:DWY8 EGS8:EGU8 EQO8:EQQ8 FAK8:FAM8 FKG8:FKI8 FUC8:FUE8 GDY8:GEA8 GNU8:GNW8 GXQ8:GXS8 HHM8:HHO8 HRI8:HRK8 IBE8:IBG8 ILA8:ILC8 IUW8:IUY8 JES8:JEU8 JOO8:JOQ8 JYK8:JYM8 KIG8:KII8 KSC8:KSE8 LBY8:LCA8 LLU8:LLW8 LVQ8:LVS8 MFM8:MFO8 MPI8:MPK8 MZE8:MZG8 NJA8:NJC8 NSW8:NSY8 OCS8:OCU8 OMO8:OMQ8 OWK8:OWM8 PGG8:PGI8 PQC8:PQE8 PZY8:QAA8 QJU8:QJW8 QTQ8:QTS8 RDM8:RDO8 RNI8:RNK8 RXE8:RXG8 SHA8:SHC8 SQW8:SQY8 TAS8:TAU8 TKO8:TKQ8 TUK8:TUM8 UEG8:UEI8 UOC8:UOE8 UXY8:UYA8 VHU8:VHW8 VRQ8:VRS8 WBM8:WBO8 WLI8:WLK8 WVE8:WVG8 F65509:H65509 IS65509:IU65509 SO65509:SQ65509 ACK65509:ACM65509 AMG65509:AMI65509 AWC65509:AWE65509 BFY65509:BGA65509 BPU65509:BPW65509 BZQ65509:BZS65509 CJM65509:CJO65509 CTI65509:CTK65509 DDE65509:DDG65509 DNA65509:DNC65509 DWW65509:DWY65509 EGS65509:EGU65509 EQO65509:EQQ65509 FAK65509:FAM65509 FKG65509:FKI65509 FUC65509:FUE65509 GDY65509:GEA65509 GNU65509:GNW65509 GXQ65509:GXS65509 HHM65509:HHO65509 HRI65509:HRK65509 IBE65509:IBG65509 ILA65509:ILC65509 IUW65509:IUY65509 JES65509:JEU65509 JOO65509:JOQ65509 JYK65509:JYM65509 KIG65509:KII65509 KSC65509:KSE65509 LBY65509:LCA65509 LLU65509:LLW65509 LVQ65509:LVS65509 MFM65509:MFO65509 MPI65509:MPK65509 MZE65509:MZG65509 NJA65509:NJC65509 NSW65509:NSY65509 OCS65509:OCU65509 OMO65509:OMQ65509 OWK65509:OWM65509 PGG65509:PGI65509 PQC65509:PQE65509 PZY65509:QAA65509 QJU65509:QJW65509 QTQ65509:QTS65509 RDM65509:RDO65509 RNI65509:RNK65509 RXE65509:RXG65509 SHA65509:SHC65509 SQW65509:SQY65509 TAS65509:TAU65509 TKO65509:TKQ65509 TUK65509:TUM65509 UEG65509:UEI65509 UOC65509:UOE65509 UXY65509:UYA65509 VHU65509:VHW65509 VRQ65509:VRS65509 WBM65509:WBO65509 WLI65509:WLK65509 WVE65509:WVG65509 F131045:H131045 IS131045:IU131045 SO131045:SQ131045 ACK131045:ACM131045 AMG131045:AMI131045 AWC131045:AWE131045 BFY131045:BGA131045 BPU131045:BPW131045 BZQ131045:BZS131045 CJM131045:CJO131045 CTI131045:CTK131045 DDE131045:DDG131045 DNA131045:DNC131045 DWW131045:DWY131045 EGS131045:EGU131045 EQO131045:EQQ131045 FAK131045:FAM131045 FKG131045:FKI131045 FUC131045:FUE131045 GDY131045:GEA131045 GNU131045:GNW131045 GXQ131045:GXS131045 HHM131045:HHO131045 HRI131045:HRK131045 IBE131045:IBG131045 ILA131045:ILC131045 IUW131045:IUY131045 JES131045:JEU131045 JOO131045:JOQ131045 JYK131045:JYM131045 KIG131045:KII131045 KSC131045:KSE131045 LBY131045:LCA131045 LLU131045:LLW131045 LVQ131045:LVS131045 MFM131045:MFO131045 MPI131045:MPK131045 MZE131045:MZG131045 NJA131045:NJC131045 NSW131045:NSY131045 OCS131045:OCU131045 OMO131045:OMQ131045 OWK131045:OWM131045 PGG131045:PGI131045 PQC131045:PQE131045 PZY131045:QAA131045 QJU131045:QJW131045 QTQ131045:QTS131045 RDM131045:RDO131045 RNI131045:RNK131045 RXE131045:RXG131045 SHA131045:SHC131045 SQW131045:SQY131045 TAS131045:TAU131045 TKO131045:TKQ131045 TUK131045:TUM131045 UEG131045:UEI131045 UOC131045:UOE131045 UXY131045:UYA131045 VHU131045:VHW131045 VRQ131045:VRS131045 WBM131045:WBO131045 WLI131045:WLK131045 WVE131045:WVG131045 F196581:H196581 IS196581:IU196581 SO196581:SQ196581 ACK196581:ACM196581 AMG196581:AMI196581 AWC196581:AWE196581 BFY196581:BGA196581 BPU196581:BPW196581 BZQ196581:BZS196581 CJM196581:CJO196581 CTI196581:CTK196581 DDE196581:DDG196581 DNA196581:DNC196581 DWW196581:DWY196581 EGS196581:EGU196581 EQO196581:EQQ196581 FAK196581:FAM196581 FKG196581:FKI196581 FUC196581:FUE196581 GDY196581:GEA196581 GNU196581:GNW196581 GXQ196581:GXS196581 HHM196581:HHO196581 HRI196581:HRK196581 IBE196581:IBG196581 ILA196581:ILC196581 IUW196581:IUY196581 JES196581:JEU196581 JOO196581:JOQ196581 JYK196581:JYM196581 KIG196581:KII196581 KSC196581:KSE196581 LBY196581:LCA196581 LLU196581:LLW196581 LVQ196581:LVS196581 MFM196581:MFO196581 MPI196581:MPK196581 MZE196581:MZG196581 NJA196581:NJC196581 NSW196581:NSY196581 OCS196581:OCU196581 OMO196581:OMQ196581 OWK196581:OWM196581 PGG196581:PGI196581 PQC196581:PQE196581 PZY196581:QAA196581 QJU196581:QJW196581 QTQ196581:QTS196581 RDM196581:RDO196581 RNI196581:RNK196581 RXE196581:RXG196581 SHA196581:SHC196581 SQW196581:SQY196581 TAS196581:TAU196581 TKO196581:TKQ196581 TUK196581:TUM196581 UEG196581:UEI196581 UOC196581:UOE196581 UXY196581:UYA196581 VHU196581:VHW196581 VRQ196581:VRS196581 WBM196581:WBO196581 WLI196581:WLK196581 WVE196581:WVG196581 F262117:H262117 IS262117:IU262117 SO262117:SQ262117 ACK262117:ACM262117 AMG262117:AMI262117 AWC262117:AWE262117 BFY262117:BGA262117 BPU262117:BPW262117 BZQ262117:BZS262117 CJM262117:CJO262117 CTI262117:CTK262117 DDE262117:DDG262117 DNA262117:DNC262117 DWW262117:DWY262117 EGS262117:EGU262117 EQO262117:EQQ262117 FAK262117:FAM262117 FKG262117:FKI262117 FUC262117:FUE262117 GDY262117:GEA262117 GNU262117:GNW262117 GXQ262117:GXS262117 HHM262117:HHO262117 HRI262117:HRK262117 IBE262117:IBG262117 ILA262117:ILC262117 IUW262117:IUY262117 JES262117:JEU262117 JOO262117:JOQ262117 JYK262117:JYM262117 KIG262117:KII262117 KSC262117:KSE262117 LBY262117:LCA262117 LLU262117:LLW262117 LVQ262117:LVS262117 MFM262117:MFO262117 MPI262117:MPK262117 MZE262117:MZG262117 NJA262117:NJC262117 NSW262117:NSY262117 OCS262117:OCU262117 OMO262117:OMQ262117 OWK262117:OWM262117 PGG262117:PGI262117 PQC262117:PQE262117 PZY262117:QAA262117 QJU262117:QJW262117 QTQ262117:QTS262117 RDM262117:RDO262117 RNI262117:RNK262117 RXE262117:RXG262117 SHA262117:SHC262117 SQW262117:SQY262117 TAS262117:TAU262117 TKO262117:TKQ262117 TUK262117:TUM262117 UEG262117:UEI262117 UOC262117:UOE262117 UXY262117:UYA262117 VHU262117:VHW262117 VRQ262117:VRS262117 WBM262117:WBO262117 WLI262117:WLK262117 WVE262117:WVG262117 F327653:H327653 IS327653:IU327653 SO327653:SQ327653 ACK327653:ACM327653 AMG327653:AMI327653 AWC327653:AWE327653 BFY327653:BGA327653 BPU327653:BPW327653 BZQ327653:BZS327653 CJM327653:CJO327653 CTI327653:CTK327653 DDE327653:DDG327653 DNA327653:DNC327653 DWW327653:DWY327653 EGS327653:EGU327653 EQO327653:EQQ327653 FAK327653:FAM327653 FKG327653:FKI327653 FUC327653:FUE327653 GDY327653:GEA327653 GNU327653:GNW327653 GXQ327653:GXS327653 HHM327653:HHO327653 HRI327653:HRK327653 IBE327653:IBG327653 ILA327653:ILC327653 IUW327653:IUY327653 JES327653:JEU327653 JOO327653:JOQ327653 JYK327653:JYM327653 KIG327653:KII327653 KSC327653:KSE327653 LBY327653:LCA327653 LLU327653:LLW327653 LVQ327653:LVS327653 MFM327653:MFO327653 MPI327653:MPK327653 MZE327653:MZG327653 NJA327653:NJC327653 NSW327653:NSY327653 OCS327653:OCU327653 OMO327653:OMQ327653 OWK327653:OWM327653 PGG327653:PGI327653 PQC327653:PQE327653 PZY327653:QAA327653 QJU327653:QJW327653 QTQ327653:QTS327653 RDM327653:RDO327653 RNI327653:RNK327653 RXE327653:RXG327653 SHA327653:SHC327653 SQW327653:SQY327653 TAS327653:TAU327653 TKO327653:TKQ327653 TUK327653:TUM327653 UEG327653:UEI327653 UOC327653:UOE327653 UXY327653:UYA327653 VHU327653:VHW327653 VRQ327653:VRS327653 WBM327653:WBO327653 WLI327653:WLK327653 WVE327653:WVG327653 F393189:H393189 IS393189:IU393189 SO393189:SQ393189 ACK393189:ACM393189 AMG393189:AMI393189 AWC393189:AWE393189 BFY393189:BGA393189 BPU393189:BPW393189 BZQ393189:BZS393189 CJM393189:CJO393189 CTI393189:CTK393189 DDE393189:DDG393189 DNA393189:DNC393189 DWW393189:DWY393189 EGS393189:EGU393189 EQO393189:EQQ393189 FAK393189:FAM393189 FKG393189:FKI393189 FUC393189:FUE393189 GDY393189:GEA393189 GNU393189:GNW393189 GXQ393189:GXS393189 HHM393189:HHO393189 HRI393189:HRK393189 IBE393189:IBG393189 ILA393189:ILC393189 IUW393189:IUY393189 JES393189:JEU393189 JOO393189:JOQ393189 JYK393189:JYM393189 KIG393189:KII393189 KSC393189:KSE393189 LBY393189:LCA393189 LLU393189:LLW393189 LVQ393189:LVS393189 MFM393189:MFO393189 MPI393189:MPK393189 MZE393189:MZG393189 NJA393189:NJC393189 NSW393189:NSY393189 OCS393189:OCU393189 OMO393189:OMQ393189 OWK393189:OWM393189 PGG393189:PGI393189 PQC393189:PQE393189 PZY393189:QAA393189 QJU393189:QJW393189 QTQ393189:QTS393189 RDM393189:RDO393189 RNI393189:RNK393189 RXE393189:RXG393189 SHA393189:SHC393189 SQW393189:SQY393189 TAS393189:TAU393189 TKO393189:TKQ393189 TUK393189:TUM393189 UEG393189:UEI393189 UOC393189:UOE393189 UXY393189:UYA393189 VHU393189:VHW393189 VRQ393189:VRS393189 WBM393189:WBO393189 WLI393189:WLK393189 WVE393189:WVG393189 F458725:H458725 IS458725:IU458725 SO458725:SQ458725 ACK458725:ACM458725 AMG458725:AMI458725 AWC458725:AWE458725 BFY458725:BGA458725 BPU458725:BPW458725 BZQ458725:BZS458725 CJM458725:CJO458725 CTI458725:CTK458725 DDE458725:DDG458725 DNA458725:DNC458725 DWW458725:DWY458725 EGS458725:EGU458725 EQO458725:EQQ458725 FAK458725:FAM458725 FKG458725:FKI458725 FUC458725:FUE458725 GDY458725:GEA458725 GNU458725:GNW458725 GXQ458725:GXS458725 HHM458725:HHO458725 HRI458725:HRK458725 IBE458725:IBG458725 ILA458725:ILC458725 IUW458725:IUY458725 JES458725:JEU458725 JOO458725:JOQ458725 JYK458725:JYM458725 KIG458725:KII458725 KSC458725:KSE458725 LBY458725:LCA458725 LLU458725:LLW458725 LVQ458725:LVS458725 MFM458725:MFO458725 MPI458725:MPK458725 MZE458725:MZG458725 NJA458725:NJC458725 NSW458725:NSY458725 OCS458725:OCU458725 OMO458725:OMQ458725 OWK458725:OWM458725 PGG458725:PGI458725 PQC458725:PQE458725 PZY458725:QAA458725 QJU458725:QJW458725 QTQ458725:QTS458725 RDM458725:RDO458725 RNI458725:RNK458725 RXE458725:RXG458725 SHA458725:SHC458725 SQW458725:SQY458725 TAS458725:TAU458725 TKO458725:TKQ458725 TUK458725:TUM458725 UEG458725:UEI458725 UOC458725:UOE458725 UXY458725:UYA458725 VHU458725:VHW458725 VRQ458725:VRS458725 WBM458725:WBO458725 WLI458725:WLK458725 WVE458725:WVG458725 F524261:H524261 IS524261:IU524261 SO524261:SQ524261 ACK524261:ACM524261 AMG524261:AMI524261 AWC524261:AWE524261 BFY524261:BGA524261 BPU524261:BPW524261 BZQ524261:BZS524261 CJM524261:CJO524261 CTI524261:CTK524261 DDE524261:DDG524261 DNA524261:DNC524261 DWW524261:DWY524261 EGS524261:EGU524261 EQO524261:EQQ524261 FAK524261:FAM524261 FKG524261:FKI524261 FUC524261:FUE524261 GDY524261:GEA524261 GNU524261:GNW524261 GXQ524261:GXS524261 HHM524261:HHO524261 HRI524261:HRK524261 IBE524261:IBG524261 ILA524261:ILC524261 IUW524261:IUY524261 JES524261:JEU524261 JOO524261:JOQ524261 JYK524261:JYM524261 KIG524261:KII524261 KSC524261:KSE524261 LBY524261:LCA524261 LLU524261:LLW524261 LVQ524261:LVS524261 MFM524261:MFO524261 MPI524261:MPK524261 MZE524261:MZG524261 NJA524261:NJC524261 NSW524261:NSY524261 OCS524261:OCU524261 OMO524261:OMQ524261 OWK524261:OWM524261 PGG524261:PGI524261 PQC524261:PQE524261 PZY524261:QAA524261 QJU524261:QJW524261 QTQ524261:QTS524261 RDM524261:RDO524261 RNI524261:RNK524261 RXE524261:RXG524261 SHA524261:SHC524261 SQW524261:SQY524261 TAS524261:TAU524261 TKO524261:TKQ524261 TUK524261:TUM524261 UEG524261:UEI524261 UOC524261:UOE524261 UXY524261:UYA524261 VHU524261:VHW524261 VRQ524261:VRS524261 WBM524261:WBO524261 WLI524261:WLK524261 WVE524261:WVG524261 F589797:H589797 IS589797:IU589797 SO589797:SQ589797 ACK589797:ACM589797 AMG589797:AMI589797 AWC589797:AWE589797 BFY589797:BGA589797 BPU589797:BPW589797 BZQ589797:BZS589797 CJM589797:CJO589797 CTI589797:CTK589797 DDE589797:DDG589797 DNA589797:DNC589797 DWW589797:DWY589797 EGS589797:EGU589797 EQO589797:EQQ589797 FAK589797:FAM589797 FKG589797:FKI589797 FUC589797:FUE589797 GDY589797:GEA589797 GNU589797:GNW589797 GXQ589797:GXS589797 HHM589797:HHO589797 HRI589797:HRK589797 IBE589797:IBG589797 ILA589797:ILC589797 IUW589797:IUY589797 JES589797:JEU589797 JOO589797:JOQ589797 JYK589797:JYM589797 KIG589797:KII589797 KSC589797:KSE589797 LBY589797:LCA589797 LLU589797:LLW589797 LVQ589797:LVS589797 MFM589797:MFO589797 MPI589797:MPK589797 MZE589797:MZG589797 NJA589797:NJC589797 NSW589797:NSY589797 OCS589797:OCU589797 OMO589797:OMQ589797 OWK589797:OWM589797 PGG589797:PGI589797 PQC589797:PQE589797 PZY589797:QAA589797 QJU589797:QJW589797 QTQ589797:QTS589797 RDM589797:RDO589797 RNI589797:RNK589797 RXE589797:RXG589797 SHA589797:SHC589797 SQW589797:SQY589797 TAS589797:TAU589797 TKO589797:TKQ589797 TUK589797:TUM589797 UEG589797:UEI589797 UOC589797:UOE589797 UXY589797:UYA589797 VHU589797:VHW589797 VRQ589797:VRS589797 WBM589797:WBO589797 WLI589797:WLK589797 WVE589797:WVG589797 F655333:H655333 IS655333:IU655333 SO655333:SQ655333 ACK655333:ACM655333 AMG655333:AMI655333 AWC655333:AWE655333 BFY655333:BGA655333 BPU655333:BPW655333 BZQ655333:BZS655333 CJM655333:CJO655333 CTI655333:CTK655333 DDE655333:DDG655333 DNA655333:DNC655333 DWW655333:DWY655333 EGS655333:EGU655333 EQO655333:EQQ655333 FAK655333:FAM655333 FKG655333:FKI655333 FUC655333:FUE655333 GDY655333:GEA655333 GNU655333:GNW655333 GXQ655333:GXS655333 HHM655333:HHO655333 HRI655333:HRK655333 IBE655333:IBG655333 ILA655333:ILC655333 IUW655333:IUY655333 JES655333:JEU655333 JOO655333:JOQ655333 JYK655333:JYM655333 KIG655333:KII655333 KSC655333:KSE655333 LBY655333:LCA655333 LLU655333:LLW655333 LVQ655333:LVS655333 MFM655333:MFO655333 MPI655333:MPK655333 MZE655333:MZG655333 NJA655333:NJC655333 NSW655333:NSY655333 OCS655333:OCU655333 OMO655333:OMQ655333 OWK655333:OWM655333 PGG655333:PGI655333 PQC655333:PQE655333 PZY655333:QAA655333 QJU655333:QJW655333 QTQ655333:QTS655333 RDM655333:RDO655333 RNI655333:RNK655333 RXE655333:RXG655333 SHA655333:SHC655333 SQW655333:SQY655333 TAS655333:TAU655333 TKO655333:TKQ655333 TUK655333:TUM655333 UEG655333:UEI655333 UOC655333:UOE655333 UXY655333:UYA655333 VHU655333:VHW655333 VRQ655333:VRS655333 WBM655333:WBO655333 WLI655333:WLK655333 WVE655333:WVG655333 F720869:H720869 IS720869:IU720869 SO720869:SQ720869 ACK720869:ACM720869 AMG720869:AMI720869 AWC720869:AWE720869 BFY720869:BGA720869 BPU720869:BPW720869 BZQ720869:BZS720869 CJM720869:CJO720869 CTI720869:CTK720869 DDE720869:DDG720869 DNA720869:DNC720869 DWW720869:DWY720869 EGS720869:EGU720869 EQO720869:EQQ720869 FAK720869:FAM720869 FKG720869:FKI720869 FUC720869:FUE720869 GDY720869:GEA720869 GNU720869:GNW720869 GXQ720869:GXS720869 HHM720869:HHO720869 HRI720869:HRK720869 IBE720869:IBG720869 ILA720869:ILC720869 IUW720869:IUY720869 JES720869:JEU720869 JOO720869:JOQ720869 JYK720869:JYM720869 KIG720869:KII720869 KSC720869:KSE720869 LBY720869:LCA720869 LLU720869:LLW720869 LVQ720869:LVS720869 MFM720869:MFO720869 MPI720869:MPK720869 MZE720869:MZG720869 NJA720869:NJC720869 NSW720869:NSY720869 OCS720869:OCU720869 OMO720869:OMQ720869 OWK720869:OWM720869 PGG720869:PGI720869 PQC720869:PQE720869 PZY720869:QAA720869 QJU720869:QJW720869 QTQ720869:QTS720869 RDM720869:RDO720869 RNI720869:RNK720869 RXE720869:RXG720869 SHA720869:SHC720869 SQW720869:SQY720869 TAS720869:TAU720869 TKO720869:TKQ720869 TUK720869:TUM720869 UEG720869:UEI720869 UOC720869:UOE720869 UXY720869:UYA720869 VHU720869:VHW720869 VRQ720869:VRS720869 WBM720869:WBO720869 WLI720869:WLK720869 WVE720869:WVG720869 F786405:H786405 IS786405:IU786405 SO786405:SQ786405 ACK786405:ACM786405 AMG786405:AMI786405 AWC786405:AWE786405 BFY786405:BGA786405 BPU786405:BPW786405 BZQ786405:BZS786405 CJM786405:CJO786405 CTI786405:CTK786405 DDE786405:DDG786405 DNA786405:DNC786405 DWW786405:DWY786405 EGS786405:EGU786405 EQO786405:EQQ786405 FAK786405:FAM786405 FKG786405:FKI786405 FUC786405:FUE786405 GDY786405:GEA786405 GNU786405:GNW786405 GXQ786405:GXS786405 HHM786405:HHO786405 HRI786405:HRK786405 IBE786405:IBG786405 ILA786405:ILC786405 IUW786405:IUY786405 JES786405:JEU786405 JOO786405:JOQ786405 JYK786405:JYM786405 KIG786405:KII786405 KSC786405:KSE786405 LBY786405:LCA786405 LLU786405:LLW786405 LVQ786405:LVS786405 MFM786405:MFO786405 MPI786405:MPK786405 MZE786405:MZG786405 NJA786405:NJC786405 NSW786405:NSY786405 OCS786405:OCU786405 OMO786405:OMQ786405 OWK786405:OWM786405 PGG786405:PGI786405 PQC786405:PQE786405 PZY786405:QAA786405 QJU786405:QJW786405 QTQ786405:QTS786405 RDM786405:RDO786405 RNI786405:RNK786405 RXE786405:RXG786405 SHA786405:SHC786405 SQW786405:SQY786405 TAS786405:TAU786405 TKO786405:TKQ786405 TUK786405:TUM786405 UEG786405:UEI786405 UOC786405:UOE786405 UXY786405:UYA786405 VHU786405:VHW786405 VRQ786405:VRS786405 WBM786405:WBO786405 WLI786405:WLK786405 WVE786405:WVG786405 F851941:H851941 IS851941:IU851941 SO851941:SQ851941 ACK851941:ACM851941 AMG851941:AMI851941 AWC851941:AWE851941 BFY851941:BGA851941 BPU851941:BPW851941 BZQ851941:BZS851941 CJM851941:CJO851941 CTI851941:CTK851941 DDE851941:DDG851941 DNA851941:DNC851941 DWW851941:DWY851941 EGS851941:EGU851941 EQO851941:EQQ851941 FAK851941:FAM851941 FKG851941:FKI851941 FUC851941:FUE851941 GDY851941:GEA851941 GNU851941:GNW851941 GXQ851941:GXS851941 HHM851941:HHO851941 HRI851941:HRK851941 IBE851941:IBG851941 ILA851941:ILC851941 IUW851941:IUY851941 JES851941:JEU851941 JOO851941:JOQ851941 JYK851941:JYM851941 KIG851941:KII851941 KSC851941:KSE851941 LBY851941:LCA851941 LLU851941:LLW851941 LVQ851941:LVS851941 MFM851941:MFO851941 MPI851941:MPK851941 MZE851941:MZG851941 NJA851941:NJC851941 NSW851941:NSY851941 OCS851941:OCU851941 OMO851941:OMQ851941 OWK851941:OWM851941 PGG851941:PGI851941 PQC851941:PQE851941 PZY851941:QAA851941 QJU851941:QJW851941 QTQ851941:QTS851941 RDM851941:RDO851941 RNI851941:RNK851941 RXE851941:RXG851941 SHA851941:SHC851941 SQW851941:SQY851941 TAS851941:TAU851941 TKO851941:TKQ851941 TUK851941:TUM851941 UEG851941:UEI851941 UOC851941:UOE851941 UXY851941:UYA851941 VHU851941:VHW851941 VRQ851941:VRS851941 WBM851941:WBO851941 WLI851941:WLK851941 WVE851941:WVG851941 F917477:H917477 IS917477:IU917477 SO917477:SQ917477 ACK917477:ACM917477 AMG917477:AMI917477 AWC917477:AWE917477 BFY917477:BGA917477 BPU917477:BPW917477 BZQ917477:BZS917477 CJM917477:CJO917477 CTI917477:CTK917477 DDE917477:DDG917477 DNA917477:DNC917477 DWW917477:DWY917477 EGS917477:EGU917477 EQO917477:EQQ917477 FAK917477:FAM917477 FKG917477:FKI917477 FUC917477:FUE917477 GDY917477:GEA917477 GNU917477:GNW917477 GXQ917477:GXS917477 HHM917477:HHO917477 HRI917477:HRK917477 IBE917477:IBG917477 ILA917477:ILC917477 IUW917477:IUY917477 JES917477:JEU917477 JOO917477:JOQ917477 JYK917477:JYM917477 KIG917477:KII917477 KSC917477:KSE917477 LBY917477:LCA917477 LLU917477:LLW917477 LVQ917477:LVS917477 MFM917477:MFO917477 MPI917477:MPK917477 MZE917477:MZG917477 NJA917477:NJC917477 NSW917477:NSY917477 OCS917477:OCU917477 OMO917477:OMQ917477 OWK917477:OWM917477 PGG917477:PGI917477 PQC917477:PQE917477 PZY917477:QAA917477 QJU917477:QJW917477 QTQ917477:QTS917477 RDM917477:RDO917477 RNI917477:RNK917477 RXE917477:RXG917477 SHA917477:SHC917477 SQW917477:SQY917477 TAS917477:TAU917477 TKO917477:TKQ917477 TUK917477:TUM917477 UEG917477:UEI917477 UOC917477:UOE917477 UXY917477:UYA917477 VHU917477:VHW917477 VRQ917477:VRS917477 WBM917477:WBO917477 WLI917477:WLK917477 WVE917477:WVG917477 F983013:H983013 IS983013:IU983013 SO983013:SQ983013 ACK983013:ACM983013 AMG983013:AMI983013 AWC983013:AWE983013 BFY983013:BGA983013 BPU983013:BPW983013 BZQ983013:BZS983013 CJM983013:CJO983013 CTI983013:CTK983013 DDE983013:DDG983013 DNA983013:DNC983013 DWW983013:DWY983013 EGS983013:EGU983013 EQO983013:EQQ983013 FAK983013:FAM983013 FKG983013:FKI983013 FUC983013:FUE983013 GDY983013:GEA983013 GNU983013:GNW983013 GXQ983013:GXS983013 HHM983013:HHO983013 HRI983013:HRK983013 IBE983013:IBG983013 ILA983013:ILC983013 IUW983013:IUY983013 JES983013:JEU983013 JOO983013:JOQ983013 JYK983013:JYM983013 KIG983013:KII983013 KSC983013:KSE983013 LBY983013:LCA983013 LLU983013:LLW983013 LVQ983013:LVS983013 MFM983013:MFO983013 MPI983013:MPK983013 MZE983013:MZG983013 NJA983013:NJC983013 NSW983013:NSY983013 OCS983013:OCU983013 OMO983013:OMQ983013 OWK983013:OWM983013 PGG983013:PGI983013 PQC983013:PQE983013 PZY983013:QAA983013 QJU983013:QJW983013 QTQ983013:QTS983013 RDM983013:RDO983013 RNI983013:RNK983013 RXE983013:RXG983013 SHA983013:SHC983013 SQW983013:SQY983013 TAS983013:TAU983013 TKO983013:TKQ983013 TUK983013:TUM983013 UEG983013:UEI983013 UOC983013:UOE983013 UXY983013:UYA983013 VHU983013:VHW983013 VRQ983013:VRS983013 WBM983013:WBO983013 WLI983013:WLK983013" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>12</formula1>
       <formula2>12</formula2>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir les 9 chiffres suivants sans le point, les 3 derniers étant toujours &quot;070&quot;. (ex. 999999070)" promptTitle="Saisie" prompt="Veuillez saisir les 9 chiffres suivants sans le point, les 3 derniers étant toujours &quot;070&quot;. (ex. 999999070)" sqref="WVH983018:WVI983018 IV13:IW13 SR13:SS13 ACN13:ACO13 AMJ13:AMK13 AWF13:AWG13 BGB13:BGC13 BPX13:BPY13 BZT13:BZU13 CJP13:CJQ13 CTL13:CTM13 DDH13:DDI13 DND13:DNE13 DWZ13:DXA13 EGV13:EGW13 EQR13:EQS13 FAN13:FAO13 FKJ13:FKK13 FUF13:FUG13 GEB13:GEC13 GNX13:GNY13 GXT13:GXU13 HHP13:HHQ13 HRL13:HRM13 IBH13:IBI13 ILD13:ILE13 IUZ13:IVA13 JEV13:JEW13 JOR13:JOS13 JYN13:JYO13 KIJ13:KIK13 KSF13:KSG13 LCB13:LCC13 LLX13:LLY13 LVT13:LVU13 MFP13:MFQ13 MPL13:MPM13 MZH13:MZI13 NJD13:NJE13 NSZ13:NTA13 OCV13:OCW13 OMR13:OMS13 OWN13:OWO13 PGJ13:PGK13 PQF13:PQG13 QAB13:QAC13 QJX13:QJY13 QTT13:QTU13 RDP13:RDQ13 RNL13:RNM13 RXH13:RXI13 SHD13:SHE13 SQZ13:SRA13 TAV13:TAW13 TKR13:TKS13 TUN13:TUO13 UEJ13:UEK13 UOF13:UOG13 UYB13:UYC13 VHX13:VHY13 VRT13:VRU13 WBP13:WBQ13 WLL13:WLM13 WVH13:WVI13 I65514:J65514 IV65514:IW65514 SR65514:SS65514 ACN65514:ACO65514 AMJ65514:AMK65514 AWF65514:AWG65514 BGB65514:BGC65514 BPX65514:BPY65514 BZT65514:BZU65514 CJP65514:CJQ65514 CTL65514:CTM65514 DDH65514:DDI65514 DND65514:DNE65514 DWZ65514:DXA65514 EGV65514:EGW65514 EQR65514:EQS65514 FAN65514:FAO65514 FKJ65514:FKK65514 FUF65514:FUG65514 GEB65514:GEC65514 GNX65514:GNY65514 GXT65514:GXU65514 HHP65514:HHQ65514 HRL65514:HRM65514 IBH65514:IBI65514 ILD65514:ILE65514 IUZ65514:IVA65514 JEV65514:JEW65514 JOR65514:JOS65514 JYN65514:JYO65514 KIJ65514:KIK65514 KSF65514:KSG65514 LCB65514:LCC65514 LLX65514:LLY65514 LVT65514:LVU65514 MFP65514:MFQ65514 MPL65514:MPM65514 MZH65514:MZI65514 NJD65514:NJE65514 NSZ65514:NTA65514 OCV65514:OCW65514 OMR65514:OMS65514 OWN65514:OWO65514 PGJ65514:PGK65514 PQF65514:PQG65514 QAB65514:QAC65514 QJX65514:QJY65514 QTT65514:QTU65514 RDP65514:RDQ65514 RNL65514:RNM65514 RXH65514:RXI65514 SHD65514:SHE65514 SQZ65514:SRA65514 TAV65514:TAW65514 TKR65514:TKS65514 TUN65514:TUO65514 UEJ65514:UEK65514 UOF65514:UOG65514 UYB65514:UYC65514 VHX65514:VHY65514 VRT65514:VRU65514 WBP65514:WBQ65514 WLL65514:WLM65514 WVH65514:WVI65514 I131050:J131050 IV131050:IW131050 SR131050:SS131050 ACN131050:ACO131050 AMJ131050:AMK131050 AWF131050:AWG131050 BGB131050:BGC131050 BPX131050:BPY131050 BZT131050:BZU131050 CJP131050:CJQ131050 CTL131050:CTM131050 DDH131050:DDI131050 DND131050:DNE131050 DWZ131050:DXA131050 EGV131050:EGW131050 EQR131050:EQS131050 FAN131050:FAO131050 FKJ131050:FKK131050 FUF131050:FUG131050 GEB131050:GEC131050 GNX131050:GNY131050 GXT131050:GXU131050 HHP131050:HHQ131050 HRL131050:HRM131050 IBH131050:IBI131050 ILD131050:ILE131050 IUZ131050:IVA131050 JEV131050:JEW131050 JOR131050:JOS131050 JYN131050:JYO131050 KIJ131050:KIK131050 KSF131050:KSG131050 LCB131050:LCC131050 LLX131050:LLY131050 LVT131050:LVU131050 MFP131050:MFQ131050 MPL131050:MPM131050 MZH131050:MZI131050 NJD131050:NJE131050 NSZ131050:NTA131050 OCV131050:OCW131050 OMR131050:OMS131050 OWN131050:OWO131050 PGJ131050:PGK131050 PQF131050:PQG131050 QAB131050:QAC131050 QJX131050:QJY131050 QTT131050:QTU131050 RDP131050:RDQ131050 RNL131050:RNM131050 RXH131050:RXI131050 SHD131050:SHE131050 SQZ131050:SRA131050 TAV131050:TAW131050 TKR131050:TKS131050 TUN131050:TUO131050 UEJ131050:UEK131050 UOF131050:UOG131050 UYB131050:UYC131050 VHX131050:VHY131050 VRT131050:VRU131050 WBP131050:WBQ131050 WLL131050:WLM131050 WVH131050:WVI131050 I196586:J196586 IV196586:IW196586 SR196586:SS196586 ACN196586:ACO196586 AMJ196586:AMK196586 AWF196586:AWG196586 BGB196586:BGC196586 BPX196586:BPY196586 BZT196586:BZU196586 CJP196586:CJQ196586 CTL196586:CTM196586 DDH196586:DDI196586 DND196586:DNE196586 DWZ196586:DXA196586 EGV196586:EGW196586 EQR196586:EQS196586 FAN196586:FAO196586 FKJ196586:FKK196586 FUF196586:FUG196586 GEB196586:GEC196586 GNX196586:GNY196586 GXT196586:GXU196586 HHP196586:HHQ196586 HRL196586:HRM196586 IBH196586:IBI196586 ILD196586:ILE196586 IUZ196586:IVA196586 JEV196586:JEW196586 JOR196586:JOS196586 JYN196586:JYO196586 KIJ196586:KIK196586 KSF196586:KSG196586 LCB196586:LCC196586 LLX196586:LLY196586 LVT196586:LVU196586 MFP196586:MFQ196586 MPL196586:MPM196586 MZH196586:MZI196586 NJD196586:NJE196586 NSZ196586:NTA196586 OCV196586:OCW196586 OMR196586:OMS196586 OWN196586:OWO196586 PGJ196586:PGK196586 PQF196586:PQG196586 QAB196586:QAC196586 QJX196586:QJY196586 QTT196586:QTU196586 RDP196586:RDQ196586 RNL196586:RNM196586 RXH196586:RXI196586 SHD196586:SHE196586 SQZ196586:SRA196586 TAV196586:TAW196586 TKR196586:TKS196586 TUN196586:TUO196586 UEJ196586:UEK196586 UOF196586:UOG196586 UYB196586:UYC196586 VHX196586:VHY196586 VRT196586:VRU196586 WBP196586:WBQ196586 WLL196586:WLM196586 WVH196586:WVI196586 I262122:J262122 IV262122:IW262122 SR262122:SS262122 ACN262122:ACO262122 AMJ262122:AMK262122 AWF262122:AWG262122 BGB262122:BGC262122 BPX262122:BPY262122 BZT262122:BZU262122 CJP262122:CJQ262122 CTL262122:CTM262122 DDH262122:DDI262122 DND262122:DNE262122 DWZ262122:DXA262122 EGV262122:EGW262122 EQR262122:EQS262122 FAN262122:FAO262122 FKJ262122:FKK262122 FUF262122:FUG262122 GEB262122:GEC262122 GNX262122:GNY262122 GXT262122:GXU262122 HHP262122:HHQ262122 HRL262122:HRM262122 IBH262122:IBI262122 ILD262122:ILE262122 IUZ262122:IVA262122 JEV262122:JEW262122 JOR262122:JOS262122 JYN262122:JYO262122 KIJ262122:KIK262122 KSF262122:KSG262122 LCB262122:LCC262122 LLX262122:LLY262122 LVT262122:LVU262122 MFP262122:MFQ262122 MPL262122:MPM262122 MZH262122:MZI262122 NJD262122:NJE262122 NSZ262122:NTA262122 OCV262122:OCW262122 OMR262122:OMS262122 OWN262122:OWO262122 PGJ262122:PGK262122 PQF262122:PQG262122 QAB262122:QAC262122 QJX262122:QJY262122 QTT262122:QTU262122 RDP262122:RDQ262122 RNL262122:RNM262122 RXH262122:RXI262122 SHD262122:SHE262122 SQZ262122:SRA262122 TAV262122:TAW262122 TKR262122:TKS262122 TUN262122:TUO262122 UEJ262122:UEK262122 UOF262122:UOG262122 UYB262122:UYC262122 VHX262122:VHY262122 VRT262122:VRU262122 WBP262122:WBQ262122 WLL262122:WLM262122 WVH262122:WVI262122 I327658:J327658 IV327658:IW327658 SR327658:SS327658 ACN327658:ACO327658 AMJ327658:AMK327658 AWF327658:AWG327658 BGB327658:BGC327658 BPX327658:BPY327658 BZT327658:BZU327658 CJP327658:CJQ327658 CTL327658:CTM327658 DDH327658:DDI327658 DND327658:DNE327658 DWZ327658:DXA327658 EGV327658:EGW327658 EQR327658:EQS327658 FAN327658:FAO327658 FKJ327658:FKK327658 FUF327658:FUG327658 GEB327658:GEC327658 GNX327658:GNY327658 GXT327658:GXU327658 HHP327658:HHQ327658 HRL327658:HRM327658 IBH327658:IBI327658 ILD327658:ILE327658 IUZ327658:IVA327658 JEV327658:JEW327658 JOR327658:JOS327658 JYN327658:JYO327658 KIJ327658:KIK327658 KSF327658:KSG327658 LCB327658:LCC327658 LLX327658:LLY327658 LVT327658:LVU327658 MFP327658:MFQ327658 MPL327658:MPM327658 MZH327658:MZI327658 NJD327658:NJE327658 NSZ327658:NTA327658 OCV327658:OCW327658 OMR327658:OMS327658 OWN327658:OWO327658 PGJ327658:PGK327658 PQF327658:PQG327658 QAB327658:QAC327658 QJX327658:QJY327658 QTT327658:QTU327658 RDP327658:RDQ327658 RNL327658:RNM327658 RXH327658:RXI327658 SHD327658:SHE327658 SQZ327658:SRA327658 TAV327658:TAW327658 TKR327658:TKS327658 TUN327658:TUO327658 UEJ327658:UEK327658 UOF327658:UOG327658 UYB327658:UYC327658 VHX327658:VHY327658 VRT327658:VRU327658 WBP327658:WBQ327658 WLL327658:WLM327658 WVH327658:WVI327658 I393194:J393194 IV393194:IW393194 SR393194:SS393194 ACN393194:ACO393194 AMJ393194:AMK393194 AWF393194:AWG393194 BGB393194:BGC393194 BPX393194:BPY393194 BZT393194:BZU393194 CJP393194:CJQ393194 CTL393194:CTM393194 DDH393194:DDI393194 DND393194:DNE393194 DWZ393194:DXA393194 EGV393194:EGW393194 EQR393194:EQS393194 FAN393194:FAO393194 FKJ393194:FKK393194 FUF393194:FUG393194 GEB393194:GEC393194 GNX393194:GNY393194 GXT393194:GXU393194 HHP393194:HHQ393194 HRL393194:HRM393194 IBH393194:IBI393194 ILD393194:ILE393194 IUZ393194:IVA393194 JEV393194:JEW393194 JOR393194:JOS393194 JYN393194:JYO393194 KIJ393194:KIK393194 KSF393194:KSG393194 LCB393194:LCC393194 LLX393194:LLY393194 LVT393194:LVU393194 MFP393194:MFQ393194 MPL393194:MPM393194 MZH393194:MZI393194 NJD393194:NJE393194 NSZ393194:NTA393194 OCV393194:OCW393194 OMR393194:OMS393194 OWN393194:OWO393194 PGJ393194:PGK393194 PQF393194:PQG393194 QAB393194:QAC393194 QJX393194:QJY393194 QTT393194:QTU393194 RDP393194:RDQ393194 RNL393194:RNM393194 RXH393194:RXI393194 SHD393194:SHE393194 SQZ393194:SRA393194 TAV393194:TAW393194 TKR393194:TKS393194 TUN393194:TUO393194 UEJ393194:UEK393194 UOF393194:UOG393194 UYB393194:UYC393194 VHX393194:VHY393194 VRT393194:VRU393194 WBP393194:WBQ393194 WLL393194:WLM393194 WVH393194:WVI393194 I458730:J458730 IV458730:IW458730 SR458730:SS458730 ACN458730:ACO458730 AMJ458730:AMK458730 AWF458730:AWG458730 BGB458730:BGC458730 BPX458730:BPY458730 BZT458730:BZU458730 CJP458730:CJQ458730 CTL458730:CTM458730 DDH458730:DDI458730 DND458730:DNE458730 DWZ458730:DXA458730 EGV458730:EGW458730 EQR458730:EQS458730 FAN458730:FAO458730 FKJ458730:FKK458730 FUF458730:FUG458730 GEB458730:GEC458730 GNX458730:GNY458730 GXT458730:GXU458730 HHP458730:HHQ458730 HRL458730:HRM458730 IBH458730:IBI458730 ILD458730:ILE458730 IUZ458730:IVA458730 JEV458730:JEW458730 JOR458730:JOS458730 JYN458730:JYO458730 KIJ458730:KIK458730 KSF458730:KSG458730 LCB458730:LCC458730 LLX458730:LLY458730 LVT458730:LVU458730 MFP458730:MFQ458730 MPL458730:MPM458730 MZH458730:MZI458730 NJD458730:NJE458730 NSZ458730:NTA458730 OCV458730:OCW458730 OMR458730:OMS458730 OWN458730:OWO458730 PGJ458730:PGK458730 PQF458730:PQG458730 QAB458730:QAC458730 QJX458730:QJY458730 QTT458730:QTU458730 RDP458730:RDQ458730 RNL458730:RNM458730 RXH458730:RXI458730 SHD458730:SHE458730 SQZ458730:SRA458730 TAV458730:TAW458730 TKR458730:TKS458730 TUN458730:TUO458730 UEJ458730:UEK458730 UOF458730:UOG458730 UYB458730:UYC458730 VHX458730:VHY458730 VRT458730:VRU458730 WBP458730:WBQ458730 WLL458730:WLM458730 WVH458730:WVI458730 I524266:J524266 IV524266:IW524266 SR524266:SS524266 ACN524266:ACO524266 AMJ524266:AMK524266 AWF524266:AWG524266 BGB524266:BGC524266 BPX524266:BPY524266 BZT524266:BZU524266 CJP524266:CJQ524266 CTL524266:CTM524266 DDH524266:DDI524266 DND524266:DNE524266 DWZ524266:DXA524266 EGV524266:EGW524266 EQR524266:EQS524266 FAN524266:FAO524266 FKJ524266:FKK524266 FUF524266:FUG524266 GEB524266:GEC524266 GNX524266:GNY524266 GXT524266:GXU524266 HHP524266:HHQ524266 HRL524266:HRM524266 IBH524266:IBI524266 ILD524266:ILE524266 IUZ524266:IVA524266 JEV524266:JEW524266 JOR524266:JOS524266 JYN524266:JYO524266 KIJ524266:KIK524266 KSF524266:KSG524266 LCB524266:LCC524266 LLX524266:LLY524266 LVT524266:LVU524266 MFP524266:MFQ524266 MPL524266:MPM524266 MZH524266:MZI524266 NJD524266:NJE524266 NSZ524266:NTA524266 OCV524266:OCW524266 OMR524266:OMS524266 OWN524266:OWO524266 PGJ524266:PGK524266 PQF524266:PQG524266 QAB524266:QAC524266 QJX524266:QJY524266 QTT524266:QTU524266 RDP524266:RDQ524266 RNL524266:RNM524266 RXH524266:RXI524266 SHD524266:SHE524266 SQZ524266:SRA524266 TAV524266:TAW524266 TKR524266:TKS524266 TUN524266:TUO524266 UEJ524266:UEK524266 UOF524266:UOG524266 UYB524266:UYC524266 VHX524266:VHY524266 VRT524266:VRU524266 WBP524266:WBQ524266 WLL524266:WLM524266 WVH524266:WVI524266 I589802:J589802 IV589802:IW589802 SR589802:SS589802 ACN589802:ACO589802 AMJ589802:AMK589802 AWF589802:AWG589802 BGB589802:BGC589802 BPX589802:BPY589802 BZT589802:BZU589802 CJP589802:CJQ589802 CTL589802:CTM589802 DDH589802:DDI589802 DND589802:DNE589802 DWZ589802:DXA589802 EGV589802:EGW589802 EQR589802:EQS589802 FAN589802:FAO589802 FKJ589802:FKK589802 FUF589802:FUG589802 GEB589802:GEC589802 GNX589802:GNY589802 GXT589802:GXU589802 HHP589802:HHQ589802 HRL589802:HRM589802 IBH589802:IBI589802 ILD589802:ILE589802 IUZ589802:IVA589802 JEV589802:JEW589802 JOR589802:JOS589802 JYN589802:JYO589802 KIJ589802:KIK589802 KSF589802:KSG589802 LCB589802:LCC589802 LLX589802:LLY589802 LVT589802:LVU589802 MFP589802:MFQ589802 MPL589802:MPM589802 MZH589802:MZI589802 NJD589802:NJE589802 NSZ589802:NTA589802 OCV589802:OCW589802 OMR589802:OMS589802 OWN589802:OWO589802 PGJ589802:PGK589802 PQF589802:PQG589802 QAB589802:QAC589802 QJX589802:QJY589802 QTT589802:QTU589802 RDP589802:RDQ589802 RNL589802:RNM589802 RXH589802:RXI589802 SHD589802:SHE589802 SQZ589802:SRA589802 TAV589802:TAW589802 TKR589802:TKS589802 TUN589802:TUO589802 UEJ589802:UEK589802 UOF589802:UOG589802 UYB589802:UYC589802 VHX589802:VHY589802 VRT589802:VRU589802 WBP589802:WBQ589802 WLL589802:WLM589802 WVH589802:WVI589802 I655338:J655338 IV655338:IW655338 SR655338:SS655338 ACN655338:ACO655338 AMJ655338:AMK655338 AWF655338:AWG655338 BGB655338:BGC655338 BPX655338:BPY655338 BZT655338:BZU655338 CJP655338:CJQ655338 CTL655338:CTM655338 DDH655338:DDI655338 DND655338:DNE655338 DWZ655338:DXA655338 EGV655338:EGW655338 EQR655338:EQS655338 FAN655338:FAO655338 FKJ655338:FKK655338 FUF655338:FUG655338 GEB655338:GEC655338 GNX655338:GNY655338 GXT655338:GXU655338 HHP655338:HHQ655338 HRL655338:HRM655338 IBH655338:IBI655338 ILD655338:ILE655338 IUZ655338:IVA655338 JEV655338:JEW655338 JOR655338:JOS655338 JYN655338:JYO655338 KIJ655338:KIK655338 KSF655338:KSG655338 LCB655338:LCC655338 LLX655338:LLY655338 LVT655338:LVU655338 MFP655338:MFQ655338 MPL655338:MPM655338 MZH655338:MZI655338 NJD655338:NJE655338 NSZ655338:NTA655338 OCV655338:OCW655338 OMR655338:OMS655338 OWN655338:OWO655338 PGJ655338:PGK655338 PQF655338:PQG655338 QAB655338:QAC655338 QJX655338:QJY655338 QTT655338:QTU655338 RDP655338:RDQ655338 RNL655338:RNM655338 RXH655338:RXI655338 SHD655338:SHE655338 SQZ655338:SRA655338 TAV655338:TAW655338 TKR655338:TKS655338 TUN655338:TUO655338 UEJ655338:UEK655338 UOF655338:UOG655338 UYB655338:UYC655338 VHX655338:VHY655338 VRT655338:VRU655338 WBP655338:WBQ655338 WLL655338:WLM655338 WVH655338:WVI655338 I720874:J720874 IV720874:IW720874 SR720874:SS720874 ACN720874:ACO720874 AMJ720874:AMK720874 AWF720874:AWG720874 BGB720874:BGC720874 BPX720874:BPY720874 BZT720874:BZU720874 CJP720874:CJQ720874 CTL720874:CTM720874 DDH720874:DDI720874 DND720874:DNE720874 DWZ720874:DXA720874 EGV720874:EGW720874 EQR720874:EQS720874 FAN720874:FAO720874 FKJ720874:FKK720874 FUF720874:FUG720874 GEB720874:GEC720874 GNX720874:GNY720874 GXT720874:GXU720874 HHP720874:HHQ720874 HRL720874:HRM720874 IBH720874:IBI720874 ILD720874:ILE720874 IUZ720874:IVA720874 JEV720874:JEW720874 JOR720874:JOS720874 JYN720874:JYO720874 KIJ720874:KIK720874 KSF720874:KSG720874 LCB720874:LCC720874 LLX720874:LLY720874 LVT720874:LVU720874 MFP720874:MFQ720874 MPL720874:MPM720874 MZH720874:MZI720874 NJD720874:NJE720874 NSZ720874:NTA720874 OCV720874:OCW720874 OMR720874:OMS720874 OWN720874:OWO720874 PGJ720874:PGK720874 PQF720874:PQG720874 QAB720874:QAC720874 QJX720874:QJY720874 QTT720874:QTU720874 RDP720874:RDQ720874 RNL720874:RNM720874 RXH720874:RXI720874 SHD720874:SHE720874 SQZ720874:SRA720874 TAV720874:TAW720874 TKR720874:TKS720874 TUN720874:TUO720874 UEJ720874:UEK720874 UOF720874:UOG720874 UYB720874:UYC720874 VHX720874:VHY720874 VRT720874:VRU720874 WBP720874:WBQ720874 WLL720874:WLM720874 WVH720874:WVI720874 I786410:J786410 IV786410:IW786410 SR786410:SS786410 ACN786410:ACO786410 AMJ786410:AMK786410 AWF786410:AWG786410 BGB786410:BGC786410 BPX786410:BPY786410 BZT786410:BZU786410 CJP786410:CJQ786410 CTL786410:CTM786410 DDH786410:DDI786410 DND786410:DNE786410 DWZ786410:DXA786410 EGV786410:EGW786410 EQR786410:EQS786410 FAN786410:FAO786410 FKJ786410:FKK786410 FUF786410:FUG786410 GEB786410:GEC786410 GNX786410:GNY786410 GXT786410:GXU786410 HHP786410:HHQ786410 HRL786410:HRM786410 IBH786410:IBI786410 ILD786410:ILE786410 IUZ786410:IVA786410 JEV786410:JEW786410 JOR786410:JOS786410 JYN786410:JYO786410 KIJ786410:KIK786410 KSF786410:KSG786410 LCB786410:LCC786410 LLX786410:LLY786410 LVT786410:LVU786410 MFP786410:MFQ786410 MPL786410:MPM786410 MZH786410:MZI786410 NJD786410:NJE786410 NSZ786410:NTA786410 OCV786410:OCW786410 OMR786410:OMS786410 OWN786410:OWO786410 PGJ786410:PGK786410 PQF786410:PQG786410 QAB786410:QAC786410 QJX786410:QJY786410 QTT786410:QTU786410 RDP786410:RDQ786410 RNL786410:RNM786410 RXH786410:RXI786410 SHD786410:SHE786410 SQZ786410:SRA786410 TAV786410:TAW786410 TKR786410:TKS786410 TUN786410:TUO786410 UEJ786410:UEK786410 UOF786410:UOG786410 UYB786410:UYC786410 VHX786410:VHY786410 VRT786410:VRU786410 WBP786410:WBQ786410 WLL786410:WLM786410 WVH786410:WVI786410 I851946:J851946 IV851946:IW851946 SR851946:SS851946 ACN851946:ACO851946 AMJ851946:AMK851946 AWF851946:AWG851946 BGB851946:BGC851946 BPX851946:BPY851946 BZT851946:BZU851946 CJP851946:CJQ851946 CTL851946:CTM851946 DDH851946:DDI851946 DND851946:DNE851946 DWZ851946:DXA851946 EGV851946:EGW851946 EQR851946:EQS851946 FAN851946:FAO851946 FKJ851946:FKK851946 FUF851946:FUG851946 GEB851946:GEC851946 GNX851946:GNY851946 GXT851946:GXU851946 HHP851946:HHQ851946 HRL851946:HRM851946 IBH851946:IBI851946 ILD851946:ILE851946 IUZ851946:IVA851946 JEV851946:JEW851946 JOR851946:JOS851946 JYN851946:JYO851946 KIJ851946:KIK851946 KSF851946:KSG851946 LCB851946:LCC851946 LLX851946:LLY851946 LVT851946:LVU851946 MFP851946:MFQ851946 MPL851946:MPM851946 MZH851946:MZI851946 NJD851946:NJE851946 NSZ851946:NTA851946 OCV851946:OCW851946 OMR851946:OMS851946 OWN851946:OWO851946 PGJ851946:PGK851946 PQF851946:PQG851946 QAB851946:QAC851946 QJX851946:QJY851946 QTT851946:QTU851946 RDP851946:RDQ851946 RNL851946:RNM851946 RXH851946:RXI851946 SHD851946:SHE851946 SQZ851946:SRA851946 TAV851946:TAW851946 TKR851946:TKS851946 TUN851946:TUO851946 UEJ851946:UEK851946 UOF851946:UOG851946 UYB851946:UYC851946 VHX851946:VHY851946 VRT851946:VRU851946 WBP851946:WBQ851946 WLL851946:WLM851946 WVH851946:WVI851946 I917482:J917482 IV917482:IW917482 SR917482:SS917482 ACN917482:ACO917482 AMJ917482:AMK917482 AWF917482:AWG917482 BGB917482:BGC917482 BPX917482:BPY917482 BZT917482:BZU917482 CJP917482:CJQ917482 CTL917482:CTM917482 DDH917482:DDI917482 DND917482:DNE917482 DWZ917482:DXA917482 EGV917482:EGW917482 EQR917482:EQS917482 FAN917482:FAO917482 FKJ917482:FKK917482 FUF917482:FUG917482 GEB917482:GEC917482 GNX917482:GNY917482 GXT917482:GXU917482 HHP917482:HHQ917482 HRL917482:HRM917482 IBH917482:IBI917482 ILD917482:ILE917482 IUZ917482:IVA917482 JEV917482:JEW917482 JOR917482:JOS917482 JYN917482:JYO917482 KIJ917482:KIK917482 KSF917482:KSG917482 LCB917482:LCC917482 LLX917482:LLY917482 LVT917482:LVU917482 MFP917482:MFQ917482 MPL917482:MPM917482 MZH917482:MZI917482 NJD917482:NJE917482 NSZ917482:NTA917482 OCV917482:OCW917482 OMR917482:OMS917482 OWN917482:OWO917482 PGJ917482:PGK917482 PQF917482:PQG917482 QAB917482:QAC917482 QJX917482:QJY917482 QTT917482:QTU917482 RDP917482:RDQ917482 RNL917482:RNM917482 RXH917482:RXI917482 SHD917482:SHE917482 SQZ917482:SRA917482 TAV917482:TAW917482 TKR917482:TKS917482 TUN917482:TUO917482 UEJ917482:UEK917482 UOF917482:UOG917482 UYB917482:UYC917482 VHX917482:VHY917482 VRT917482:VRU917482 WBP917482:WBQ917482 WLL917482:WLM917482 WVH917482:WVI917482 I983018:J983018 IV983018:IW983018 SR983018:SS983018 ACN983018:ACO983018 AMJ983018:AMK983018 AWF983018:AWG983018 BGB983018:BGC983018 BPX983018:BPY983018 BZT983018:BZU983018 CJP983018:CJQ983018 CTL983018:CTM983018 DDH983018:DDI983018 DND983018:DNE983018 DWZ983018:DXA983018 EGV983018:EGW983018 EQR983018:EQS983018 FAN983018:FAO983018 FKJ983018:FKK983018 FUF983018:FUG983018 GEB983018:GEC983018 GNX983018:GNY983018 GXT983018:GXU983018 HHP983018:HHQ983018 HRL983018:HRM983018 IBH983018:IBI983018 ILD983018:ILE983018 IUZ983018:IVA983018 JEV983018:JEW983018 JOR983018:JOS983018 JYN983018:JYO983018 KIJ983018:KIK983018 KSF983018:KSG983018 LCB983018:LCC983018 LLX983018:LLY983018 LVT983018:LVU983018 MFP983018:MFQ983018 MPL983018:MPM983018 MZH983018:MZI983018 NJD983018:NJE983018 NSZ983018:NTA983018 OCV983018:OCW983018 OMR983018:OMS983018 OWN983018:OWO983018 PGJ983018:PGK983018 PQF983018:PQG983018 QAB983018:QAC983018 QJX983018:QJY983018 QTT983018:QTU983018 RDP983018:RDQ983018 RNL983018:RNM983018 RXH983018:RXI983018 SHD983018:SHE983018 SQZ983018:SRA983018 TAV983018:TAW983018 TKR983018:TKS983018 TUN983018:TUO983018 UEJ983018:UEK983018 UOF983018:UOG983018 UYB983018:UYC983018 VHX983018:VHY983018 VRT983018:VRU983018 WBP983018:WBQ983018 WLL983018:WLM983018" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>9</formula1>
     </dataValidation>
     <dataValidation type="date" operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Erreur" error="Veuillez saisir la date en respectant le formant suivant : 31.12.2008" promptTitle="Saisie" prompt="Veuillez saisir la date en respectant le formant suivant : 31.12.2008" sqref="K65550:K65551 IX65550:IX65551 ST65550:ST65551 ACP65550:ACP65551 AML65550:AML65551 AWH65550:AWH65551 BGD65550:BGD65551 BPZ65550:BPZ65551 BZV65550:BZV65551 CJR65550:CJR65551 CTN65550:CTN65551 DDJ65550:DDJ65551 DNF65550:DNF65551 DXB65550:DXB65551 EGX65550:EGX65551 EQT65550:EQT65551 FAP65550:FAP65551 FKL65550:FKL65551 FUH65550:FUH65551 GED65550:GED65551 GNZ65550:GNZ65551 GXV65550:GXV65551 HHR65550:HHR65551 HRN65550:HRN65551 IBJ65550:IBJ65551 ILF65550:ILF65551 IVB65550:IVB65551 JEX65550:JEX65551 JOT65550:JOT65551 JYP65550:JYP65551 KIL65550:KIL65551 KSH65550:KSH65551 LCD65550:LCD65551 LLZ65550:LLZ65551 LVV65550:LVV65551 MFR65550:MFR65551 MPN65550:MPN65551 MZJ65550:MZJ65551 NJF65550:NJF65551 NTB65550:NTB65551 OCX65550:OCX65551 OMT65550:OMT65551 OWP65550:OWP65551 PGL65550:PGL65551 PQH65550:PQH65551 QAD65550:QAD65551 QJZ65550:QJZ65551 QTV65550:QTV65551 RDR65550:RDR65551 RNN65550:RNN65551 RXJ65550:RXJ65551 SHF65550:SHF65551 SRB65550:SRB65551 TAX65550:TAX65551 TKT65550:TKT65551 TUP65550:TUP65551 UEL65550:UEL65551 UOH65550:UOH65551 UYD65550:UYD65551 VHZ65550:VHZ65551 VRV65550:VRV65551 WBR65550:WBR65551 WLN65550:WLN65551 WVJ65550:WVJ65551 K131086:K131087 IX131086:IX131087 ST131086:ST131087 ACP131086:ACP131087 AML131086:AML131087 AWH131086:AWH131087 BGD131086:BGD131087 BPZ131086:BPZ131087 BZV131086:BZV131087 CJR131086:CJR131087 CTN131086:CTN131087 DDJ131086:DDJ131087 DNF131086:DNF131087 DXB131086:DXB131087 EGX131086:EGX131087 EQT131086:EQT131087 FAP131086:FAP131087 FKL131086:FKL131087 FUH131086:FUH131087 GED131086:GED131087 GNZ131086:GNZ131087 GXV131086:GXV131087 HHR131086:HHR131087 HRN131086:HRN131087 IBJ131086:IBJ131087 ILF131086:ILF131087 IVB131086:IVB131087 JEX131086:JEX131087 JOT131086:JOT131087 JYP131086:JYP131087 KIL131086:KIL131087 KSH131086:KSH131087 LCD131086:LCD131087 LLZ131086:LLZ131087 LVV131086:LVV131087 MFR131086:MFR131087 MPN131086:MPN131087 MZJ131086:MZJ131087 NJF131086:NJF131087 NTB131086:NTB131087 OCX131086:OCX131087 OMT131086:OMT131087 OWP131086:OWP131087 PGL131086:PGL131087 PQH131086:PQH131087 QAD131086:QAD131087 QJZ131086:QJZ131087 QTV131086:QTV131087 RDR131086:RDR131087 RNN131086:RNN131087 RXJ131086:RXJ131087 SHF131086:SHF131087 SRB131086:SRB131087 TAX131086:TAX131087 TKT131086:TKT131087 TUP131086:TUP131087 UEL131086:UEL131087 UOH131086:UOH131087 UYD131086:UYD131087 VHZ131086:VHZ131087 VRV131086:VRV131087 WBR131086:WBR131087 WLN131086:WLN131087 WVJ131086:WVJ131087 K196622:K196623 IX196622:IX196623 ST196622:ST196623 ACP196622:ACP196623 AML196622:AML196623 AWH196622:AWH196623 BGD196622:BGD196623 BPZ196622:BPZ196623 BZV196622:BZV196623 CJR196622:CJR196623 CTN196622:CTN196623 DDJ196622:DDJ196623 DNF196622:DNF196623 DXB196622:DXB196623 EGX196622:EGX196623 EQT196622:EQT196623 FAP196622:FAP196623 FKL196622:FKL196623 FUH196622:FUH196623 GED196622:GED196623 GNZ196622:GNZ196623 GXV196622:GXV196623 HHR196622:HHR196623 HRN196622:HRN196623 IBJ196622:IBJ196623 ILF196622:ILF196623 IVB196622:IVB196623 JEX196622:JEX196623 JOT196622:JOT196623 JYP196622:JYP196623 KIL196622:KIL196623 KSH196622:KSH196623 LCD196622:LCD196623 LLZ196622:LLZ196623 LVV196622:LVV196623 MFR196622:MFR196623 MPN196622:MPN196623 MZJ196622:MZJ196623 NJF196622:NJF196623 NTB196622:NTB196623 OCX196622:OCX196623 OMT196622:OMT196623 OWP196622:OWP196623 PGL196622:PGL196623 PQH196622:PQH196623 QAD196622:QAD196623 QJZ196622:QJZ196623 QTV196622:QTV196623 RDR196622:RDR196623 RNN196622:RNN196623 RXJ196622:RXJ196623 SHF196622:SHF196623 SRB196622:SRB196623 TAX196622:TAX196623 TKT196622:TKT196623 TUP196622:TUP196623 UEL196622:UEL196623 UOH196622:UOH196623 UYD196622:UYD196623 VHZ196622:VHZ196623 VRV196622:VRV196623 WBR196622:WBR196623 WLN196622:WLN196623 WVJ196622:WVJ196623 K262158:K262159 IX262158:IX262159 ST262158:ST262159 ACP262158:ACP262159 AML262158:AML262159 AWH262158:AWH262159 BGD262158:BGD262159 BPZ262158:BPZ262159 BZV262158:BZV262159 CJR262158:CJR262159 CTN262158:CTN262159 DDJ262158:DDJ262159 DNF262158:DNF262159 DXB262158:DXB262159 EGX262158:EGX262159 EQT262158:EQT262159 FAP262158:FAP262159 FKL262158:FKL262159 FUH262158:FUH262159 GED262158:GED262159 GNZ262158:GNZ262159 GXV262158:GXV262159 HHR262158:HHR262159 HRN262158:HRN262159 IBJ262158:IBJ262159 ILF262158:ILF262159 IVB262158:IVB262159 JEX262158:JEX262159 JOT262158:JOT262159 JYP262158:JYP262159 KIL262158:KIL262159 KSH262158:KSH262159 LCD262158:LCD262159 LLZ262158:LLZ262159 LVV262158:LVV262159 MFR262158:MFR262159 MPN262158:MPN262159 MZJ262158:MZJ262159 NJF262158:NJF262159 NTB262158:NTB262159 OCX262158:OCX262159 OMT262158:OMT262159 OWP262158:OWP262159 PGL262158:PGL262159 PQH262158:PQH262159 QAD262158:QAD262159 QJZ262158:QJZ262159 QTV262158:QTV262159 RDR262158:RDR262159 RNN262158:RNN262159 RXJ262158:RXJ262159 SHF262158:SHF262159 SRB262158:SRB262159 TAX262158:TAX262159 TKT262158:TKT262159 TUP262158:TUP262159 UEL262158:UEL262159 UOH262158:UOH262159 UYD262158:UYD262159 VHZ262158:VHZ262159 VRV262158:VRV262159 WBR262158:WBR262159 WLN262158:WLN262159 WVJ262158:WVJ262159 K327694:K327695 IX327694:IX327695 ST327694:ST327695 ACP327694:ACP327695 AML327694:AML327695 AWH327694:AWH327695 BGD327694:BGD327695 BPZ327694:BPZ327695 BZV327694:BZV327695 CJR327694:CJR327695 CTN327694:CTN327695 DDJ327694:DDJ327695 DNF327694:DNF327695 DXB327694:DXB327695 EGX327694:EGX327695 EQT327694:EQT327695 FAP327694:FAP327695 FKL327694:FKL327695 FUH327694:FUH327695 GED327694:GED327695 GNZ327694:GNZ327695 GXV327694:GXV327695 HHR327694:HHR327695 HRN327694:HRN327695 IBJ327694:IBJ327695 ILF327694:ILF327695 IVB327694:IVB327695 JEX327694:JEX327695 JOT327694:JOT327695 JYP327694:JYP327695 KIL327694:KIL327695 KSH327694:KSH327695 LCD327694:LCD327695 LLZ327694:LLZ327695 LVV327694:LVV327695 MFR327694:MFR327695 MPN327694:MPN327695 MZJ327694:MZJ327695 NJF327694:NJF327695 NTB327694:NTB327695 OCX327694:OCX327695 OMT327694:OMT327695 OWP327694:OWP327695 PGL327694:PGL327695 PQH327694:PQH327695 QAD327694:QAD327695 QJZ327694:QJZ327695 QTV327694:QTV327695 RDR327694:RDR327695 RNN327694:RNN327695 RXJ327694:RXJ327695 SHF327694:SHF327695 SRB327694:SRB327695 TAX327694:TAX327695 TKT327694:TKT327695 TUP327694:TUP327695 UEL327694:UEL327695 UOH327694:UOH327695 UYD327694:UYD327695 VHZ327694:VHZ327695 VRV327694:VRV327695 WBR327694:WBR327695 WLN327694:WLN327695 WVJ327694:WVJ327695 K393230:K393231 IX393230:IX393231 ST393230:ST393231 ACP393230:ACP393231 AML393230:AML393231 AWH393230:AWH393231 BGD393230:BGD393231 BPZ393230:BPZ393231 BZV393230:BZV393231 CJR393230:CJR393231 CTN393230:CTN393231 DDJ393230:DDJ393231 DNF393230:DNF393231 DXB393230:DXB393231 EGX393230:EGX393231 EQT393230:EQT393231 FAP393230:FAP393231 FKL393230:FKL393231 FUH393230:FUH393231 GED393230:GED393231 GNZ393230:GNZ393231 GXV393230:GXV393231 HHR393230:HHR393231 HRN393230:HRN393231 IBJ393230:IBJ393231 ILF393230:ILF393231 IVB393230:IVB393231 JEX393230:JEX393231 JOT393230:JOT393231 JYP393230:JYP393231 KIL393230:KIL393231 KSH393230:KSH393231 LCD393230:LCD393231 LLZ393230:LLZ393231 LVV393230:LVV393231 MFR393230:MFR393231 MPN393230:MPN393231 MZJ393230:MZJ393231 NJF393230:NJF393231 NTB393230:NTB393231 OCX393230:OCX393231 OMT393230:OMT393231 OWP393230:OWP393231 PGL393230:PGL393231 PQH393230:PQH393231 QAD393230:QAD393231 QJZ393230:QJZ393231 QTV393230:QTV393231 RDR393230:RDR393231 RNN393230:RNN393231 RXJ393230:RXJ393231 SHF393230:SHF393231 SRB393230:SRB393231 TAX393230:TAX393231 TKT393230:TKT393231 TUP393230:TUP393231 UEL393230:UEL393231 UOH393230:UOH393231 UYD393230:UYD393231 VHZ393230:VHZ393231 VRV393230:VRV393231 WBR393230:WBR393231 WLN393230:WLN393231 WVJ393230:WVJ393231 K458766:K458767 IX458766:IX458767 ST458766:ST458767 ACP458766:ACP458767 AML458766:AML458767 AWH458766:AWH458767 BGD458766:BGD458767 BPZ458766:BPZ458767 BZV458766:BZV458767 CJR458766:CJR458767 CTN458766:CTN458767 DDJ458766:DDJ458767 DNF458766:DNF458767 DXB458766:DXB458767 EGX458766:EGX458767 EQT458766:EQT458767 FAP458766:FAP458767 FKL458766:FKL458767 FUH458766:FUH458767 GED458766:GED458767 GNZ458766:GNZ458767 GXV458766:GXV458767 HHR458766:HHR458767 HRN458766:HRN458767 IBJ458766:IBJ458767 ILF458766:ILF458767 IVB458766:IVB458767 JEX458766:JEX458767 JOT458766:JOT458767 JYP458766:JYP458767 KIL458766:KIL458767 KSH458766:KSH458767 LCD458766:LCD458767 LLZ458766:LLZ458767 LVV458766:LVV458767 MFR458766:MFR458767 MPN458766:MPN458767 MZJ458766:MZJ458767 NJF458766:NJF458767 NTB458766:NTB458767 OCX458766:OCX458767 OMT458766:OMT458767 OWP458766:OWP458767 PGL458766:PGL458767 PQH458766:PQH458767 QAD458766:QAD458767 QJZ458766:QJZ458767 QTV458766:QTV458767 RDR458766:RDR458767 RNN458766:RNN458767 RXJ458766:RXJ458767 SHF458766:SHF458767 SRB458766:SRB458767 TAX458766:TAX458767 TKT458766:TKT458767 TUP458766:TUP458767 UEL458766:UEL458767 UOH458766:UOH458767 UYD458766:UYD458767 VHZ458766:VHZ458767 VRV458766:VRV458767 WBR458766:WBR458767 WLN458766:WLN458767 WVJ458766:WVJ458767 K524302:K524303 IX524302:IX524303 ST524302:ST524303 ACP524302:ACP524303 AML524302:AML524303 AWH524302:AWH524303 BGD524302:BGD524303 BPZ524302:BPZ524303 BZV524302:BZV524303 CJR524302:CJR524303 CTN524302:CTN524303 DDJ524302:DDJ524303 DNF524302:DNF524303 DXB524302:DXB524303 EGX524302:EGX524303 EQT524302:EQT524303 FAP524302:FAP524303 FKL524302:FKL524303 FUH524302:FUH524303 GED524302:GED524303 GNZ524302:GNZ524303 GXV524302:GXV524303 HHR524302:HHR524303 HRN524302:HRN524303 IBJ524302:IBJ524303 ILF524302:ILF524303 IVB524302:IVB524303 JEX524302:JEX524303 JOT524302:JOT524303 JYP524302:JYP524303 KIL524302:KIL524303 KSH524302:KSH524303 LCD524302:LCD524303 LLZ524302:LLZ524303 LVV524302:LVV524303 MFR524302:MFR524303 MPN524302:MPN524303 MZJ524302:MZJ524303 NJF524302:NJF524303 NTB524302:NTB524303 OCX524302:OCX524303 OMT524302:OMT524303 OWP524302:OWP524303 PGL524302:PGL524303 PQH524302:PQH524303 QAD524302:QAD524303 QJZ524302:QJZ524303 QTV524302:QTV524303 RDR524302:RDR524303 RNN524302:RNN524303 RXJ524302:RXJ524303 SHF524302:SHF524303 SRB524302:SRB524303 TAX524302:TAX524303 TKT524302:TKT524303 TUP524302:TUP524303 UEL524302:UEL524303 UOH524302:UOH524303 UYD524302:UYD524303 VHZ524302:VHZ524303 VRV524302:VRV524303 WBR524302:WBR524303 WLN524302:WLN524303 WVJ524302:WVJ524303 K589838:K589839 IX589838:IX589839 ST589838:ST589839 ACP589838:ACP589839 AML589838:AML589839 AWH589838:AWH589839 BGD589838:BGD589839 BPZ589838:BPZ589839 BZV589838:BZV589839 CJR589838:CJR589839 CTN589838:CTN589839 DDJ589838:DDJ589839 DNF589838:DNF589839 DXB589838:DXB589839 EGX589838:EGX589839 EQT589838:EQT589839 FAP589838:FAP589839 FKL589838:FKL589839 FUH589838:FUH589839 GED589838:GED589839 GNZ589838:GNZ589839 GXV589838:GXV589839 HHR589838:HHR589839 HRN589838:HRN589839 IBJ589838:IBJ589839 ILF589838:ILF589839 IVB589838:IVB589839 JEX589838:JEX589839 JOT589838:JOT589839 JYP589838:JYP589839 KIL589838:KIL589839 KSH589838:KSH589839 LCD589838:LCD589839 LLZ589838:LLZ589839 LVV589838:LVV589839 MFR589838:MFR589839 MPN589838:MPN589839 MZJ589838:MZJ589839 NJF589838:NJF589839 NTB589838:NTB589839 OCX589838:OCX589839 OMT589838:OMT589839 OWP589838:OWP589839 PGL589838:PGL589839 PQH589838:PQH589839 QAD589838:QAD589839 QJZ589838:QJZ589839 QTV589838:QTV589839 RDR589838:RDR589839 RNN589838:RNN589839 RXJ589838:RXJ589839 SHF589838:SHF589839 SRB589838:SRB589839 TAX589838:TAX589839 TKT589838:TKT589839 TUP589838:TUP589839 UEL589838:UEL589839 UOH589838:UOH589839 UYD589838:UYD589839 VHZ589838:VHZ589839 VRV589838:VRV589839 WBR589838:WBR589839 WLN589838:WLN589839 WVJ589838:WVJ589839 K655374:K655375 IX655374:IX655375 ST655374:ST655375 ACP655374:ACP655375 AML655374:AML655375 AWH655374:AWH655375 BGD655374:BGD655375 BPZ655374:BPZ655375 BZV655374:BZV655375 CJR655374:CJR655375 CTN655374:CTN655375 DDJ655374:DDJ655375 DNF655374:DNF655375 DXB655374:DXB655375 EGX655374:EGX655375 EQT655374:EQT655375 FAP655374:FAP655375 FKL655374:FKL655375 FUH655374:FUH655375 GED655374:GED655375 GNZ655374:GNZ655375 GXV655374:GXV655375 HHR655374:HHR655375 HRN655374:HRN655375 IBJ655374:IBJ655375 ILF655374:ILF655375 IVB655374:IVB655375 JEX655374:JEX655375 JOT655374:JOT655375 JYP655374:JYP655375 KIL655374:KIL655375 KSH655374:KSH655375 LCD655374:LCD655375 LLZ655374:LLZ655375 LVV655374:LVV655375 MFR655374:MFR655375 MPN655374:MPN655375 MZJ655374:MZJ655375 NJF655374:NJF655375 NTB655374:NTB655375 OCX655374:OCX655375 OMT655374:OMT655375 OWP655374:OWP655375 PGL655374:PGL655375 PQH655374:PQH655375 QAD655374:QAD655375 QJZ655374:QJZ655375 QTV655374:QTV655375 RDR655374:RDR655375 RNN655374:RNN655375 RXJ655374:RXJ655375 SHF655374:SHF655375 SRB655374:SRB655375 TAX655374:TAX655375 TKT655374:TKT655375 TUP655374:TUP655375 UEL655374:UEL655375 UOH655374:UOH655375 UYD655374:UYD655375 VHZ655374:VHZ655375 VRV655374:VRV655375 WBR655374:WBR655375 WLN655374:WLN655375 WVJ655374:WVJ655375 K720910:K720911 IX720910:IX720911 ST720910:ST720911 ACP720910:ACP720911 AML720910:AML720911 AWH720910:AWH720911 BGD720910:BGD720911 BPZ720910:BPZ720911 BZV720910:BZV720911 CJR720910:CJR720911 CTN720910:CTN720911 DDJ720910:DDJ720911 DNF720910:DNF720911 DXB720910:DXB720911 EGX720910:EGX720911 EQT720910:EQT720911 FAP720910:FAP720911 FKL720910:FKL720911 FUH720910:FUH720911 GED720910:GED720911 GNZ720910:GNZ720911 GXV720910:GXV720911 HHR720910:HHR720911 HRN720910:HRN720911 IBJ720910:IBJ720911 ILF720910:ILF720911 IVB720910:IVB720911 JEX720910:JEX720911 JOT720910:JOT720911 JYP720910:JYP720911 KIL720910:KIL720911 KSH720910:KSH720911 LCD720910:LCD720911 LLZ720910:LLZ720911 LVV720910:LVV720911 MFR720910:MFR720911 MPN720910:MPN720911 MZJ720910:MZJ720911 NJF720910:NJF720911 NTB720910:NTB720911 OCX720910:OCX720911 OMT720910:OMT720911 OWP720910:OWP720911 PGL720910:PGL720911 PQH720910:PQH720911 QAD720910:QAD720911 QJZ720910:QJZ720911 QTV720910:QTV720911 RDR720910:RDR720911 RNN720910:RNN720911 RXJ720910:RXJ720911 SHF720910:SHF720911 SRB720910:SRB720911 TAX720910:TAX720911 TKT720910:TKT720911 TUP720910:TUP720911 UEL720910:UEL720911 UOH720910:UOH720911 UYD720910:UYD720911 VHZ720910:VHZ720911 VRV720910:VRV720911 WBR720910:WBR720911 WLN720910:WLN720911 WVJ720910:WVJ720911 K786446:K786447 IX786446:IX786447 ST786446:ST786447 ACP786446:ACP786447 AML786446:AML786447 AWH786446:AWH786447 BGD786446:BGD786447 BPZ786446:BPZ786447 BZV786446:BZV786447 CJR786446:CJR786447 CTN786446:CTN786447 DDJ786446:DDJ786447 DNF786446:DNF786447 DXB786446:DXB786447 EGX786446:EGX786447 EQT786446:EQT786447 FAP786446:FAP786447 FKL786446:FKL786447 FUH786446:FUH786447 GED786446:GED786447 GNZ786446:GNZ786447 GXV786446:GXV786447 HHR786446:HHR786447 HRN786446:HRN786447 IBJ786446:IBJ786447 ILF786446:ILF786447 IVB786446:IVB786447 JEX786446:JEX786447 JOT786446:JOT786447 JYP786446:JYP786447 KIL786446:KIL786447 KSH786446:KSH786447 LCD786446:LCD786447 LLZ786446:LLZ786447 LVV786446:LVV786447 MFR786446:MFR786447 MPN786446:MPN786447 MZJ786446:MZJ786447 NJF786446:NJF786447 NTB786446:NTB786447 OCX786446:OCX786447 OMT786446:OMT786447 OWP786446:OWP786447 PGL786446:PGL786447 PQH786446:PQH786447 QAD786446:QAD786447 QJZ786446:QJZ786447 QTV786446:QTV786447 RDR786446:RDR786447 RNN786446:RNN786447 RXJ786446:RXJ786447 SHF786446:SHF786447 SRB786446:SRB786447 TAX786446:TAX786447 TKT786446:TKT786447 TUP786446:TUP786447 UEL786446:UEL786447 UOH786446:UOH786447 UYD786446:UYD786447 VHZ786446:VHZ786447 VRV786446:VRV786447 WBR786446:WBR786447 WLN786446:WLN786447 WVJ786446:WVJ786447 K851982:K851983 IX851982:IX851983 ST851982:ST851983 ACP851982:ACP851983 AML851982:AML851983 AWH851982:AWH851983 BGD851982:BGD851983 BPZ851982:BPZ851983 BZV851982:BZV851983 CJR851982:CJR851983 CTN851982:CTN851983 DDJ851982:DDJ851983 DNF851982:DNF851983 DXB851982:DXB851983 EGX851982:EGX851983 EQT851982:EQT851983 FAP851982:FAP851983 FKL851982:FKL851983 FUH851982:FUH851983 GED851982:GED851983 GNZ851982:GNZ851983 GXV851982:GXV851983 HHR851982:HHR851983 HRN851982:HRN851983 IBJ851982:IBJ851983 ILF851982:ILF851983 IVB851982:IVB851983 JEX851982:JEX851983 JOT851982:JOT851983 JYP851982:JYP851983 KIL851982:KIL851983 KSH851982:KSH851983 LCD851982:LCD851983 LLZ851982:LLZ851983 LVV851982:LVV851983 MFR851982:MFR851983 MPN851982:MPN851983 MZJ851982:MZJ851983 NJF851982:NJF851983 NTB851982:NTB851983 OCX851982:OCX851983 OMT851982:OMT851983 OWP851982:OWP851983 PGL851982:PGL851983 PQH851982:PQH851983 QAD851982:QAD851983 QJZ851982:QJZ851983 QTV851982:QTV851983 RDR851982:RDR851983 RNN851982:RNN851983 RXJ851982:RXJ851983 SHF851982:SHF851983 SRB851982:SRB851983 TAX851982:TAX851983 TKT851982:TKT851983 TUP851982:TUP851983 UEL851982:UEL851983 UOH851982:UOH851983 UYD851982:UYD851983 VHZ851982:VHZ851983 VRV851982:VRV851983 WBR851982:WBR851983 WLN851982:WLN851983 WVJ851982:WVJ851983 K917518:K917519 IX917518:IX917519 ST917518:ST917519 ACP917518:ACP917519 AML917518:AML917519 AWH917518:AWH917519 BGD917518:BGD917519 BPZ917518:BPZ917519 BZV917518:BZV917519 CJR917518:CJR917519 CTN917518:CTN917519 DDJ917518:DDJ917519 DNF917518:DNF917519 DXB917518:DXB917519 EGX917518:EGX917519 EQT917518:EQT917519 FAP917518:FAP917519 FKL917518:FKL917519 FUH917518:FUH917519 GED917518:GED917519 GNZ917518:GNZ917519 GXV917518:GXV917519 HHR917518:HHR917519 HRN917518:HRN917519 IBJ917518:IBJ917519 ILF917518:ILF917519 IVB917518:IVB917519 JEX917518:JEX917519 JOT917518:JOT917519 JYP917518:JYP917519 KIL917518:KIL917519 KSH917518:KSH917519 LCD917518:LCD917519 LLZ917518:LLZ917519 LVV917518:LVV917519 MFR917518:MFR917519 MPN917518:MPN917519 MZJ917518:MZJ917519 NJF917518:NJF917519 NTB917518:NTB917519 OCX917518:OCX917519 OMT917518:OMT917519 OWP917518:OWP917519 PGL917518:PGL917519 PQH917518:PQH917519 QAD917518:QAD917519 QJZ917518:QJZ917519 QTV917518:QTV917519 RDR917518:RDR917519 RNN917518:RNN917519 RXJ917518:RXJ917519 SHF917518:SHF917519 SRB917518:SRB917519 TAX917518:TAX917519 TKT917518:TKT917519 TUP917518:TUP917519 UEL917518:UEL917519 UOH917518:UOH917519 UYD917518:UYD917519 VHZ917518:VHZ917519 VRV917518:VRV917519 WBR917518:WBR917519 WLN917518:WLN917519 WVJ917518:WVJ917519 K983054:K983055 IX983054:IX983055 ST983054:ST983055 ACP983054:ACP983055 AML983054:AML983055 AWH983054:AWH983055 BGD983054:BGD983055 BPZ983054:BPZ983055 BZV983054:BZV983055 CJR983054:CJR983055 CTN983054:CTN983055 DDJ983054:DDJ983055 DNF983054:DNF983055 DXB983054:DXB983055 EGX983054:EGX983055 EQT983054:EQT983055 FAP983054:FAP983055 FKL983054:FKL983055 FUH983054:FUH983055 GED983054:GED983055 GNZ983054:GNZ983055 GXV983054:GXV983055 HHR983054:HHR983055 HRN983054:HRN983055 IBJ983054:IBJ983055 ILF983054:ILF983055 IVB983054:IVB983055 JEX983054:JEX983055 JOT983054:JOT983055 JYP983054:JYP983055 KIL983054:KIL983055 KSH983054:KSH983055 LCD983054:LCD983055 LLZ983054:LLZ983055 LVV983054:LVV983055 MFR983054:MFR983055 MPN983054:MPN983055 MZJ983054:MZJ983055 NJF983054:NJF983055 NTB983054:NTB983055 OCX983054:OCX983055 OMT983054:OMT983055 OWP983054:OWP983055 PGL983054:PGL983055 PQH983054:PQH983055 QAD983054:QAD983055 QJZ983054:QJZ983055 QTV983054:QTV983055 RDR983054:RDR983055 RNN983054:RNN983055 RXJ983054:RXJ983055 SHF983054:SHF983055 SRB983054:SRB983055 TAX983054:TAX983055 TKT983054:TKT983055 TUP983054:TUP983055 UEL983054:UEL983055 UOH983054:UOH983055 UYD983054:UYD983055 VHZ983054:VHZ983055 VRV983054:VRV983055 WBR983054:WBR983055 WLN983054:WLN983055 WVJ983054:WVJ983055 G65550:H65551 IT65550:IU65551 SP65550:SQ65551 ACL65550:ACM65551 AMH65550:AMI65551 AWD65550:AWE65551 BFZ65550:BGA65551 BPV65550:BPW65551 BZR65550:BZS65551 CJN65550:CJO65551 CTJ65550:CTK65551 DDF65550:DDG65551 DNB65550:DNC65551 DWX65550:DWY65551 EGT65550:EGU65551 EQP65550:EQQ65551 FAL65550:FAM65551 FKH65550:FKI65551 FUD65550:FUE65551 GDZ65550:GEA65551 GNV65550:GNW65551 GXR65550:GXS65551 HHN65550:HHO65551 HRJ65550:HRK65551 IBF65550:IBG65551 ILB65550:ILC65551 IUX65550:IUY65551 JET65550:JEU65551 JOP65550:JOQ65551 JYL65550:JYM65551 KIH65550:KII65551 KSD65550:KSE65551 LBZ65550:LCA65551 LLV65550:LLW65551 LVR65550:LVS65551 MFN65550:MFO65551 MPJ65550:MPK65551 MZF65550:MZG65551 NJB65550:NJC65551 NSX65550:NSY65551 OCT65550:OCU65551 OMP65550:OMQ65551 OWL65550:OWM65551 PGH65550:PGI65551 PQD65550:PQE65551 PZZ65550:QAA65551 QJV65550:QJW65551 QTR65550:QTS65551 RDN65550:RDO65551 RNJ65550:RNK65551 RXF65550:RXG65551 SHB65550:SHC65551 SQX65550:SQY65551 TAT65550:TAU65551 TKP65550:TKQ65551 TUL65550:TUM65551 UEH65550:UEI65551 UOD65550:UOE65551 UXZ65550:UYA65551 VHV65550:VHW65551 VRR65550:VRS65551 WBN65550:WBO65551 WLJ65550:WLK65551 WVF65550:WVG65551 G131086:H131087 IT131086:IU131087 SP131086:SQ131087 ACL131086:ACM131087 AMH131086:AMI131087 AWD131086:AWE131087 BFZ131086:BGA131087 BPV131086:BPW131087 BZR131086:BZS131087 CJN131086:CJO131087 CTJ131086:CTK131087 DDF131086:DDG131087 DNB131086:DNC131087 DWX131086:DWY131087 EGT131086:EGU131087 EQP131086:EQQ131087 FAL131086:FAM131087 FKH131086:FKI131087 FUD131086:FUE131087 GDZ131086:GEA131087 GNV131086:GNW131087 GXR131086:GXS131087 HHN131086:HHO131087 HRJ131086:HRK131087 IBF131086:IBG131087 ILB131086:ILC131087 IUX131086:IUY131087 JET131086:JEU131087 JOP131086:JOQ131087 JYL131086:JYM131087 KIH131086:KII131087 KSD131086:KSE131087 LBZ131086:LCA131087 LLV131086:LLW131087 LVR131086:LVS131087 MFN131086:MFO131087 MPJ131086:MPK131087 MZF131086:MZG131087 NJB131086:NJC131087 NSX131086:NSY131087 OCT131086:OCU131087 OMP131086:OMQ131087 OWL131086:OWM131087 PGH131086:PGI131087 PQD131086:PQE131087 PZZ131086:QAA131087 QJV131086:QJW131087 QTR131086:QTS131087 RDN131086:RDO131087 RNJ131086:RNK131087 RXF131086:RXG131087 SHB131086:SHC131087 SQX131086:SQY131087 TAT131086:TAU131087 TKP131086:TKQ131087 TUL131086:TUM131087 UEH131086:UEI131087 UOD131086:UOE131087 UXZ131086:UYA131087 VHV131086:VHW131087 VRR131086:VRS131087 WBN131086:WBO131087 WLJ131086:WLK131087 WVF131086:WVG131087 G196622:H196623 IT196622:IU196623 SP196622:SQ196623 ACL196622:ACM196623 AMH196622:AMI196623 AWD196622:AWE196623 BFZ196622:BGA196623 BPV196622:BPW196623 BZR196622:BZS196623 CJN196622:CJO196623 CTJ196622:CTK196623 DDF196622:DDG196623 DNB196622:DNC196623 DWX196622:DWY196623 EGT196622:EGU196623 EQP196622:EQQ196623 FAL196622:FAM196623 FKH196622:FKI196623 FUD196622:FUE196623 GDZ196622:GEA196623 GNV196622:GNW196623 GXR196622:GXS196623 HHN196622:HHO196623 HRJ196622:HRK196623 IBF196622:IBG196623 ILB196622:ILC196623 IUX196622:IUY196623 JET196622:JEU196623 JOP196622:JOQ196623 JYL196622:JYM196623 KIH196622:KII196623 KSD196622:KSE196623 LBZ196622:LCA196623 LLV196622:LLW196623 LVR196622:LVS196623 MFN196622:MFO196623 MPJ196622:MPK196623 MZF196622:MZG196623 NJB196622:NJC196623 NSX196622:NSY196623 OCT196622:OCU196623 OMP196622:OMQ196623 OWL196622:OWM196623 PGH196622:PGI196623 PQD196622:PQE196623 PZZ196622:QAA196623 QJV196622:QJW196623 QTR196622:QTS196623 RDN196622:RDO196623 RNJ196622:RNK196623 RXF196622:RXG196623 SHB196622:SHC196623 SQX196622:SQY196623 TAT196622:TAU196623 TKP196622:TKQ196623 TUL196622:TUM196623 UEH196622:UEI196623 UOD196622:UOE196623 UXZ196622:UYA196623 VHV196622:VHW196623 VRR196622:VRS196623 WBN196622:WBO196623 WLJ196622:WLK196623 WVF196622:WVG196623 G262158:H262159 IT262158:IU262159 SP262158:SQ262159 ACL262158:ACM262159 AMH262158:AMI262159 AWD262158:AWE262159 BFZ262158:BGA262159 BPV262158:BPW262159 BZR262158:BZS262159 CJN262158:CJO262159 CTJ262158:CTK262159 DDF262158:DDG262159 DNB262158:DNC262159 DWX262158:DWY262159 EGT262158:EGU262159 EQP262158:EQQ262159 FAL262158:FAM262159 FKH262158:FKI262159 FUD262158:FUE262159 GDZ262158:GEA262159 GNV262158:GNW262159 GXR262158:GXS262159 HHN262158:HHO262159 HRJ262158:HRK262159 IBF262158:IBG262159 ILB262158:ILC262159 IUX262158:IUY262159 JET262158:JEU262159 JOP262158:JOQ262159 JYL262158:JYM262159 KIH262158:KII262159 KSD262158:KSE262159 LBZ262158:LCA262159 LLV262158:LLW262159 LVR262158:LVS262159 MFN262158:MFO262159 MPJ262158:MPK262159 MZF262158:MZG262159 NJB262158:NJC262159 NSX262158:NSY262159 OCT262158:OCU262159 OMP262158:OMQ262159 OWL262158:OWM262159 PGH262158:PGI262159 PQD262158:PQE262159 PZZ262158:QAA262159 QJV262158:QJW262159 QTR262158:QTS262159 RDN262158:RDO262159 RNJ262158:RNK262159 RXF262158:RXG262159 SHB262158:SHC262159 SQX262158:SQY262159 TAT262158:TAU262159 TKP262158:TKQ262159 TUL262158:TUM262159 UEH262158:UEI262159 UOD262158:UOE262159 UXZ262158:UYA262159 VHV262158:VHW262159 VRR262158:VRS262159 WBN262158:WBO262159 WLJ262158:WLK262159 WVF262158:WVG262159 G327694:H327695 IT327694:IU327695 SP327694:SQ327695 ACL327694:ACM327695 AMH327694:AMI327695 AWD327694:AWE327695 BFZ327694:BGA327695 BPV327694:BPW327695 BZR327694:BZS327695 CJN327694:CJO327695 CTJ327694:CTK327695 DDF327694:DDG327695 DNB327694:DNC327695 DWX327694:DWY327695 EGT327694:EGU327695 EQP327694:EQQ327695 FAL327694:FAM327695 FKH327694:FKI327695 FUD327694:FUE327695 GDZ327694:GEA327695 GNV327694:GNW327695 GXR327694:GXS327695 HHN327694:HHO327695 HRJ327694:HRK327695 IBF327694:IBG327695 ILB327694:ILC327695 IUX327694:IUY327695 JET327694:JEU327695 JOP327694:JOQ327695 JYL327694:JYM327695 KIH327694:KII327695 KSD327694:KSE327695 LBZ327694:LCA327695 LLV327694:LLW327695 LVR327694:LVS327695 MFN327694:MFO327695 MPJ327694:MPK327695 MZF327694:MZG327695 NJB327694:NJC327695 NSX327694:NSY327695 OCT327694:OCU327695 OMP327694:OMQ327695 OWL327694:OWM327695 PGH327694:PGI327695 PQD327694:PQE327695 PZZ327694:QAA327695 QJV327694:QJW327695 QTR327694:QTS327695 RDN327694:RDO327695 RNJ327694:RNK327695 RXF327694:RXG327695 SHB327694:SHC327695 SQX327694:SQY327695 TAT327694:TAU327695 TKP327694:TKQ327695 TUL327694:TUM327695 UEH327694:UEI327695 UOD327694:UOE327695 UXZ327694:UYA327695 VHV327694:VHW327695 VRR327694:VRS327695 WBN327694:WBO327695 WLJ327694:WLK327695 WVF327694:WVG327695 G393230:H393231 IT393230:IU393231 SP393230:SQ393231 ACL393230:ACM393231 AMH393230:AMI393231 AWD393230:AWE393231 BFZ393230:BGA393231 BPV393230:BPW393231 BZR393230:BZS393231 CJN393230:CJO393231 CTJ393230:CTK393231 DDF393230:DDG393231 DNB393230:DNC393231 DWX393230:DWY393231 EGT393230:EGU393231 EQP393230:EQQ393231 FAL393230:FAM393231 FKH393230:FKI393231 FUD393230:FUE393231 GDZ393230:GEA393231 GNV393230:GNW393231 GXR393230:GXS393231 HHN393230:HHO393231 HRJ393230:HRK393231 IBF393230:IBG393231 ILB393230:ILC393231 IUX393230:IUY393231 JET393230:JEU393231 JOP393230:JOQ393231 JYL393230:JYM393231 KIH393230:KII393231 KSD393230:KSE393231 LBZ393230:LCA393231 LLV393230:LLW393231 LVR393230:LVS393231 MFN393230:MFO393231 MPJ393230:MPK393231 MZF393230:MZG393231 NJB393230:NJC393231 NSX393230:NSY393231 OCT393230:OCU393231 OMP393230:OMQ393231 OWL393230:OWM393231 PGH393230:PGI393231 PQD393230:PQE393231 PZZ393230:QAA393231 QJV393230:QJW393231 QTR393230:QTS393231 RDN393230:RDO393231 RNJ393230:RNK393231 RXF393230:RXG393231 SHB393230:SHC393231 SQX393230:SQY393231 TAT393230:TAU393231 TKP393230:TKQ393231 TUL393230:TUM393231 UEH393230:UEI393231 UOD393230:UOE393231 UXZ393230:UYA393231 VHV393230:VHW393231 VRR393230:VRS393231 WBN393230:WBO393231 WLJ393230:WLK393231 WVF393230:WVG393231 G458766:H458767 IT458766:IU458767 SP458766:SQ458767 ACL458766:ACM458767 AMH458766:AMI458767 AWD458766:AWE458767 BFZ458766:BGA458767 BPV458766:BPW458767 BZR458766:BZS458767 CJN458766:CJO458767 CTJ458766:CTK458767 DDF458766:DDG458767 DNB458766:DNC458767 DWX458766:DWY458767 EGT458766:EGU458767 EQP458766:EQQ458767 FAL458766:FAM458767 FKH458766:FKI458767 FUD458766:FUE458767 GDZ458766:GEA458767 GNV458766:GNW458767 GXR458766:GXS458767 HHN458766:HHO458767 HRJ458766:HRK458767 IBF458766:IBG458767 ILB458766:ILC458767 IUX458766:IUY458767 JET458766:JEU458767 JOP458766:JOQ458767 JYL458766:JYM458767 KIH458766:KII458767 KSD458766:KSE458767 LBZ458766:LCA458767 LLV458766:LLW458767 LVR458766:LVS458767 MFN458766:MFO458767 MPJ458766:MPK458767 MZF458766:MZG458767 NJB458766:NJC458767 NSX458766:NSY458767 OCT458766:OCU458767 OMP458766:OMQ458767 OWL458766:OWM458767 PGH458766:PGI458767 PQD458766:PQE458767 PZZ458766:QAA458767 QJV458766:QJW458767 QTR458766:QTS458767 RDN458766:RDO458767 RNJ458766:RNK458767 RXF458766:RXG458767 SHB458766:SHC458767 SQX458766:SQY458767 TAT458766:TAU458767 TKP458766:TKQ458767 TUL458766:TUM458767 UEH458766:UEI458767 UOD458766:UOE458767 UXZ458766:UYA458767 VHV458766:VHW458767 VRR458766:VRS458767 WBN458766:WBO458767 WLJ458766:WLK458767 WVF458766:WVG458767 G524302:H524303 IT524302:IU524303 SP524302:SQ524303 ACL524302:ACM524303 AMH524302:AMI524303 AWD524302:AWE524303 BFZ524302:BGA524303 BPV524302:BPW524303 BZR524302:BZS524303 CJN524302:CJO524303 CTJ524302:CTK524303 DDF524302:DDG524303 DNB524302:DNC524303 DWX524302:DWY524303 EGT524302:EGU524303 EQP524302:EQQ524303 FAL524302:FAM524303 FKH524302:FKI524303 FUD524302:FUE524303 GDZ524302:GEA524303 GNV524302:GNW524303 GXR524302:GXS524303 HHN524302:HHO524303 HRJ524302:HRK524303 IBF524302:IBG524303 ILB524302:ILC524303 IUX524302:IUY524303 JET524302:JEU524303 JOP524302:JOQ524303 JYL524302:JYM524303 KIH524302:KII524303 KSD524302:KSE524303 LBZ524302:LCA524303 LLV524302:LLW524303 LVR524302:LVS524303 MFN524302:MFO524303 MPJ524302:MPK524303 MZF524302:MZG524303 NJB524302:NJC524303 NSX524302:NSY524303 OCT524302:OCU524303 OMP524302:OMQ524303 OWL524302:OWM524303 PGH524302:PGI524303 PQD524302:PQE524303 PZZ524302:QAA524303 QJV524302:QJW524303 QTR524302:QTS524303 RDN524302:RDO524303 RNJ524302:RNK524303 RXF524302:RXG524303 SHB524302:SHC524303 SQX524302:SQY524303 TAT524302:TAU524303 TKP524302:TKQ524303 TUL524302:TUM524303 UEH524302:UEI524303 UOD524302:UOE524303 UXZ524302:UYA524303 VHV524302:VHW524303 VRR524302:VRS524303 WBN524302:WBO524303 WLJ524302:WLK524303 WVF524302:WVG524303 G589838:H589839 IT589838:IU589839 SP589838:SQ589839 ACL589838:ACM589839 AMH589838:AMI589839 AWD589838:AWE589839 BFZ589838:BGA589839 BPV589838:BPW589839 BZR589838:BZS589839 CJN589838:CJO589839 CTJ589838:CTK589839 DDF589838:DDG589839 DNB589838:DNC589839 DWX589838:DWY589839 EGT589838:EGU589839 EQP589838:EQQ589839 FAL589838:FAM589839 FKH589838:FKI589839 FUD589838:FUE589839 GDZ589838:GEA589839 GNV589838:GNW589839 GXR589838:GXS589839 HHN589838:HHO589839 HRJ589838:HRK589839 IBF589838:IBG589839 ILB589838:ILC589839 IUX589838:IUY589839 JET589838:JEU589839 JOP589838:JOQ589839 JYL589838:JYM589839 KIH589838:KII589839 KSD589838:KSE589839 LBZ589838:LCA589839 LLV589838:LLW589839 LVR589838:LVS589839 MFN589838:MFO589839 MPJ589838:MPK589839 MZF589838:MZG589839 NJB589838:NJC589839 NSX589838:NSY589839 OCT589838:OCU589839 OMP589838:OMQ589839 OWL589838:OWM589839 PGH589838:PGI589839 PQD589838:PQE589839 PZZ589838:QAA589839 QJV589838:QJW589839 QTR589838:QTS589839 RDN589838:RDO589839 RNJ589838:RNK589839 RXF589838:RXG589839 SHB589838:SHC589839 SQX589838:SQY589839 TAT589838:TAU589839 TKP589838:TKQ589839 TUL589838:TUM589839 UEH589838:UEI589839 UOD589838:UOE589839 UXZ589838:UYA589839 VHV589838:VHW589839 VRR589838:VRS589839 WBN589838:WBO589839 WLJ589838:WLK589839 WVF589838:WVG589839 G655374:H655375 IT655374:IU655375 SP655374:SQ655375 ACL655374:ACM655375 AMH655374:AMI655375 AWD655374:AWE655375 BFZ655374:BGA655375 BPV655374:BPW655375 BZR655374:BZS655375 CJN655374:CJO655375 CTJ655374:CTK655375 DDF655374:DDG655375 DNB655374:DNC655375 DWX655374:DWY655375 EGT655374:EGU655375 EQP655374:EQQ655375 FAL655374:FAM655375 FKH655374:FKI655375 FUD655374:FUE655375 GDZ655374:GEA655375 GNV655374:GNW655375 GXR655374:GXS655375 HHN655374:HHO655375 HRJ655374:HRK655375 IBF655374:IBG655375 ILB655374:ILC655375 IUX655374:IUY655375 JET655374:JEU655375 JOP655374:JOQ655375 JYL655374:JYM655375 KIH655374:KII655375 KSD655374:KSE655375 LBZ655374:LCA655375 LLV655374:LLW655375 LVR655374:LVS655375 MFN655374:MFO655375 MPJ655374:MPK655375 MZF655374:MZG655375 NJB655374:NJC655375 NSX655374:NSY655375 OCT655374:OCU655375 OMP655374:OMQ655375 OWL655374:OWM655375 PGH655374:PGI655375 PQD655374:PQE655375 PZZ655374:QAA655375 QJV655374:QJW655375 QTR655374:QTS655375 RDN655374:RDO655375 RNJ655374:RNK655375 RXF655374:RXG655375 SHB655374:SHC655375 SQX655374:SQY655375 TAT655374:TAU655375 TKP655374:TKQ655375 TUL655374:TUM655375 UEH655374:UEI655375 UOD655374:UOE655375 UXZ655374:UYA655375 VHV655374:VHW655375 VRR655374:VRS655375 WBN655374:WBO655375 WLJ655374:WLK655375 WVF655374:WVG655375 G720910:H720911 IT720910:IU720911 SP720910:SQ720911 ACL720910:ACM720911 AMH720910:AMI720911 AWD720910:AWE720911 BFZ720910:BGA720911 BPV720910:BPW720911 BZR720910:BZS720911 CJN720910:CJO720911 CTJ720910:CTK720911 DDF720910:DDG720911 DNB720910:DNC720911 DWX720910:DWY720911 EGT720910:EGU720911 EQP720910:EQQ720911 FAL720910:FAM720911 FKH720910:FKI720911 FUD720910:FUE720911 GDZ720910:GEA720911 GNV720910:GNW720911 GXR720910:GXS720911 HHN720910:HHO720911 HRJ720910:HRK720911 IBF720910:IBG720911 ILB720910:ILC720911 IUX720910:IUY720911 JET720910:JEU720911 JOP720910:JOQ720911 JYL720910:JYM720911 KIH720910:KII720911 KSD720910:KSE720911 LBZ720910:LCA720911 LLV720910:LLW720911 LVR720910:LVS720911 MFN720910:MFO720911 MPJ720910:MPK720911 MZF720910:MZG720911 NJB720910:NJC720911 NSX720910:NSY720911 OCT720910:OCU720911 OMP720910:OMQ720911 OWL720910:OWM720911 PGH720910:PGI720911 PQD720910:PQE720911 PZZ720910:QAA720911 QJV720910:QJW720911 QTR720910:QTS720911 RDN720910:RDO720911 RNJ720910:RNK720911 RXF720910:RXG720911 SHB720910:SHC720911 SQX720910:SQY720911 TAT720910:TAU720911 TKP720910:TKQ720911 TUL720910:TUM720911 UEH720910:UEI720911 UOD720910:UOE720911 UXZ720910:UYA720911 VHV720910:VHW720911 VRR720910:VRS720911 WBN720910:WBO720911 WLJ720910:WLK720911 WVF720910:WVG720911 G786446:H786447 IT786446:IU786447 SP786446:SQ786447 ACL786446:ACM786447 AMH786446:AMI786447 AWD786446:AWE786447 BFZ786446:BGA786447 BPV786446:BPW786447 BZR786446:BZS786447 CJN786446:CJO786447 CTJ786446:CTK786447 DDF786446:DDG786447 DNB786446:DNC786447 DWX786446:DWY786447 EGT786446:EGU786447 EQP786446:EQQ786447 FAL786446:FAM786447 FKH786446:FKI786447 FUD786446:FUE786447 GDZ786446:GEA786447 GNV786446:GNW786447 GXR786446:GXS786447 HHN786446:HHO786447 HRJ786446:HRK786447 IBF786446:IBG786447 ILB786446:ILC786447 IUX786446:IUY786447 JET786446:JEU786447 JOP786446:JOQ786447 JYL786446:JYM786447 KIH786446:KII786447 KSD786446:KSE786447 LBZ786446:LCA786447 LLV786446:LLW786447 LVR786446:LVS786447 MFN786446:MFO786447 MPJ786446:MPK786447 MZF786446:MZG786447 NJB786446:NJC786447 NSX786446:NSY786447 OCT786446:OCU786447 OMP786446:OMQ786447 OWL786446:OWM786447 PGH786446:PGI786447 PQD786446:PQE786447 PZZ786446:QAA786447 QJV786446:QJW786447 QTR786446:QTS786447 RDN786446:RDO786447 RNJ786446:RNK786447 RXF786446:RXG786447 SHB786446:SHC786447 SQX786446:SQY786447 TAT786446:TAU786447 TKP786446:TKQ786447 TUL786446:TUM786447 UEH786446:UEI786447 UOD786446:UOE786447 UXZ786446:UYA786447 VHV786446:VHW786447 VRR786446:VRS786447 WBN786446:WBO786447 WLJ786446:WLK786447 WVF786446:WVG786447 G851982:H851983 IT851982:IU851983 SP851982:SQ851983 ACL851982:ACM851983 AMH851982:AMI851983 AWD851982:AWE851983 BFZ851982:BGA851983 BPV851982:BPW851983 BZR851982:BZS851983 CJN851982:CJO851983 CTJ851982:CTK851983 DDF851982:DDG851983 DNB851982:DNC851983 DWX851982:DWY851983 EGT851982:EGU851983 EQP851982:EQQ851983 FAL851982:FAM851983 FKH851982:FKI851983 FUD851982:FUE851983 GDZ851982:GEA851983 GNV851982:GNW851983 GXR851982:GXS851983 HHN851982:HHO851983 HRJ851982:HRK851983 IBF851982:IBG851983 ILB851982:ILC851983 IUX851982:IUY851983 JET851982:JEU851983 JOP851982:JOQ851983 JYL851982:JYM851983 KIH851982:KII851983 KSD851982:KSE851983 LBZ851982:LCA851983 LLV851982:LLW851983 LVR851982:LVS851983 MFN851982:MFO851983 MPJ851982:MPK851983 MZF851982:MZG851983 NJB851982:NJC851983 NSX851982:NSY851983 OCT851982:OCU851983 OMP851982:OMQ851983 OWL851982:OWM851983 PGH851982:PGI851983 PQD851982:PQE851983 PZZ851982:QAA851983 QJV851982:QJW851983 QTR851982:QTS851983 RDN851982:RDO851983 RNJ851982:RNK851983 RXF851982:RXG851983 SHB851982:SHC851983 SQX851982:SQY851983 TAT851982:TAU851983 TKP851982:TKQ851983 TUL851982:TUM851983 UEH851982:UEI851983 UOD851982:UOE851983 UXZ851982:UYA851983 VHV851982:VHW851983 VRR851982:VRS851983 WBN851982:WBO851983 WLJ851982:WLK851983 WVF851982:WVG851983 G917518:H917519 IT917518:IU917519 SP917518:SQ917519 ACL917518:ACM917519 AMH917518:AMI917519 AWD917518:AWE917519 BFZ917518:BGA917519 BPV917518:BPW917519 BZR917518:BZS917519 CJN917518:CJO917519 CTJ917518:CTK917519 DDF917518:DDG917519 DNB917518:DNC917519 DWX917518:DWY917519 EGT917518:EGU917519 EQP917518:EQQ917519 FAL917518:FAM917519 FKH917518:FKI917519 FUD917518:FUE917519 GDZ917518:GEA917519 GNV917518:GNW917519 GXR917518:GXS917519 HHN917518:HHO917519 HRJ917518:HRK917519 IBF917518:IBG917519 ILB917518:ILC917519 IUX917518:IUY917519 JET917518:JEU917519 JOP917518:JOQ917519 JYL917518:JYM917519 KIH917518:KII917519 KSD917518:KSE917519 LBZ917518:LCA917519 LLV917518:LLW917519 LVR917518:LVS917519 MFN917518:MFO917519 MPJ917518:MPK917519 MZF917518:MZG917519 NJB917518:NJC917519 NSX917518:NSY917519 OCT917518:OCU917519 OMP917518:OMQ917519 OWL917518:OWM917519 PGH917518:PGI917519 PQD917518:PQE917519 PZZ917518:QAA917519 QJV917518:QJW917519 QTR917518:QTS917519 RDN917518:RDO917519 RNJ917518:RNK917519 RXF917518:RXG917519 SHB917518:SHC917519 SQX917518:SQY917519 TAT917518:TAU917519 TKP917518:TKQ917519 TUL917518:TUM917519 UEH917518:UEI917519 UOD917518:UOE917519 UXZ917518:UYA917519 VHV917518:VHW917519 VRR917518:VRS917519 WBN917518:WBO917519 WLJ917518:WLK917519 WVF917518:WVG917519 G983054:H983055 IT983054:IU983055 SP983054:SQ983055 ACL983054:ACM983055 AMH983054:AMI983055 AWD983054:AWE983055 BFZ983054:BGA983055 BPV983054:BPW983055 BZR983054:BZS983055 CJN983054:CJO983055 CTJ983054:CTK983055 DDF983054:DDG983055 DNB983054:DNC983055 DWX983054:DWY983055 EGT983054:EGU983055 EQP983054:EQQ983055 FAL983054:FAM983055 FKH983054:FKI983055 FUD983054:FUE983055 GDZ983054:GEA983055 GNV983054:GNW983055 GXR983054:GXS983055 HHN983054:HHO983055 HRJ983054:HRK983055 IBF983054:IBG983055 ILB983054:ILC983055 IUX983054:IUY983055 JET983054:JEU983055 JOP983054:JOQ983055 JYL983054:JYM983055 KIH983054:KII983055 KSD983054:KSE983055 LBZ983054:LCA983055 LLV983054:LLW983055 LVR983054:LVS983055 MFN983054:MFO983055 MPJ983054:MPK983055 MZF983054:MZG983055 NJB983054:NJC983055 NSX983054:NSY983055 OCT983054:OCU983055 OMP983054:OMQ983055 OWL983054:OWM983055 PGH983054:PGI983055 PQD983054:PQE983055 PZZ983054:QAA983055 QJV983054:QJW983055 QTR983054:QTS983055 RDN983054:RDO983055 RNJ983054:RNK983055 RXF983054:RXG983055 SHB983054:SHC983055 SQX983054:SQY983055 TAT983054:TAU983055 TKP983054:TKQ983055 TUL983054:TUM983055 UEH983054:UEI983055 UOD983054:UOE983055 UXZ983054:UYA983055 VHV983054:VHW983055 VRR983054:VRS983055 WBN983054:WBO983055 WLJ983054:WLK983055 WVF983054:WVG983055" xr:uid="{00000000-0002-0000-0000-000006000000}">
@@ -12887,120 +12887,120 @@
       <c r="F4" s="89"/>
       <c r="G4" s="89"/>
       <c r="H4" s="89"/>
       <c r="I4" s="89"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="89"/>
       <c r="M4" s="89"/>
       <c r="N4" s="89"/>
       <c r="O4" s="89"/>
       <c r="P4" s="89"/>
       <c r="Q4" s="89"/>
       <c r="R4" s="89"/>
       <c r="S4" s="89"/>
       <c r="T4" s="89"/>
       <c r="U4" s="89"/>
       <c r="V4" s="89"/>
       <c r="W4" s="89"/>
       <c r="X4" s="89"/>
       <c r="Y4" s="89"/>
     </row>
     <row r="5" spans="1:61" s="16" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="178" t="s">
         <v>77</v>
       </c>
-      <c r="B5" s="337" t="s">
+      <c r="B5" s="334" t="s">
         <v>78</v>
       </c>
-      <c r="C5" s="337"/>
-[...10 lines deleted...]
-      <c r="N5" s="337" t="s">
+      <c r="C5" s="334"/>
+      <c r="D5" s="334"/>
+      <c r="E5" s="334"/>
+      <c r="F5" s="334"/>
+      <c r="G5" s="334"/>
+      <c r="H5" s="334"/>
+      <c r="I5" s="334"/>
+      <c r="J5" s="334"/>
+      <c r="K5" s="334"/>
+      <c r="L5" s="334"/>
+      <c r="M5" s="334"/>
+      <c r="N5" s="334" t="s">
         <v>79</v>
       </c>
-      <c r="O5" s="337"/>
-[...10 lines deleted...]
-      <c r="Z5" s="337" t="s">
+      <c r="O5" s="334"/>
+      <c r="P5" s="334"/>
+      <c r="Q5" s="334"/>
+      <c r="R5" s="334"/>
+      <c r="S5" s="334"/>
+      <c r="T5" s="334"/>
+      <c r="U5" s="334"/>
+      <c r="V5" s="334"/>
+      <c r="W5" s="334"/>
+      <c r="X5" s="334"/>
+      <c r="Y5" s="334"/>
+      <c r="Z5" s="334" t="s">
         <v>80</v>
       </c>
-      <c r="AA5" s="337"/>
-[...10 lines deleted...]
-      <c r="AL5" s="337" t="s">
+      <c r="AA5" s="334"/>
+      <c r="AB5" s="334"/>
+      <c r="AC5" s="334"/>
+      <c r="AD5" s="334"/>
+      <c r="AE5" s="334"/>
+      <c r="AF5" s="334"/>
+      <c r="AG5" s="334"/>
+      <c r="AH5" s="334"/>
+      <c r="AI5" s="334"/>
+      <c r="AJ5" s="334"/>
+      <c r="AK5" s="334"/>
+      <c r="AL5" s="334" t="s">
         <v>81</v>
       </c>
-      <c r="AM5" s="337"/>
-[...10 lines deleted...]
-      <c r="AX5" s="337" t="s">
+      <c r="AM5" s="334"/>
+      <c r="AN5" s="334"/>
+      <c r="AO5" s="334"/>
+      <c r="AP5" s="334"/>
+      <c r="AQ5" s="334"/>
+      <c r="AR5" s="334"/>
+      <c r="AS5" s="334"/>
+      <c r="AT5" s="334"/>
+      <c r="AU5" s="334"/>
+      <c r="AV5" s="334"/>
+      <c r="AW5" s="334"/>
+      <c r="AX5" s="334" t="s">
         <v>82</v>
       </c>
-      <c r="AY5" s="337"/>
-[...9 lines deleted...]
-      <c r="BI5" s="337"/>
+      <c r="AY5" s="334"/>
+      <c r="AZ5" s="334"/>
+      <c r="BA5" s="334"/>
+      <c r="BB5" s="334"/>
+      <c r="BC5" s="334"/>
+      <c r="BD5" s="334"/>
+      <c r="BE5" s="334"/>
+      <c r="BF5" s="334"/>
+      <c r="BG5" s="334"/>
+      <c r="BH5" s="334"/>
+      <c r="BI5" s="334"/>
     </row>
     <row r="6" spans="1:61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="168"/>
       <c r="B6" s="335"/>
       <c r="C6" s="335"/>
       <c r="D6" s="335"/>
       <c r="E6" s="335"/>
       <c r="F6" s="335"/>
       <c r="G6" s="335"/>
       <c r="H6" s="335"/>
       <c r="I6" s="335"/>
       <c r="J6" s="335"/>
       <c r="K6" s="335"/>
       <c r="L6" s="335"/>
       <c r="M6" s="335"/>
       <c r="N6" s="335"/>
       <c r="O6" s="335"/>
       <c r="P6" s="335"/>
       <c r="Q6" s="335"/>
       <c r="R6" s="335"/>
       <c r="S6" s="335"/>
       <c r="T6" s="335"/>
       <c r="U6" s="335"/>
       <c r="V6" s="335"/>
       <c r="W6" s="335"/>
@@ -13424,125 +13424,125 @@
       <c r="AS12" s="336"/>
       <c r="AT12" s="336"/>
       <c r="AU12" s="336"/>
       <c r="AV12" s="336"/>
       <c r="AW12" s="336"/>
       <c r="AX12" s="336">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="AY12" s="336"/>
       <c r="AZ12" s="336"/>
       <c r="BA12" s="336"/>
       <c r="BB12" s="336"/>
       <c r="BC12" s="336"/>
       <c r="BD12" s="336"/>
       <c r="BE12" s="336"/>
       <c r="BF12" s="336"/>
       <c r="BG12" s="336"/>
       <c r="BH12" s="336"/>
       <c r="BI12" s="336"/>
     </row>
     <row r="13" spans="1:61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="170" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="334">
+      <c r="B13" s="337">
         <f>SUM(B6:M12)</f>
         <v>0</v>
       </c>
-      <c r="C13" s="334"/>
-[...10 lines deleted...]
-      <c r="N13" s="334">
+      <c r="C13" s="337"/>
+      <c r="D13" s="337"/>
+      <c r="E13" s="337"/>
+      <c r="F13" s="337"/>
+      <c r="G13" s="337"/>
+      <c r="H13" s="337"/>
+      <c r="I13" s="337"/>
+      <c r="J13" s="337"/>
+      <c r="K13" s="337"/>
+      <c r="L13" s="337"/>
+      <c r="M13" s="337"/>
+      <c r="N13" s="337">
         <f>SUM(N6:Y12)</f>
         <v>0</v>
       </c>
-      <c r="O13" s="334"/>
-[...10 lines deleted...]
-      <c r="Z13" s="334">
+      <c r="O13" s="337"/>
+      <c r="P13" s="337"/>
+      <c r="Q13" s="337"/>
+      <c r="R13" s="337"/>
+      <c r="S13" s="337"/>
+      <c r="T13" s="337"/>
+      <c r="U13" s="337"/>
+      <c r="V13" s="337"/>
+      <c r="W13" s="337"/>
+      <c r="X13" s="337"/>
+      <c r="Y13" s="337"/>
+      <c r="Z13" s="337">
         <f>SUM(Z6:AK12)</f>
         <v>0</v>
       </c>
-      <c r="AA13" s="334"/>
-[...10 lines deleted...]
-      <c r="AL13" s="334">
+      <c r="AA13" s="337"/>
+      <c r="AB13" s="337"/>
+      <c r="AC13" s="337"/>
+      <c r="AD13" s="337"/>
+      <c r="AE13" s="337"/>
+      <c r="AF13" s="337"/>
+      <c r="AG13" s="337"/>
+      <c r="AH13" s="337"/>
+      <c r="AI13" s="337"/>
+      <c r="AJ13" s="337"/>
+      <c r="AK13" s="337"/>
+      <c r="AL13" s="337">
         <f>SUM(AL6:AW12)</f>
         <v>0</v>
       </c>
-      <c r="AM13" s="334"/>
-[...10 lines deleted...]
-      <c r="AX13" s="334">
+      <c r="AM13" s="337"/>
+      <c r="AN13" s="337"/>
+      <c r="AO13" s="337"/>
+      <c r="AP13" s="337"/>
+      <c r="AQ13" s="337"/>
+      <c r="AR13" s="337"/>
+      <c r="AS13" s="337"/>
+      <c r="AT13" s="337"/>
+      <c r="AU13" s="337"/>
+      <c r="AV13" s="337"/>
+      <c r="AW13" s="337"/>
+      <c r="AX13" s="337">
         <f>SUM(AX6:AX12)</f>
         <v>0</v>
       </c>
-      <c r="AY13" s="334"/>
-[...9 lines deleted...]
-      <c r="BI13" s="334"/>
+      <c r="AY13" s="337"/>
+      <c r="AZ13" s="337"/>
+      <c r="BA13" s="337"/>
+      <c r="BB13" s="337"/>
+      <c r="BC13" s="337"/>
+      <c r="BD13" s="337"/>
+      <c r="BE13" s="337"/>
+      <c r="BF13" s="337"/>
+      <c r="BG13" s="337"/>
+      <c r="BH13" s="337"/>
+      <c r="BI13" s="337"/>
     </row>
     <row r="14" spans="1:61" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="10"/>
       <c r="B14" s="12"/>
       <c r="C14" s="12"/>
       <c r="D14" s="12"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="12"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="12"/>
       <c r="R14" s="12"/>
       <c r="S14" s="12"/>
       <c r="T14" s="12"/>
       <c r="U14" s="12"/>
       <c r="V14" s="12"/>
       <c r="W14" s="12"/>
@@ -13625,118 +13625,118 @@
       <c r="AV15" s="12"/>
       <c r="AW15" s="12"/>
       <c r="AX15" s="17"/>
     </row>
     <row r="16" spans="1:61" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="177" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="89"/>
       <c r="C16" s="89"/>
       <c r="D16" s="89"/>
       <c r="E16" s="89"/>
       <c r="F16" s="89"/>
       <c r="G16" s="89"/>
       <c r="H16" s="89"/>
       <c r="I16" s="89"/>
       <c r="J16" s="89"/>
       <c r="K16" s="89"/>
       <c r="L16" s="89"/>
       <c r="M16" s="89"/>
     </row>
     <row r="17" spans="1:61" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="178" t="s">
         <v>84</v>
       </c>
-      <c r="B17" s="337" t="s">
+      <c r="B17" s="334" t="s">
         <v>85</v>
       </c>
-      <c r="C17" s="337"/>
-[...13 lines deleted...]
-      <c r="Q17" s="337" t="s">
+      <c r="C17" s="334"/>
+      <c r="D17" s="334"/>
+      <c r="E17" s="334"/>
+      <c r="F17" s="334"/>
+      <c r="G17" s="334"/>
+      <c r="H17" s="334"/>
+      <c r="I17" s="334"/>
+      <c r="J17" s="334"/>
+      <c r="K17" s="334"/>
+      <c r="L17" s="334"/>
+      <c r="M17" s="334"/>
+      <c r="N17" s="334"/>
+      <c r="O17" s="334"/>
+      <c r="P17" s="334"/>
+      <c r="Q17" s="334" t="s">
         <v>86</v>
       </c>
-      <c r="R17" s="337"/>
-[...13 lines deleted...]
-      <c r="AF17" s="337" t="s">
+      <c r="R17" s="334"/>
+      <c r="S17" s="334"/>
+      <c r="T17" s="334"/>
+      <c r="U17" s="334"/>
+      <c r="V17" s="334"/>
+      <c r="W17" s="334"/>
+      <c r="X17" s="334"/>
+      <c r="Y17" s="334"/>
+      <c r="Z17" s="334"/>
+      <c r="AA17" s="334"/>
+      <c r="AB17" s="334"/>
+      <c r="AC17" s="334"/>
+      <c r="AD17" s="334"/>
+      <c r="AE17" s="334"/>
+      <c r="AF17" s="334" t="s">
         <v>192</v>
       </c>
-      <c r="AG17" s="337"/>
-[...13 lines deleted...]
-      <c r="AU17" s="337" t="s">
+      <c r="AG17" s="334"/>
+      <c r="AH17" s="334"/>
+      <c r="AI17" s="334"/>
+      <c r="AJ17" s="334"/>
+      <c r="AK17" s="334"/>
+      <c r="AL17" s="334"/>
+      <c r="AM17" s="334"/>
+      <c r="AN17" s="334"/>
+      <c r="AO17" s="334"/>
+      <c r="AP17" s="334"/>
+      <c r="AQ17" s="334"/>
+      <c r="AR17" s="334"/>
+      <c r="AS17" s="334"/>
+      <c r="AT17" s="334"/>
+      <c r="AU17" s="334" t="s">
         <v>88</v>
       </c>
-      <c r="AV17" s="337"/>
-[...12 lines deleted...]
-      <c r="BI17" s="337"/>
+      <c r="AV17" s="334"/>
+      <c r="AW17" s="334"/>
+      <c r="AX17" s="334"/>
+      <c r="AY17" s="334"/>
+      <c r="AZ17" s="334"/>
+      <c r="BA17" s="334"/>
+      <c r="BB17" s="334"/>
+      <c r="BC17" s="334"/>
+      <c r="BD17" s="334"/>
+      <c r="BE17" s="334"/>
+      <c r="BF17" s="334"/>
+      <c r="BG17" s="334"/>
+      <c r="BH17" s="334"/>
+      <c r="BI17" s="334"/>
     </row>
     <row r="18" spans="1:61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="178" t="s">
         <v>174</v>
       </c>
       <c r="B18" s="335"/>
       <c r="C18" s="335"/>
       <c r="D18" s="335"/>
       <c r="E18" s="335"/>
       <c r="F18" s="335"/>
       <c r="G18" s="335"/>
       <c r="H18" s="335"/>
       <c r="I18" s="335"/>
       <c r="J18" s="335"/>
       <c r="K18" s="335"/>
       <c r="L18" s="335"/>
       <c r="M18" s="335"/>
       <c r="N18" s="335"/>
       <c r="O18" s="335"/>
       <c r="P18" s="335"/>
       <c r="Q18" s="335"/>
       <c r="R18" s="335"/>
       <c r="S18" s="335"/>
       <c r="T18" s="335"/>
       <c r="U18" s="335"/>
@@ -14168,122 +14168,122 @@
       <c r="AS24" s="336"/>
       <c r="AT24" s="336"/>
       <c r="AU24" s="336">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="AV24" s="336"/>
       <c r="AW24" s="336"/>
       <c r="AX24" s="336"/>
       <c r="AY24" s="336"/>
       <c r="AZ24" s="336"/>
       <c r="BA24" s="336"/>
       <c r="BB24" s="336"/>
       <c r="BC24" s="336"/>
       <c r="BD24" s="336"/>
       <c r="BE24" s="336"/>
       <c r="BF24" s="336"/>
       <c r="BG24" s="336"/>
       <c r="BH24" s="336"/>
       <c r="BI24" s="336"/>
     </row>
     <row r="25" spans="1:61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="173" t="s">
         <v>11</v>
       </c>
-      <c r="B25" s="334">
+      <c r="B25" s="337">
         <f>SUM(B18:P24)</f>
         <v>0</v>
       </c>
-      <c r="C25" s="334"/>
-[...13 lines deleted...]
-      <c r="Q25" s="334">
+      <c r="C25" s="337"/>
+      <c r="D25" s="337"/>
+      <c r="E25" s="337"/>
+      <c r="F25" s="337"/>
+      <c r="G25" s="337"/>
+      <c r="H25" s="337"/>
+      <c r="I25" s="337"/>
+      <c r="J25" s="337"/>
+      <c r="K25" s="337"/>
+      <c r="L25" s="337"/>
+      <c r="M25" s="337"/>
+      <c r="N25" s="337"/>
+      <c r="O25" s="337"/>
+      <c r="P25" s="337"/>
+      <c r="Q25" s="337">
         <f>SUM(Q18:AE24)</f>
         <v>0</v>
       </c>
-      <c r="R25" s="334"/>
-[...13 lines deleted...]
-      <c r="AF25" s="334">
+      <c r="R25" s="337"/>
+      <c r="S25" s="337"/>
+      <c r="T25" s="337"/>
+      <c r="U25" s="337"/>
+      <c r="V25" s="337"/>
+      <c r="W25" s="337"/>
+      <c r="X25" s="337"/>
+      <c r="Y25" s="337"/>
+      <c r="Z25" s="337"/>
+      <c r="AA25" s="337"/>
+      <c r="AB25" s="337"/>
+      <c r="AC25" s="337"/>
+      <c r="AD25" s="337"/>
+      <c r="AE25" s="337"/>
+      <c r="AF25" s="337">
         <f>SUM(AF18:AT24)</f>
         <v>0</v>
       </c>
-      <c r="AG25" s="334"/>
-[...13 lines deleted...]
-      <c r="AU25" s="334">
+      <c r="AG25" s="337"/>
+      <c r="AH25" s="337"/>
+      <c r="AI25" s="337"/>
+      <c r="AJ25" s="337"/>
+      <c r="AK25" s="337"/>
+      <c r="AL25" s="337"/>
+      <c r="AM25" s="337"/>
+      <c r="AN25" s="337"/>
+      <c r="AO25" s="337"/>
+      <c r="AP25" s="337"/>
+      <c r="AQ25" s="337"/>
+      <c r="AR25" s="337"/>
+      <c r="AS25" s="337"/>
+      <c r="AT25" s="337"/>
+      <c r="AU25" s="337">
         <f>SUM(AU18:BI24)</f>
         <v>0</v>
       </c>
-      <c r="AV25" s="334"/>
-[...12 lines deleted...]
-      <c r="BI25" s="334"/>
+      <c r="AV25" s="337"/>
+      <c r="AW25" s="337"/>
+      <c r="AX25" s="337"/>
+      <c r="AY25" s="337"/>
+      <c r="AZ25" s="337"/>
+      <c r="BA25" s="337"/>
+      <c r="BB25" s="337"/>
+      <c r="BC25" s="337"/>
+      <c r="BD25" s="337"/>
+      <c r="BE25" s="337"/>
+      <c r="BF25" s="337"/>
+      <c r="BG25" s="337"/>
+      <c r="BH25" s="337"/>
+      <c r="BI25" s="337"/>
     </row>
     <row r="26" spans="1:61" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="18"/>
       <c r="B26" s="12"/>
       <c r="C26" s="12"/>
       <c r="D26" s="12"/>
       <c r="E26" s="12"/>
       <c r="F26" s="12"/>
       <c r="G26" s="12"/>
       <c r="H26" s="12"/>
       <c r="I26" s="12"/>
       <c r="J26" s="12"/>
       <c r="K26" s="12"/>
       <c r="L26" s="12"/>
       <c r="M26" s="12"/>
       <c r="N26" s="12"/>
       <c r="O26" s="12"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="12"/>
       <c r="R26" s="12"/>
       <c r="S26" s="12"/>
       <c r="T26" s="12"/>
       <c r="U26" s="12"/>
       <c r="V26" s="12"/>
       <c r="W26" s="12"/>
@@ -14316,116 +14316,116 @@
     </row>
     <row r="27" spans="1:61" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="19"/>
     </row>
     <row r="28" spans="1:61" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="177" t="s">
         <v>90</v>
       </c>
       <c r="N28" s="89"/>
       <c r="O28" s="89"/>
       <c r="P28" s="89"/>
       <c r="Q28" s="89"/>
       <c r="R28" s="89"/>
       <c r="S28" s="89"/>
       <c r="T28" s="89"/>
       <c r="U28" s="89"/>
       <c r="V28" s="89"/>
       <c r="W28" s="89"/>
       <c r="X28" s="89"/>
       <c r="Y28" s="89"/>
     </row>
     <row r="29" spans="1:61" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="178" t="s">
         <v>91</v>
       </c>
-      <c r="B29" s="337" t="s">
+      <c r="B29" s="334" t="s">
         <v>78</v>
       </c>
-      <c r="C29" s="337"/>
-[...18 lines deleted...]
-      <c r="V29" s="337" t="s">
+      <c r="C29" s="334"/>
+      <c r="D29" s="334"/>
+      <c r="E29" s="334"/>
+      <c r="F29" s="334"/>
+      <c r="G29" s="334"/>
+      <c r="H29" s="334"/>
+      <c r="I29" s="334"/>
+      <c r="J29" s="334"/>
+      <c r="K29" s="334"/>
+      <c r="L29" s="334"/>
+      <c r="M29" s="334"/>
+      <c r="N29" s="334"/>
+      <c r="O29" s="334"/>
+      <c r="P29" s="334"/>
+      <c r="Q29" s="334"/>
+      <c r="R29" s="334"/>
+      <c r="S29" s="334"/>
+      <c r="T29" s="334"/>
+      <c r="U29" s="334"/>
+      <c r="V29" s="334" t="s">
         <v>87</v>
       </c>
-      <c r="W29" s="337"/>
-[...18 lines deleted...]
-      <c r="AP29" s="337" t="s">
+      <c r="W29" s="334"/>
+      <c r="X29" s="334"/>
+      <c r="Y29" s="334"/>
+      <c r="Z29" s="334"/>
+      <c r="AA29" s="334"/>
+      <c r="AB29" s="334"/>
+      <c r="AC29" s="334"/>
+      <c r="AD29" s="334"/>
+      <c r="AE29" s="334"/>
+      <c r="AF29" s="334"/>
+      <c r="AG29" s="334"/>
+      <c r="AH29" s="334"/>
+      <c r="AI29" s="334"/>
+      <c r="AJ29" s="334"/>
+      <c r="AK29" s="334"/>
+      <c r="AL29" s="334"/>
+      <c r="AM29" s="334"/>
+      <c r="AN29" s="334"/>
+      <c r="AO29" s="334"/>
+      <c r="AP29" s="334" t="s">
         <v>92</v>
       </c>
-      <c r="AQ29" s="337"/>
-[...17 lines deleted...]
-      <c r="BI29" s="337"/>
+      <c r="AQ29" s="334"/>
+      <c r="AR29" s="334"/>
+      <c r="AS29" s="334"/>
+      <c r="AT29" s="334"/>
+      <c r="AU29" s="334"/>
+      <c r="AV29" s="334"/>
+      <c r="AW29" s="334"/>
+      <c r="AX29" s="334"/>
+      <c r="AY29" s="334"/>
+      <c r="AZ29" s="334"/>
+      <c r="BA29" s="334"/>
+      <c r="BB29" s="334"/>
+      <c r="BC29" s="334"/>
+      <c r="BD29" s="334"/>
+      <c r="BE29" s="334"/>
+      <c r="BF29" s="334"/>
+      <c r="BG29" s="334"/>
+      <c r="BH29" s="334"/>
+      <c r="BI29" s="334"/>
     </row>
     <row r="30" spans="1:61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="168"/>
       <c r="B30" s="335"/>
       <c r="C30" s="335"/>
       <c r="D30" s="335"/>
       <c r="E30" s="335"/>
       <c r="F30" s="335"/>
       <c r="G30" s="335"/>
       <c r="H30" s="335"/>
       <c r="I30" s="335"/>
       <c r="J30" s="335"/>
       <c r="K30" s="335"/>
       <c r="L30" s="335"/>
       <c r="M30" s="335"/>
       <c r="N30" s="335"/>
       <c r="O30" s="335"/>
       <c r="P30" s="335"/>
       <c r="Q30" s="335"/>
       <c r="R30" s="335"/>
       <c r="S30" s="335"/>
       <c r="T30" s="335"/>
       <c r="U30" s="335"/>
       <c r="V30" s="335"/>
       <c r="W30" s="335"/>
@@ -14858,119 +14858,119 @@
       </c>
       <c r="AQ36" s="336"/>
       <c r="AR36" s="336"/>
       <c r="AS36" s="336"/>
       <c r="AT36" s="336"/>
       <c r="AU36" s="336"/>
       <c r="AV36" s="336"/>
       <c r="AW36" s="336"/>
       <c r="AX36" s="336"/>
       <c r="AY36" s="336"/>
       <c r="AZ36" s="336"/>
       <c r="BA36" s="336"/>
       <c r="BB36" s="336"/>
       <c r="BC36" s="336"/>
       <c r="BD36" s="336"/>
       <c r="BE36" s="336"/>
       <c r="BF36" s="336"/>
       <c r="BG36" s="336"/>
       <c r="BH36" s="336"/>
       <c r="BI36" s="336"/>
     </row>
     <row r="37" spans="1:61" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="174" t="s">
         <v>11</v>
       </c>
-      <c r="B37" s="334">
+      <c r="B37" s="337">
         <f>SUM(B30:B36)</f>
         <v>0</v>
       </c>
-      <c r="C37" s="334"/>
-[...18 lines deleted...]
-      <c r="V37" s="334">
+      <c r="C37" s="337"/>
+      <c r="D37" s="337"/>
+      <c r="E37" s="337"/>
+      <c r="F37" s="337"/>
+      <c r="G37" s="337"/>
+      <c r="H37" s="337"/>
+      <c r="I37" s="337"/>
+      <c r="J37" s="337"/>
+      <c r="K37" s="337"/>
+      <c r="L37" s="337"/>
+      <c r="M37" s="337"/>
+      <c r="N37" s="337"/>
+      <c r="O37" s="337"/>
+      <c r="P37" s="337"/>
+      <c r="Q37" s="337"/>
+      <c r="R37" s="337"/>
+      <c r="S37" s="337"/>
+      <c r="T37" s="337"/>
+      <c r="U37" s="337"/>
+      <c r="V37" s="337">
         <f>SUM(V30:V36)</f>
         <v>0</v>
       </c>
-      <c r="W37" s="334"/>
-[...18 lines deleted...]
-      <c r="AP37" s="334">
+      <c r="W37" s="337"/>
+      <c r="X37" s="337"/>
+      <c r="Y37" s="337"/>
+      <c r="Z37" s="337"/>
+      <c r="AA37" s="337"/>
+      <c r="AB37" s="337"/>
+      <c r="AC37" s="337"/>
+      <c r="AD37" s="337"/>
+      <c r="AE37" s="337"/>
+      <c r="AF37" s="337"/>
+      <c r="AG37" s="337"/>
+      <c r="AH37" s="337"/>
+      <c r="AI37" s="337"/>
+      <c r="AJ37" s="337"/>
+      <c r="AK37" s="337"/>
+      <c r="AL37" s="337"/>
+      <c r="AM37" s="337"/>
+      <c r="AN37" s="337"/>
+      <c r="AO37" s="337"/>
+      <c r="AP37" s="337">
         <f>SUM(AP30:AP36)</f>
         <v>0</v>
       </c>
-      <c r="AQ37" s="334"/>
-[...17 lines deleted...]
-      <c r="BI37" s="334"/>
+      <c r="AQ37" s="337"/>
+      <c r="AR37" s="337"/>
+      <c r="AS37" s="337"/>
+      <c r="AT37" s="337"/>
+      <c r="AU37" s="337"/>
+      <c r="AV37" s="337"/>
+      <c r="AW37" s="337"/>
+      <c r="AX37" s="337"/>
+      <c r="AY37" s="337"/>
+      <c r="AZ37" s="337"/>
+      <c r="BA37" s="337"/>
+      <c r="BB37" s="337"/>
+      <c r="BC37" s="337"/>
+      <c r="BD37" s="337"/>
+      <c r="BE37" s="337"/>
+      <c r="BF37" s="337"/>
+      <c r="BG37" s="337"/>
+      <c r="BH37" s="337"/>
+      <c r="BI37" s="337"/>
     </row>
     <row r="38" spans="1:61" ht="78" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="12"/>
       <c r="B38" s="12"/>
       <c r="C38" s="12"/>
       <c r="D38" s="12"/>
       <c r="E38" s="12"/>
       <c r="F38" s="12"/>
       <c r="G38" s="12"/>
       <c r="H38" s="12"/>
       <c r="I38" s="12"/>
       <c r="J38" s="12"/>
       <c r="K38" s="12"/>
       <c r="L38" s="12"/>
       <c r="M38" s="12"/>
       <c r="N38" s="12"/>
       <c r="O38" s="12"/>
       <c r="P38" s="12"/>
       <c r="Q38" s="12"/>
       <c r="R38" s="12"/>
       <c r="S38" s="12"/>
       <c r="T38" s="12"/>
       <c r="U38" s="12"/>
       <c r="V38" s="12"/>
       <c r="W38" s="12"/>
@@ -14983,680 +14983,680 @@
       <c r="AD38" s="12"/>
       <c r="AE38" s="12"/>
       <c r="AF38" s="12"/>
       <c r="AG38" s="12"/>
       <c r="AH38" s="12"/>
       <c r="AI38" s="12"/>
       <c r="AJ38" s="12"/>
       <c r="AK38" s="12"/>
     </row>
     <row r="39" spans="1:61" ht="78" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="18"/>
       <c r="AX39" s="20"/>
     </row>
     <row r="40" spans="1:61" x14ac:dyDescent="0.2">
       <c r="A40" s="21" t="s">
         <v>247</v>
       </c>
       <c r="AX40" s="175"/>
       <c r="BI40" s="175" t="s">
         <v>171</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="SKAc7Q6taQWBa0P0tfPOQQ8HMP5yxMePPbdhktbBefejQSKXF0yDY9EwJg+/7MCGHHo0Ct7cRwBnu9TbIqnqDg==" saltValue="M65UYUH2jvJfmn5vgQKHfw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="108">
-    <mergeCell ref="B5:M5"/>
-[...38 lines deleted...]
-    <mergeCell ref="AX12:BI12"/>
+    <mergeCell ref="B37:U37"/>
+    <mergeCell ref="V37:AO37"/>
+    <mergeCell ref="AP37:BI37"/>
+    <mergeCell ref="B35:U35"/>
+    <mergeCell ref="V35:AO35"/>
+    <mergeCell ref="AP35:BI35"/>
+    <mergeCell ref="B36:U36"/>
+    <mergeCell ref="V36:AO36"/>
+    <mergeCell ref="AP36:BI36"/>
+    <mergeCell ref="B33:U33"/>
+    <mergeCell ref="V33:AO33"/>
+    <mergeCell ref="AP33:BI33"/>
+    <mergeCell ref="B34:U34"/>
+    <mergeCell ref="V34:AO34"/>
+    <mergeCell ref="AP34:BI34"/>
+    <mergeCell ref="B31:U31"/>
+    <mergeCell ref="V31:AO31"/>
+    <mergeCell ref="AP31:BI31"/>
+    <mergeCell ref="B32:U32"/>
+    <mergeCell ref="V32:AO32"/>
+    <mergeCell ref="AP32:BI32"/>
+    <mergeCell ref="B29:U29"/>
+    <mergeCell ref="V29:AO29"/>
+    <mergeCell ref="AP29:BI29"/>
+    <mergeCell ref="B30:U30"/>
+    <mergeCell ref="V30:AO30"/>
+    <mergeCell ref="AP30:BI30"/>
+    <mergeCell ref="B24:P24"/>
+    <mergeCell ref="Q24:AE24"/>
+    <mergeCell ref="AF24:AT24"/>
+    <mergeCell ref="AU24:BI24"/>
+    <mergeCell ref="B25:P25"/>
+    <mergeCell ref="Q25:AE25"/>
+    <mergeCell ref="AF25:AT25"/>
+    <mergeCell ref="AU25:BI25"/>
+    <mergeCell ref="B22:P22"/>
+    <mergeCell ref="Q22:AE22"/>
+    <mergeCell ref="AF22:AT22"/>
+    <mergeCell ref="AU22:BI22"/>
+    <mergeCell ref="B23:P23"/>
+    <mergeCell ref="Q23:AE23"/>
+    <mergeCell ref="AF23:AT23"/>
+    <mergeCell ref="AU23:BI23"/>
+    <mergeCell ref="B20:P20"/>
+    <mergeCell ref="Q20:AE20"/>
+    <mergeCell ref="AF20:AT20"/>
+    <mergeCell ref="AU20:BI20"/>
+    <mergeCell ref="B21:P21"/>
+    <mergeCell ref="Q21:AE21"/>
+    <mergeCell ref="AF21:AT21"/>
+    <mergeCell ref="AU21:BI21"/>
     <mergeCell ref="B18:P18"/>
     <mergeCell ref="Q18:AE18"/>
     <mergeCell ref="AF18:AT18"/>
     <mergeCell ref="AU18:BI18"/>
     <mergeCell ref="B19:P19"/>
     <mergeCell ref="Q19:AE19"/>
     <mergeCell ref="AF19:AT19"/>
     <mergeCell ref="AU19:BI19"/>
     <mergeCell ref="B13:M13"/>
     <mergeCell ref="N13:Y13"/>
     <mergeCell ref="Z13:AK13"/>
     <mergeCell ref="AL13:AW13"/>
     <mergeCell ref="AX13:BI13"/>
     <mergeCell ref="B17:P17"/>
     <mergeCell ref="Q17:AE17"/>
     <mergeCell ref="AF17:AT17"/>
     <mergeCell ref="AU17:BI17"/>
-    <mergeCell ref="B22:P22"/>
-[...49 lines deleted...]
-    <mergeCell ref="AP36:BI36"/>
+    <mergeCell ref="B11:M11"/>
+    <mergeCell ref="N11:Y11"/>
+    <mergeCell ref="Z11:AK11"/>
+    <mergeCell ref="AL11:AW11"/>
+    <mergeCell ref="AX11:BI11"/>
+    <mergeCell ref="B12:M12"/>
+    <mergeCell ref="N12:Y12"/>
+    <mergeCell ref="Z12:AK12"/>
+    <mergeCell ref="AL12:AW12"/>
+    <mergeCell ref="AX12:BI12"/>
+    <mergeCell ref="B9:M9"/>
+    <mergeCell ref="N9:Y9"/>
+    <mergeCell ref="Z9:AK9"/>
+    <mergeCell ref="AL9:AW9"/>
+    <mergeCell ref="AX9:BI9"/>
+    <mergeCell ref="B10:M10"/>
+    <mergeCell ref="N10:Y10"/>
+    <mergeCell ref="Z10:AK10"/>
+    <mergeCell ref="AL10:AW10"/>
+    <mergeCell ref="AX10:BI10"/>
+    <mergeCell ref="B7:M7"/>
+    <mergeCell ref="N7:Y7"/>
+    <mergeCell ref="Z7:AK7"/>
+    <mergeCell ref="AL7:AW7"/>
+    <mergeCell ref="AX7:BI7"/>
+    <mergeCell ref="B8:M8"/>
+    <mergeCell ref="N8:Y8"/>
+    <mergeCell ref="Z8:AK8"/>
+    <mergeCell ref="AL8:AW8"/>
+    <mergeCell ref="AX8:BI8"/>
+    <mergeCell ref="B5:M5"/>
+    <mergeCell ref="N5:Y5"/>
+    <mergeCell ref="Z5:AK5"/>
+    <mergeCell ref="AL5:AW5"/>
+    <mergeCell ref="AX5:BI5"/>
+    <mergeCell ref="B6:M6"/>
+    <mergeCell ref="N6:Y6"/>
+    <mergeCell ref="Z6:AK6"/>
+    <mergeCell ref="AL6:AW6"/>
+    <mergeCell ref="AX6:BI6"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.19685039370078741" top="0.74803149606299213" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil4">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M53"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" showZeros="0" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B4" sqref="B4:C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="27.85546875" style="15" customWidth="1"/>
     <col min="2" max="9" width="9.85546875" style="15" customWidth="1"/>
     <col min="10" max="16384" width="11.42578125" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A1" s="179" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="90" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="3" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="90" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="357" t="s">
+      <c r="B3" s="360" t="s">
         <v>93</v>
       </c>
-      <c r="C3" s="357"/>
-      <c r="D3" s="357" t="s">
+      <c r="C3" s="360"/>
+      <c r="D3" s="360" t="s">
         <v>94</v>
       </c>
-      <c r="E3" s="357"/>
-      <c r="F3" s="357" t="s">
+      <c r="E3" s="360"/>
+      <c r="F3" s="360" t="s">
         <v>95</v>
       </c>
-      <c r="G3" s="357"/>
-      <c r="H3" s="357" t="s">
+      <c r="G3" s="360"/>
+      <c r="H3" s="360" t="s">
         <v>96</v>
       </c>
-      <c r="I3" s="357"/>
+      <c r="I3" s="360"/>
     </row>
     <row r="4" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="180" t="s">
         <v>175</v>
       </c>
-      <c r="B4" s="362"/>
-[...6 lines deleted...]
-      <c r="I4" s="365"/>
+      <c r="B4" s="365"/>
+      <c r="C4" s="366"/>
+      <c r="D4" s="367"/>
+      <c r="E4" s="368"/>
+      <c r="F4" s="365"/>
+      <c r="G4" s="366"/>
+      <c r="H4" s="367"/>
+      <c r="I4" s="368"/>
     </row>
     <row r="5" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="181" t="s">
         <v>193</v>
       </c>
-      <c r="B5" s="368"/>
-[...6 lines deleted...]
-      <c r="I5" s="361"/>
+      <c r="B5" s="358"/>
+      <c r="C5" s="359"/>
+      <c r="D5" s="363"/>
+      <c r="E5" s="364"/>
+      <c r="F5" s="358"/>
+      <c r="G5" s="359"/>
+      <c r="H5" s="363"/>
+      <c r="I5" s="364"/>
     </row>
     <row r="6" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="181" t="s">
         <v>97</v>
       </c>
-      <c r="B6" s="366"/>
-[...6 lines deleted...]
-      <c r="I6" s="359"/>
+      <c r="B6" s="356"/>
+      <c r="C6" s="357"/>
+      <c r="D6" s="361"/>
+      <c r="E6" s="362"/>
+      <c r="F6" s="356"/>
+      <c r="G6" s="357"/>
+      <c r="H6" s="361"/>
+      <c r="I6" s="362"/>
     </row>
     <row r="7" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="181" t="s">
         <v>98</v>
       </c>
-      <c r="B7" s="366"/>
-[...6 lines deleted...]
-      <c r="I7" s="359"/>
+      <c r="B7" s="356"/>
+      <c r="C7" s="357"/>
+      <c r="D7" s="361"/>
+      <c r="E7" s="362"/>
+      <c r="F7" s="356"/>
+      <c r="G7" s="357"/>
+      <c r="H7" s="361"/>
+      <c r="I7" s="362"/>
     </row>
     <row r="8" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="181" t="s">
         <v>241</v>
       </c>
-      <c r="B8" s="353"/>
-[...6 lines deleted...]
-      <c r="I8" s="352"/>
+      <c r="B8" s="340"/>
+      <c r="C8" s="341"/>
+      <c r="D8" s="338"/>
+      <c r="E8" s="339"/>
+      <c r="F8" s="340"/>
+      <c r="G8" s="341"/>
+      <c r="H8" s="338"/>
+      <c r="I8" s="339"/>
     </row>
     <row r="9" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="182"/>
       <c r="B9" s="182"/>
       <c r="C9" s="182"/>
       <c r="D9" s="182"/>
       <c r="E9" s="182"/>
       <c r="F9" s="182"/>
       <c r="G9" s="182"/>
       <c r="H9" s="182"/>
       <c r="I9" s="182"/>
     </row>
     <row r="10" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="370" t="s">
+      <c r="A10" s="352" t="s">
         <v>99</v>
       </c>
-      <c r="B10" s="370"/>
-[...6 lines deleted...]
-      <c r="I10" s="371"/>
+      <c r="B10" s="352"/>
+      <c r="C10" s="352"/>
+      <c r="D10" s="352"/>
+      <c r="E10" s="352"/>
+      <c r="F10" s="352"/>
+      <c r="G10" s="352"/>
+      <c r="H10" s="353"/>
+      <c r="I10" s="353"/>
     </row>
     <row r="11" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="181" t="s">
         <v>176</v>
       </c>
-      <c r="B11" s="349"/>
-[...6 lines deleted...]
-      <c r="I11" s="356"/>
+      <c r="B11" s="346"/>
+      <c r="C11" s="347"/>
+      <c r="D11" s="342"/>
+      <c r="E11" s="343"/>
+      <c r="F11" s="346"/>
+      <c r="G11" s="347"/>
+      <c r="H11" s="342"/>
+      <c r="I11" s="343"/>
     </row>
     <row r="12" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="181" t="s">
         <v>100</v>
       </c>
-      <c r="B12" s="343"/>
-[...6 lines deleted...]
-      <c r="I12" s="348"/>
+      <c r="B12" s="344"/>
+      <c r="C12" s="345"/>
+      <c r="D12" s="348"/>
+      <c r="E12" s="349"/>
+      <c r="F12" s="344"/>
+      <c r="G12" s="345"/>
+      <c r="H12" s="348"/>
+      <c r="I12" s="349"/>
     </row>
     <row r="13" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="181" t="s">
         <v>101</v>
       </c>
-      <c r="B13" s="343"/>
-[...6 lines deleted...]
-      <c r="I13" s="348"/>
+      <c r="B13" s="344"/>
+      <c r="C13" s="345"/>
+      <c r="D13" s="348"/>
+      <c r="E13" s="349"/>
+      <c r="F13" s="344"/>
+      <c r="G13" s="345"/>
+      <c r="H13" s="348"/>
+      <c r="I13" s="349"/>
     </row>
     <row r="14" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="181" t="s">
         <v>102</v>
       </c>
-      <c r="B14" s="353"/>
-[...6 lines deleted...]
-      <c r="I14" s="352"/>
+      <c r="B14" s="340"/>
+      <c r="C14" s="341"/>
+      <c r="D14" s="338"/>
+      <c r="E14" s="339"/>
+      <c r="F14" s="340"/>
+      <c r="G14" s="341"/>
+      <c r="H14" s="338"/>
+      <c r="I14" s="339"/>
     </row>
     <row r="15" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="182"/>
       <c r="B15" s="182"/>
       <c r="C15" s="182"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="182"/>
       <c r="I15" s="182"/>
     </row>
     <row r="16" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="370" t="s">
+      <c r="A16" s="352" t="s">
         <v>123</v>
       </c>
-      <c r="B16" s="370"/>
-[...6 lines deleted...]
-      <c r="I16" s="371"/>
+      <c r="B16" s="352"/>
+      <c r="C16" s="352"/>
+      <c r="D16" s="352"/>
+      <c r="E16" s="352"/>
+      <c r="F16" s="352"/>
+      <c r="G16" s="352"/>
+      <c r="H16" s="352"/>
+      <c r="I16" s="353"/>
     </row>
     <row r="17" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="181" t="s">
         <v>176</v>
       </c>
-      <c r="B17" s="349"/>
-[...6 lines deleted...]
-      <c r="I17" s="356"/>
+      <c r="B17" s="346"/>
+      <c r="C17" s="347"/>
+      <c r="D17" s="342"/>
+      <c r="E17" s="343"/>
+      <c r="F17" s="346"/>
+      <c r="G17" s="347"/>
+      <c r="H17" s="342"/>
+      <c r="I17" s="343"/>
     </row>
     <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="181" t="s">
         <v>100</v>
       </c>
-      <c r="B18" s="343"/>
-[...6 lines deleted...]
-      <c r="I18" s="348"/>
+      <c r="B18" s="344"/>
+      <c r="C18" s="345"/>
+      <c r="D18" s="348"/>
+      <c r="E18" s="349"/>
+      <c r="F18" s="344"/>
+      <c r="G18" s="345"/>
+      <c r="H18" s="348"/>
+      <c r="I18" s="349"/>
     </row>
     <row r="19" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="181" t="s">
         <v>101</v>
       </c>
-      <c r="B19" s="343"/>
-[...6 lines deleted...]
-      <c r="I19" s="348"/>
+      <c r="B19" s="344"/>
+      <c r="C19" s="345"/>
+      <c r="D19" s="348"/>
+      <c r="E19" s="349"/>
+      <c r="F19" s="344"/>
+      <c r="G19" s="345"/>
+      <c r="H19" s="348"/>
+      <c r="I19" s="349"/>
     </row>
     <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="181" t="s">
         <v>102</v>
       </c>
-      <c r="B20" s="353"/>
-[...6 lines deleted...]
-      <c r="I20" s="352"/>
+      <c r="B20" s="340"/>
+      <c r="C20" s="341"/>
+      <c r="D20" s="338"/>
+      <c r="E20" s="339"/>
+      <c r="F20" s="340"/>
+      <c r="G20" s="341"/>
+      <c r="H20" s="338"/>
+      <c r="I20" s="339"/>
     </row>
     <row r="21" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="182"/>
       <c r="B21" s="182"/>
       <c r="C21" s="183"/>
       <c r="D21" s="182"/>
       <c r="E21" s="183"/>
       <c r="F21" s="182"/>
       <c r="G21" s="183"/>
       <c r="H21" s="182"/>
       <c r="I21" s="182"/>
     </row>
     <row r="22" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="370" t="s">
+      <c r="A22" s="352" t="s">
         <v>103</v>
       </c>
-      <c r="B22" s="370"/>
-[...4 lines deleted...]
-      <c r="G22" s="370"/>
+      <c r="B22" s="352"/>
+      <c r="C22" s="352"/>
+      <c r="D22" s="352"/>
+      <c r="E22" s="352"/>
+      <c r="F22" s="352"/>
+      <c r="G22" s="352"/>
       <c r="H22" s="182"/>
       <c r="I22" s="182"/>
     </row>
     <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="181" t="s">
         <v>104</v>
       </c>
-      <c r="B23" s="349"/>
-[...6 lines deleted...]
-      <c r="I23" s="356"/>
+      <c r="B23" s="346"/>
+      <c r="C23" s="347"/>
+      <c r="D23" s="342"/>
+      <c r="E23" s="343"/>
+      <c r="F23" s="346"/>
+      <c r="G23" s="347"/>
+      <c r="H23" s="342"/>
+      <c r="I23" s="343"/>
     </row>
     <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="181" t="s">
         <v>177</v>
       </c>
-      <c r="B24" s="343"/>
-[...6 lines deleted...]
-      <c r="I24" s="348"/>
+      <c r="B24" s="344"/>
+      <c r="C24" s="345"/>
+      <c r="D24" s="348"/>
+      <c r="E24" s="349"/>
+      <c r="F24" s="344"/>
+      <c r="G24" s="345"/>
+      <c r="H24" s="348"/>
+      <c r="I24" s="349"/>
     </row>
     <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="181" t="s">
         <v>106</v>
       </c>
-      <c r="B25" s="343"/>
-[...6 lines deleted...]
-      <c r="I25" s="348"/>
+      <c r="B25" s="344"/>
+      <c r="C25" s="345"/>
+      <c r="D25" s="348"/>
+      <c r="E25" s="349"/>
+      <c r="F25" s="344"/>
+      <c r="G25" s="345"/>
+      <c r="H25" s="348"/>
+      <c r="I25" s="349"/>
     </row>
     <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="181" t="s">
         <v>105</v>
       </c>
-      <c r="B26" s="341"/>
-[...6 lines deleted...]
-      <c r="I26" s="346"/>
+      <c r="B26" s="354"/>
+      <c r="C26" s="355"/>
+      <c r="D26" s="350"/>
+      <c r="E26" s="351"/>
+      <c r="F26" s="354"/>
+      <c r="G26" s="355"/>
+      <c r="H26" s="350"/>
+      <c r="I26" s="351"/>
     </row>
     <row r="27" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="181"/>
       <c r="B27" s="181"/>
       <c r="C27" s="181"/>
       <c r="D27" s="181"/>
       <c r="E27" s="181"/>
       <c r="F27" s="181"/>
       <c r="G27" s="181"/>
       <c r="H27" s="182"/>
       <c r="I27" s="182"/>
       <c r="M27" s="15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="184" t="s">
         <v>107</v>
       </c>
       <c r="B28" s="185"/>
       <c r="C28" s="186"/>
       <c r="D28" s="187"/>
       <c r="E28" s="188"/>
       <c r="F28" s="185"/>
       <c r="G28" s="186"/>
       <c r="H28" s="187"/>
       <c r="I28" s="189"/>
     </row>
     <row r="29" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="181" t="s">
         <v>108</v>
       </c>
-      <c r="B29" s="343"/>
-[...6 lines deleted...]
-      <c r="I29" s="348"/>
+      <c r="B29" s="344"/>
+      <c r="C29" s="345"/>
+      <c r="D29" s="348"/>
+      <c r="E29" s="349"/>
+      <c r="F29" s="344"/>
+      <c r="G29" s="345"/>
+      <c r="H29" s="348"/>
+      <c r="I29" s="349"/>
     </row>
     <row r="30" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="184" t="s">
         <v>109</v>
       </c>
-      <c r="B30" s="341"/>
-[...6 lines deleted...]
-      <c r="I30" s="346"/>
+      <c r="B30" s="354"/>
+      <c r="C30" s="355"/>
+      <c r="D30" s="350"/>
+      <c r="E30" s="351"/>
+      <c r="F30" s="354"/>
+      <c r="G30" s="355"/>
+      <c r="H30" s="350"/>
+      <c r="I30" s="351"/>
     </row>
     <row r="31" spans="1:13" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="184"/>
       <c r="B31" s="181"/>
       <c r="C31" s="190"/>
       <c r="D31" s="181"/>
       <c r="E31" s="190"/>
       <c r="F31" s="181"/>
       <c r="G31" s="190"/>
       <c r="H31" s="182"/>
       <c r="I31" s="182"/>
     </row>
     <row r="32" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="184" t="s">
         <v>110</v>
       </c>
       <c r="B32" s="185"/>
       <c r="C32" s="186"/>
       <c r="D32" s="187"/>
       <c r="E32" s="188"/>
       <c r="F32" s="185"/>
       <c r="G32" s="186"/>
       <c r="H32" s="187"/>
       <c r="I32" s="189"/>
     </row>
     <row r="33" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="184" t="s">
         <v>109</v>
       </c>
-      <c r="B33" s="341"/>
-[...6 lines deleted...]
-      <c r="I33" s="346"/>
+      <c r="B33" s="354"/>
+      <c r="C33" s="355"/>
+      <c r="D33" s="350"/>
+      <c r="E33" s="351"/>
+      <c r="F33" s="354"/>
+      <c r="G33" s="355"/>
+      <c r="H33" s="350"/>
+      <c r="I33" s="351"/>
     </row>
     <row r="34" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="184"/>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="184"/>
       <c r="E34" s="184"/>
       <c r="F34" s="184"/>
       <c r="G34" s="184"/>
       <c r="H34" s="184"/>
       <c r="I34" s="184"/>
       <c r="J34" s="23"/>
     </row>
     <row r="35" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="192" t="s">
         <v>178</v>
       </c>
       <c r="B35" s="185"/>
       <c r="C35" s="186"/>
       <c r="D35" s="187"/>
       <c r="E35" s="188"/>
       <c r="F35" s="185"/>
       <c r="G35" s="186"/>
       <c r="H35" s="187"/>
       <c r="I35" s="189"/>
     </row>
     <row r="36" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="184" t="s">
         <v>109</v>
       </c>
-      <c r="B36" s="341"/>
-[...6 lines deleted...]
-      <c r="I36" s="346"/>
+      <c r="B36" s="354"/>
+      <c r="C36" s="355"/>
+      <c r="D36" s="350"/>
+      <c r="E36" s="351"/>
+      <c r="F36" s="354"/>
+      <c r="G36" s="355"/>
+      <c r="H36" s="350"/>
+      <c r="I36" s="351"/>
     </row>
     <row r="37" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="16"/>
       <c r="C37" s="22"/>
       <c r="E37" s="22"/>
       <c r="G37" s="22"/>
       <c r="H37" s="22"/>
       <c r="I37" s="22"/>
       <c r="J37" s="22"/>
     </row>
     <row r="38" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="179" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:10" s="24" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="340" t="s">
+      <c r="A39" s="371" t="s">
         <v>186</v>
       </c>
-      <c r="B39" s="340"/>
-[...6 lines deleted...]
-      <c r="I39" s="340"/>
+      <c r="B39" s="371"/>
+      <c r="C39" s="371"/>
+      <c r="D39" s="371"/>
+      <c r="E39" s="371"/>
+      <c r="F39" s="371"/>
+      <c r="G39" s="371"/>
+      <c r="H39" s="371"/>
+      <c r="I39" s="371"/>
     </row>
     <row r="40" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="12" t="s">
         <v>112</v>
       </c>
       <c r="B40" s="12"/>
       <c r="C40" s="12"/>
       <c r="D40" s="12"/>
       <c r="E40" s="12"/>
       <c r="F40" s="12" t="s">
         <v>187</v>
       </c>
       <c r="G40" s="193"/>
-      <c r="H40" s="338" t="s">
+      <c r="H40" s="369" t="s">
         <v>188</v>
       </c>
-      <c r="I40" s="339"/>
+      <c r="I40" s="370"/>
     </row>
     <row r="41" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="12" t="s">
         <v>237</v>
       </c>
       <c r="B41" s="12"/>
       <c r="C41" s="12"/>
       <c r="D41" s="12"/>
       <c r="E41" s="12"/>
       <c r="F41" s="12" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="12" t="s">
         <v>236</v>
       </c>
       <c r="B42" s="12"/>
       <c r="C42" s="12"/>
       <c r="D42" s="12"/>
       <c r="E42" s="12"/>
       <c r="F42" s="12" t="s">
         <v>230</v>
       </c>
     </row>
@@ -15747,143 +15747,143 @@
     <row r="50" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="12" t="s">
         <v>242</v>
       </c>
       <c r="B50" s="12"/>
       <c r="C50" s="12"/>
       <c r="D50" s="12"/>
       <c r="E50" s="12"/>
       <c r="F50" s="12" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="4.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="52" spans="1:9" s="21" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="21" t="s">
         <v>247</v>
       </c>
       <c r="I52" s="175" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="V8Yim1PfZRcGQeu8J9aYAXqgOT/ke2Qfx9PamnOHjcApHkuJ/d6eY31spfxLX5waPsDBFi1ExeW4+n/nrg5OWQ==" saltValue="WoRyd+jzN0LE0cyYgPmVbA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="93">
-    <mergeCell ref="H8:I8"/>
-[...16 lines deleted...]
-    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="H36:I36"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="H33:I33"/>
+    <mergeCell ref="D33:E33"/>
+    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="F18:G18"/>
+    <mergeCell ref="F17:G17"/>
+    <mergeCell ref="H20:I20"/>
+    <mergeCell ref="F20:G20"/>
+    <mergeCell ref="H19:I19"/>
+    <mergeCell ref="H18:I18"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="H26:I26"/>
+    <mergeCell ref="H25:I25"/>
+    <mergeCell ref="H24:I24"/>
+    <mergeCell ref="H23:I23"/>
+    <mergeCell ref="F26:G26"/>
+    <mergeCell ref="F25:G25"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="H3:I3"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="F3:G3"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="H4:I4"/>
+    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="H7:I7"/>
+    <mergeCell ref="H6:I6"/>
+    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="F7:G7"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="F5:G5"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="B26:C26"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B24:C24"/>
+    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="B13:C13"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="A22:G22"/>
     <mergeCell ref="A10:I10"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="H12:I12"/>
-    <mergeCell ref="B26:C26"/>
-[...57 lines deleted...]
-    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="F23:G23"/>
+    <mergeCell ref="D26:E26"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="D24:E24"/>
+    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="F19:G19"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D14:E14"/>
+    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="D11:E11"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F11:G11"/>
   </mergeCells>
   <pageMargins left="0.51181102362204722" right="0.19685039370078741" top="0.55118110236220474" bottom="0.11811023622047245" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="87" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
   <drawing r:id="rId3"/>
   <legacyDrawing r:id="rId4"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId5" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>27</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>1</xdr:col>
                     <xdr:colOff>533400</xdr:colOff>